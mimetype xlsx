--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DE PROJETS MINIERS</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>PERMIS</t>
   </si>
   <si>
     <t>OPERATEUR</t>
   </si>
   <si>
     <t>NIF OPERATEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>CLASSIFICATION</t>
   </si>
   <si>
@@ -198,50 +198,65 @@
     <t>Traitement du Rejets du Permis 9715 à KAMBOVE</t>
   </si>
   <si>
     <t>PER 9715;</t>
   </si>
   <si>
     <t>CLOE LOUANNES BRYAN CONSULTING AND TRADING SARL.</t>
   </si>
   <si>
     <t>Moyen projet</t>
   </si>
   <si>
     <t>2010/09/17</t>
   </si>
   <si>
     <t>ABK KIPUSHI</t>
   </si>
   <si>
     <t>ABK SERVICES SARL</t>
   </si>
   <si>
     <t>A2415413F</t>
   </si>
   <si>
     <t>2024/02/29</t>
+  </si>
+  <si>
+    <t>KANYABANYONGA</t>
+  </si>
+  <si>
+    <t>PE 4578;</t>
+  </si>
+  <si>
+    <t>SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU CONGO</t>
+  </si>
+  <si>
+    <t>A0905363K</t>
+  </si>
+  <si>
+    <t>2019/12/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -557,61 +572,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K15"/>
+  <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
@@ -1006,50 +1021,83 @@
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
         <v>59</v>
       </c>
       <c r="D15" t="s">
         <v>60</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
       <c r="G15" t="s">
         <v>44</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>52</v>
       </c>
       <c r="J15" t="s">
         <v>61</v>
       </c>
       <c r="K15" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" t="s">
+        <v>65</v>
+      </c>
+      <c r="E16" t="s">
+        <v>56</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16" t="s">
+        <v>52</v>
+      </c>
+      <c r="J16" t="s">
+        <v>66</v>
+      </c>
+      <c r="K16" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">