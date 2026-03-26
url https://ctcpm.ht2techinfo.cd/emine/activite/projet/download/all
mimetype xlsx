--- v1 (2026-01-24)
+++ v2 (2026-03-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DE PROJETS MINIERS</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>PERMIS</t>
   </si>
   <si>
     <t>OPERATEUR</t>
   </si>
   <si>
     <t>NIF OPERATEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>CLASSIFICATION</t>
   </si>
   <si>
@@ -110,153 +110,276 @@
   <si>
     <t>A0810758D</t>
   </si>
   <si>
     <t>2005/03/02</t>
   </si>
   <si>
     <t>FWAULU</t>
   </si>
   <si>
     <t>Projet secondaire</t>
   </si>
   <si>
     <t>2005/06/01</t>
   </si>
   <si>
     <t>Construction</t>
   </si>
   <si>
     <t>KIBALI</t>
   </si>
   <si>
     <t>PE 5052;PE 5073;PE 5088;PEPM 11434;PE 11447;PE 11468;PE 11469;PE 11471;PE 11472;</t>
   </si>
   <si>
-    <t>KIBALI GOLD MINES</t>
+    <t>KIBALI GOLDMINES</t>
   </si>
   <si>
     <t>A0702049L</t>
   </si>
   <si>
-    <t>Or;</t>
-[...1 lines deleted...]
-  <si>
     <t>2009/05/27</t>
   </si>
   <si>
     <t>KANSALAWILE</t>
   </si>
   <si>
     <t>2008/05/06</t>
   </si>
   <si>
     <t>Dévelopement</t>
   </si>
   <si>
     <t>KWATEBALA</t>
   </si>
   <si>
     <t>2009/08/06</t>
   </si>
   <si>
     <t>PUMPI</t>
   </si>
   <si>
     <t>2009/04/07</t>
   </si>
   <si>
     <t>SHINKUSU</t>
   </si>
   <si>
     <t>Projet de recherche</t>
   </si>
   <si>
     <t>2009/04/06</t>
   </si>
   <si>
     <t>Recherche</t>
   </si>
   <si>
     <t>TENKE</t>
   </si>
   <si>
     <t>PE 9707;</t>
   </si>
   <si>
     <t>2005/04/06</t>
   </si>
   <si>
+    <t>MAMBILIMA</t>
+  </si>
+  <si>
     <t>PE 159;</t>
   </si>
   <si>
-    <t>Kawama;</t>
+    <t>Traitement du Rejets du Permis 9715 à KAMBOVE</t>
+  </si>
+  <si>
+    <t>PER 9715;</t>
+  </si>
+  <si>
+    <t>CLOE LOUANNES BRYAN CONSULTING AND TRADING SARL.</t>
+  </si>
+  <si>
+    <t>Moyen projet</t>
   </si>
   <si>
     <t>Cuivre;Cobalt;</t>
   </si>
   <si>
-    <t>Traitement du Rejets du Permis 9715 à KAMBOVE</t>
-[...10 lines deleted...]
-  <si>
     <t>2010/09/17</t>
   </si>
   <si>
-    <t>ABK KIPUSHI</t>
-[...23 lines deleted...]
-    <t>2019/12/25</t>
+    <t>ESTHER</t>
+  </si>
+  <si>
+    <t>PE 19;</t>
+  </si>
+  <si>
+    <t>Cuvette Dima;</t>
+  </si>
+  <si>
+    <t>2025/05/19</t>
+  </si>
+  <si>
+    <t>MUHIGIRWA Mining</t>
+  </si>
+  <si>
+    <t>PE 18;</t>
+  </si>
+  <si>
+    <t>AMBROISE MBAKA KAWAYA SWANA</t>
+  </si>
+  <si>
+    <t>A1302557U</t>
+  </si>
+  <si>
+    <t>SHINKUSU;</t>
+  </si>
+  <si>
+    <t>Mutanda</t>
+  </si>
+  <si>
+    <t>PE 643;PE 658;PE 662;</t>
+  </si>
+  <si>
+    <t>MUTANDA MINING</t>
+  </si>
+  <si>
+    <t>A0704867Z</t>
+  </si>
+  <si>
+    <t>Kawama;Mutanda North (ex-Kansuki);Mutanda South;</t>
+  </si>
+  <si>
+    <t>2017/01/31</t>
+  </si>
+  <si>
+    <t>KAMOA-KAKULA</t>
+  </si>
+  <si>
+    <t>KAMOA COPPER SA</t>
+  </si>
+  <si>
+    <t>A0901048A NIF</t>
+  </si>
+  <si>
+    <t>KAMOA;KAKULA;</t>
+  </si>
+  <si>
+    <t>Cuivre;</t>
+  </si>
+  <si>
+    <t>2021/01/31</t>
+  </si>
+  <si>
+    <t>KINSEVERE OPERATIONEL UPGRADES "KOU"</t>
+  </si>
+  <si>
+    <t>PE 528;</t>
+  </si>
+  <si>
+    <t>MMG Kinsevere (ex Anvil Mining Concentrate Kinsevere) (MMG (ex-AMCK))</t>
+  </si>
+  <si>
+    <t>A0700172W</t>
+  </si>
+  <si>
+    <t>Kinsevere Hill;Central;Mashi;</t>
+  </si>
+  <si>
+    <t>2012/01/31</t>
+  </si>
+  <si>
+    <t>CIMENTERIE DE LUKALA</t>
+  </si>
+  <si>
+    <t>AECP 91;AECP 105;AECP 106;AECP 107;AECP 13253;</t>
+  </si>
+  <si>
+    <t>CIMENTERIE DE LUKALA « CILU »</t>
+  </si>
+  <si>
+    <t>A0700256M</t>
+  </si>
+  <si>
+    <t>Calcaire;</t>
+  </si>
+  <si>
+    <t>2024/01/01</t>
+  </si>
+  <si>
+    <t>WAVES RESSOURCES</t>
+  </si>
+  <si>
+    <t>PR 16277;</t>
+  </si>
+  <si>
+    <t>WAVES RESSOURCES SARL</t>
+  </si>
+  <si>
+    <t>A2424490X</t>
+  </si>
+  <si>
+    <t>Petit projet</t>
+  </si>
+  <si>
+    <t>Cuivre;Plomb;Cobalt;Manganèse;Zinc;Or;Argent;Lithium;</t>
+  </si>
+  <si>
+    <t>2025/10/01</t>
+  </si>
+  <si>
+    <t>KAMPEMBA</t>
+  </si>
+  <si>
+    <t>KAMPEMBA CORPORATION SAS</t>
+  </si>
+  <si>
+    <t>2026/02/21</t>
+  </si>
+  <si>
+    <t>NEW MINERALS</t>
+  </si>
+  <si>
+    <t>PE 13235;</t>
+  </si>
+  <si>
+    <t>NEW MINERALS INVESTMENT SA</t>
+  </si>
+  <si>
+    <t>A0906593C</t>
+  </si>
+  <si>
+    <t>2025/01/14</t>
+  </si>
+  <si>
+    <t>MAKOKO</t>
+  </si>
+  <si>
+    <t>MAKOKO SA</t>
+  </si>
+  <si>
+    <t>2021/02/01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -572,67 +695,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K16"/>
+  <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
@@ -770,335 +893,587 @@
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
         <v>19</v>
       </c>
       <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>19</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B9"/>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9" t="s">
         <v>19</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="K9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10" t="s">
         <v>19</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
         <v>23</v>
       </c>
       <c r="D11" t="s">
         <v>24</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>23</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
         <v>19</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>50</v>
       </c>
       <c r="C13" t="s">
         <v>23</v>
       </c>
       <c r="D13" t="s">
         <v>24</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="G13" t="s">
         <v>19</v>
       </c>
-      <c r="H13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H13"/>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K13" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>18</v>
       </c>
       <c r="G14" t="s">
         <v>19</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="J14" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" t="s">
         <v>58</v>
       </c>
-      <c r="B15"/>
-[...5 lines deleted...]
-      </c>
+      <c r="C15"/>
+      <c r="D15"/>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
       <c r="G15" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="H15" t="s">
+        <v>59</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K15" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" t="s">
         <v>62</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>63</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>64</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>18</v>
       </c>
       <c r="G16" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
+        <v>60</v>
+      </c>
+      <c r="K16" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" t="s">
         <v>66</v>
       </c>
-      <c r="K16" t="s">
-        <v>46</v>
+      <c r="B17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" t="s">
+        <v>19</v>
+      </c>
+      <c r="H17" t="s">
+        <v>70</v>
+      </c>
+      <c r="I17" t="s">
+        <v>55</v>
+      </c>
+      <c r="J17" t="s">
+        <v>71</v>
+      </c>
+      <c r="K17" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
+        <v>19</v>
+      </c>
+      <c r="H18" t="s">
+        <v>75</v>
+      </c>
+      <c r="I18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J18" t="s">
+        <v>77</v>
+      </c>
+      <c r="K18" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" t="s">
+        <v>19</v>
+      </c>
+      <c r="H19" t="s">
+        <v>82</v>
+      </c>
+      <c r="I19" t="s">
+        <v>76</v>
+      </c>
+      <c r="J19" t="s">
+        <v>83</v>
+      </c>
+      <c r="K19" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>87</v>
+      </c>
+      <c r="E20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>19</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20" t="s">
+        <v>88</v>
+      </c>
+      <c r="J20" t="s">
+        <v>89</v>
+      </c>
+      <c r="K20" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>93</v>
+      </c>
+      <c r="E21" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21" t="s">
+        <v>95</v>
+      </c>
+      <c r="J21" t="s">
+        <v>96</v>
+      </c>
+      <c r="K21" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22" t="s">
+        <v>76</v>
+      </c>
+      <c r="J22" t="s">
+        <v>99</v>
+      </c>
+      <c r="K22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" t="s">
+        <v>103</v>
+      </c>
+      <c r="E23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" t="s">
+        <v>19</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23" t="s">
+        <v>55</v>
+      </c>
+      <c r="J23" t="s">
+        <v>104</v>
+      </c>
+      <c r="K23" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>106</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>17</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" t="s">
+        <v>19</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24" t="s">
+        <v>76</v>
+      </c>
+      <c r="J24" t="s">
+        <v>107</v>
+      </c>
+      <c r="K24" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>