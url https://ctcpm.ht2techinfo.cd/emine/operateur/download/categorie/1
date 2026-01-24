--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,2485 +12,3367 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="935">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1301">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-TITULAIRES-DES-DROITS-MINIERS)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
+    <t>SIGLE</t>
+  </si>
+  <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>ABBA JEANS MINING</t>
   </si>
   <si>
     <t>A1304706F</t>
   </si>
   <si>
+    <t>AJM</t>
+  </si>
+  <si>
     <t>En recherche</t>
   </si>
   <si>
     <t>Industriel</t>
   </si>
   <si>
     <t>Les titulaires des droits miniers</t>
   </si>
   <si>
     <t>Entreprise privée</t>
   </si>
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>KAMOA COPPER SA</t>
   </si>
   <si>
     <t>A0901048A</t>
   </si>
   <si>
+    <t>KAMOA COPPER S.A</t>
+  </si>
+  <si>
     <t>En production</t>
   </si>
   <si>
     <t>Public-privé</t>
   </si>
   <si>
     <t>Lualaba</t>
   </si>
   <si>
     <t>Albert KAMPANGWE M. KALOBWA</t>
   </si>
   <si>
     <t>A1301796S</t>
   </si>
   <si>
     <t>ALLAMANDA TRADING LIMITED</t>
   </si>
   <si>
     <t>C05A6474E</t>
   </si>
   <si>
+    <t>ATL</t>
+  </si>
+  <si>
     <t>Privé-privé</t>
   </si>
   <si>
     <t>Kongo central</t>
   </si>
   <si>
     <t>AMBASE EXPLORATION AFRICA RDC SPRL</t>
   </si>
   <si>
     <t>A0701667W</t>
   </si>
   <si>
+    <t xml:space="preserve">AMBASE EXPLORATION AFRICA RDC </t>
+  </si>
+  <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>MMG Kinsevere (ex Anvil Mining Concentrate Kinsevere) (MMG (ex-AMCK))</t>
   </si>
   <si>
     <t>A0700172W</t>
   </si>
   <si>
+    <t>MMG</t>
+  </si>
+  <si>
     <t>AMENAGEMENT DES SITES MINIERS AURIFERES Sprl</t>
   </si>
   <si>
+    <t>AMENAGEMENT DES SITES MINIERS AURIFERES</t>
+  </si>
+  <si>
     <t>AMICAL KAKANA MINING Sprl</t>
   </si>
   <si>
     <t>A1209093Y</t>
   </si>
   <si>
+    <t>AKM</t>
+  </si>
+  <si>
     <t>AMIRA GOLD MINING</t>
   </si>
   <si>
     <t>A0815795D</t>
   </si>
   <si>
+    <t>AGM</t>
+  </si>
+  <si>
     <t>Tshopo</t>
   </si>
   <si>
     <t>Anders ILUNGA KALIMWANDA</t>
   </si>
   <si>
     <t>AQUALOGZ SPRL</t>
   </si>
   <si>
+    <t>AQUALOGZ</t>
+  </si>
+  <si>
     <t>Kwango</t>
   </si>
   <si>
     <t>ASHANTI GOLDFIELDS KILO SARL</t>
   </si>
   <si>
     <t>A0700152Z</t>
   </si>
   <si>
+    <t>MGM/AGK</t>
+  </si>
+  <si>
     <t>Aubin MUANGU KABAMBA</t>
   </si>
   <si>
     <t xml:space="preserve">BALE MINING </t>
   </si>
   <si>
     <t>A1303409W</t>
   </si>
   <si>
+    <t>BM</t>
+  </si>
+  <si>
     <t>Maniema</t>
   </si>
   <si>
     <t>BAOBAB MINERALS Sprl</t>
   </si>
   <si>
+    <t>BAOBAB MINERALS</t>
+  </si>
+  <si>
     <t>BARAKA MINING</t>
   </si>
   <si>
     <t>A0814835K</t>
   </si>
   <si>
     <t>BONIFACE NZAU BUKETE</t>
   </si>
   <si>
     <t>A1304419T</t>
   </si>
   <si>
+    <t>BZB</t>
+  </si>
+  <si>
     <t>001</t>
   </si>
   <si>
     <t>A0905972C</t>
   </si>
   <si>
+    <t>BM SARL</t>
+  </si>
+  <si>
     <t>Inactif</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>BRIGITTE MBOMBA BOMPOLONGA</t>
   </si>
   <si>
     <t>A1301867U</t>
   </si>
   <si>
+    <t>BMBB</t>
+  </si>
+  <si>
     <t xml:space="preserve">BROADTEC CONGO MINING </t>
   </si>
   <si>
     <t>A1110945K</t>
   </si>
   <si>
+    <t>BCM</t>
+  </si>
+  <si>
     <t>BUNIA ENGINEERING</t>
   </si>
   <si>
     <t>A1203503X</t>
   </si>
   <si>
+    <t>BE</t>
+  </si>
+  <si>
     <t>Ituri</t>
   </si>
   <si>
     <t>BUNKEYA MINING SPRL</t>
   </si>
   <si>
     <t>BUREAU D'ETUDES ET DE COMMERCE</t>
   </si>
   <si>
     <t>A1005450L</t>
   </si>
   <si>
+    <t>BEC</t>
+  </si>
+  <si>
     <t>BYABOSHI MUYEYE</t>
   </si>
   <si>
     <t>A1106541Y</t>
   </si>
   <si>
     <t>Sud-Kivu</t>
   </si>
   <si>
     <t>CANADA SPRL</t>
   </si>
   <si>
     <t>Kasaï</t>
   </si>
   <si>
     <t>C.N.M.C HUACHIN MABENDE MINING B</t>
   </si>
   <si>
     <t>A1217593M</t>
   </si>
   <si>
+    <t>C.N.M.C HUACHIN MABENDE MINING</t>
+  </si>
+  <si>
     <t>CARRIERE DU LUALABA</t>
   </si>
   <si>
     <t>A1301660U</t>
   </si>
   <si>
+    <t>CL</t>
+  </si>
+  <si>
     <t>Clauvis KAJAMA SALAMBOTE</t>
   </si>
   <si>
     <t>A0707219F</t>
   </si>
   <si>
     <t>CLEARSURF NEW MEDIA</t>
   </si>
   <si>
+    <t>CNM</t>
+  </si>
+  <si>
     <t>COEXCO CONGO SPRL</t>
   </si>
   <si>
     <t>A0905433R</t>
   </si>
   <si>
+    <t>CC SARL</t>
+  </si>
+  <si>
     <t>COGE EBID</t>
   </si>
   <si>
     <t>Kinshasa</t>
   </si>
   <si>
     <t>COGETA</t>
   </si>
   <si>
     <t>COMPAGNIE DE DEVELOPPEMENT RURAL</t>
   </si>
   <si>
     <t>A1214509K</t>
   </si>
   <si>
     <t>COMPAGNIE DE TRAITEMENT DES REJETS DE KINGAMYAMBO</t>
   </si>
   <si>
     <t>COMPAGNIE D’ENGINEERING ET NEGOCE Sprl</t>
   </si>
   <si>
     <t>COMPAGNIE GENERALE DES MINES</t>
   </si>
   <si>
     <t>A0806229F</t>
   </si>
   <si>
+    <t>CGM</t>
+  </si>
+  <si>
     <t>COMPAGNIE DE DILALA</t>
   </si>
   <si>
     <t>A1203799T</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE KAMBOVE</t>
   </si>
   <si>
     <t>O1100211S</t>
   </si>
   <si>
+    <t>COMIKA SARL</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DE LUISHA</t>
   </si>
   <si>
     <t>A0701147F</t>
   </si>
   <si>
+    <t>COMILU SARL</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DE MUSONOIE GLOBAL</t>
   </si>
   <si>
     <t>A0815341K</t>
   </si>
   <si>
+    <t>COMMUS</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DE SAKANIA</t>
   </si>
   <si>
     <t>A0906511N</t>
   </si>
   <si>
+    <t>COMISA SARL</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DU SUD-KATANGA SPRL</t>
   </si>
   <si>
     <t>A0704877K</t>
   </si>
   <si>
+    <t>CMSK</t>
+  </si>
+  <si>
     <t>COMPAGNIE SUCRIERE Sarl</t>
   </si>
   <si>
     <t>CONGO COBALT CORPORATION Sprl</t>
   </si>
   <si>
     <t>A0811578U</t>
   </si>
   <si>
+    <t>COCOCO</t>
+  </si>
+  <si>
     <t>CONGO ECO-PROJECT</t>
   </si>
   <si>
     <t>AO7071219F</t>
   </si>
   <si>
+    <t>CEP</t>
+  </si>
+  <si>
     <t>CONGO GENERAL DEALERS Sprl</t>
   </si>
   <si>
     <t>CONGO METAL Sprl</t>
   </si>
   <si>
     <t>A1212505G</t>
   </si>
   <si>
+    <t>CM Sprl</t>
+  </si>
+  <si>
     <t>CONGO MINERALS EXPLORATION</t>
   </si>
   <si>
     <t>A1303343Z</t>
   </si>
   <si>
+    <t>CME</t>
+  </si>
+  <si>
     <t>CONGO MINING AND MINERAL RESOURCES</t>
   </si>
   <si>
     <t>A1001110T</t>
   </si>
   <si>
+    <t>CMAMR</t>
+  </si>
+  <si>
     <t>CONGO ROCHE Sprl</t>
   </si>
   <si>
     <t>A0905441A</t>
   </si>
   <si>
+    <t>CR</t>
+  </si>
+  <si>
     <t>CONGO UNITED MINING</t>
   </si>
   <si>
     <t>A1110944J</t>
   </si>
   <si>
+    <t>CUM</t>
+  </si>
+  <si>
     <t>CONGO WORLD INVESTMENT</t>
   </si>
   <si>
+    <t>CWI</t>
+  </si>
+  <si>
     <t>CONGOLESE EXPLORATION COMPAGNIE</t>
   </si>
   <si>
     <t>A1101668B</t>
   </si>
   <si>
+    <t>CEC</t>
+  </si>
+  <si>
     <t>CORNER STONES RESOURCES RDC</t>
   </si>
   <si>
     <t>A1104476D</t>
   </si>
   <si>
+    <t>CSR</t>
+  </si>
+  <si>
     <t>CI Sprl</t>
   </si>
   <si>
+    <t>COSHA INVESTMENT Sprl</t>
+  </si>
+  <si>
     <t>Haut-Lomami</t>
   </si>
   <si>
     <t>CM SPRL</t>
   </si>
   <si>
     <t>A1006506J</t>
   </si>
   <si>
+    <t>CROWN MINING SPRL</t>
+  </si>
+  <si>
     <t>EDUARD KAMBALE</t>
   </si>
   <si>
     <t>A1305276M</t>
   </si>
   <si>
+    <t>EK</t>
+  </si>
+  <si>
     <t>EL</t>
   </si>
   <si>
     <t>A1008280H</t>
   </si>
   <si>
+    <t>EFASTO LOGISTICS</t>
+  </si>
+  <si>
     <t>CYPRIEN KYAMUSOKE BAMUSALANGA NTA'BOTE</t>
   </si>
   <si>
+    <t>CKBN</t>
+  </si>
+  <si>
     <t>Emile KANENGELE NGOYA MUSUYA</t>
   </si>
   <si>
     <t>A1313743D</t>
   </si>
   <si>
     <t>DA FEI MINING Sprl</t>
   </si>
   <si>
     <t>A1217395X</t>
   </si>
   <si>
+    <t>DFM</t>
+  </si>
+  <si>
     <t>ENTREPRISE GENERALE MALTA FORREST</t>
   </si>
   <si>
     <t>A0700518X</t>
   </si>
   <si>
+    <t>EGMF</t>
+  </si>
+  <si>
     <t>ENTREPRISES SWANEPOEL Sarl</t>
   </si>
   <si>
     <t>Daniel MUZIMBE NGENGO BULULU</t>
   </si>
   <si>
     <t>EPHRATA MINING Sprl</t>
   </si>
   <si>
     <t>EM Sprl</t>
   </si>
   <si>
     <t>A0814823C</t>
   </si>
   <si>
+    <t>EQUITY MANAGEMENT Sprl</t>
+  </si>
+  <si>
     <t>DELILLE KIZANGA LUMBALA</t>
   </si>
   <si>
+    <t>DKL</t>
+  </si>
+  <si>
     <t>ETMCO SPRL</t>
   </si>
   <si>
     <t>DELRAND RESOURCES CONGO SPRL</t>
   </si>
   <si>
+    <t>D R C SPRL</t>
+  </si>
+  <si>
     <t>Déo KATULANYA ISU</t>
   </si>
   <si>
     <t>A0713323Q</t>
   </si>
   <si>
     <t>DEVELOPPEMENT TOUS AZIMUTS</t>
   </si>
   <si>
     <t>A1309314P</t>
   </si>
   <si>
+    <t>DTA</t>
+  </si>
+  <si>
     <t>FAUSTIN DUNIA BAKARANI</t>
   </si>
   <si>
     <t>A1305228Y</t>
   </si>
   <si>
+    <t>FDB</t>
+  </si>
+  <si>
     <t>Nord-Kivu</t>
   </si>
   <si>
     <t>DEZITA INVESTMENTS Sprl</t>
   </si>
   <si>
     <t>Dhanani AZIZ BADRUDIN</t>
   </si>
   <si>
     <t>FIRST AFRICAN GOLD DRC</t>
   </si>
   <si>
     <t>A1116158B</t>
   </si>
   <si>
+    <t>F A G DRC</t>
+  </si>
+  <si>
     <t>FLORENCE KALUMBU MWADI</t>
   </si>
   <si>
+    <t>FKM</t>
+  </si>
+  <si>
     <t>Dieudonné Banze Lubundji</t>
   </si>
   <si>
     <t>A0713183N</t>
   </si>
   <si>
     <t>GROUPE DES AMENAGEURS DU CONGO (RDC)  G.A.C</t>
   </si>
   <si>
     <t>DN</t>
   </si>
   <si>
     <t>A1300864E</t>
   </si>
   <si>
+    <t>DOKOLO NDONA</t>
+  </si>
+  <si>
     <t>Bas-Uele</t>
   </si>
   <si>
     <t>S.G.S. MINERALS</t>
   </si>
   <si>
     <t>François MBATSHI NLIMBA</t>
   </si>
   <si>
     <t>A1118334R</t>
   </si>
   <si>
+    <t>FMN</t>
+  </si>
+  <si>
     <t>DRC RESOURCE HOLDINGS INC</t>
   </si>
   <si>
+    <t>DRC RH INC</t>
+  </si>
+  <si>
     <t>FBE</t>
   </si>
   <si>
     <t>A0702402U</t>
   </si>
   <si>
+    <t>FREDDY BOMPANZE ENGOMBE</t>
+  </si>
+  <si>
     <t>FRETIN CONSTRUCT Sprl</t>
   </si>
   <si>
     <t>A0705327Z</t>
   </si>
   <si>
+    <t>FC</t>
+  </si>
+  <si>
     <t>E29 RESSOURCES SARL</t>
   </si>
   <si>
     <t>A1302568G</t>
   </si>
   <si>
     <t>FRIDA MUNSHY YAYA</t>
   </si>
   <si>
+    <t>FMY</t>
+  </si>
+  <si>
     <t>EAGLE GROUP</t>
   </si>
   <si>
     <t>FRONTIER S.A</t>
   </si>
   <si>
     <t>A0905460W</t>
   </si>
   <si>
+    <t xml:space="preserve">FRONTIER </t>
+  </si>
+  <si>
     <t>GASTON KAHILU MBAKA</t>
   </si>
   <si>
     <t>A0806677S</t>
   </si>
   <si>
+    <t>GKM</t>
+  </si>
+  <si>
     <t>GORRION PROPERTIES SPRL</t>
   </si>
   <si>
     <t>GOUVERNORAT DE KINSHASA</t>
   </si>
   <si>
     <t>Gem Diamond Longatshimo Mining Company</t>
   </si>
   <si>
     <t>A1108382Z</t>
   </si>
   <si>
+    <t>GDLMC</t>
+  </si>
+  <si>
     <t>GOUVERNORAT DU BAS-CONGO</t>
   </si>
   <si>
     <t>GRANDE CIMENTERIE DU KATANGA</t>
   </si>
   <si>
     <t>A1202285Y</t>
   </si>
   <si>
+    <t>GCK</t>
+  </si>
+  <si>
     <t>Georges BOPE MIKO MBUDIMBO</t>
   </si>
   <si>
     <t>A1008249D</t>
   </si>
   <si>
     <t>Kasaï-Central</t>
   </si>
   <si>
     <t>GEOSCIENCE CONGO SERVICE</t>
   </si>
   <si>
     <t>A1203067Y</t>
   </si>
   <si>
+    <t>GCS</t>
+  </si>
+  <si>
     <t>GERARD KALUMBA WA ANKERA</t>
   </si>
   <si>
     <t>A1301337T</t>
   </si>
   <si>
+    <t>GKWA</t>
+  </si>
+  <si>
     <t xml:space="preserve">GROUPE MINIER KASHALA </t>
   </si>
   <si>
     <t>A1402721Z</t>
   </si>
   <si>
     <t>GROUPE MWEMA BUSINESS Sprl</t>
   </si>
   <si>
     <t>HAI NAN INTERNATIONAL RESOURCES MINING DRC SPRL</t>
   </si>
   <si>
     <t>A0704871D</t>
   </si>
   <si>
+    <t>HNIRMD</t>
+  </si>
+  <si>
     <t>HAULCO HAULING COMPANY</t>
   </si>
   <si>
     <t>A1302310B</t>
   </si>
   <si>
+    <t>HHC</t>
+  </si>
+  <si>
     <t>GODEFROID MANKUMBWA YASUPA</t>
   </si>
   <si>
     <t>A0907598U</t>
   </si>
   <si>
+    <t>GMY</t>
+  </si>
+  <si>
     <t>Godefroy KAMBALE BAYOLI</t>
   </si>
   <si>
     <t>Heribert KABWE SABWA</t>
   </si>
   <si>
     <t>A1301224W</t>
   </si>
   <si>
     <t>GOMA MINING Sprl</t>
   </si>
   <si>
     <t>A1205285J</t>
   </si>
   <si>
+    <t>GM</t>
+  </si>
+  <si>
     <t>Hubert ABEN IDUKU</t>
   </si>
   <si>
     <t>A0815480L</t>
   </si>
   <si>
     <t>IMEC CONGO</t>
   </si>
   <si>
     <t>A0900126Y</t>
   </si>
   <si>
+    <t>IC</t>
+  </si>
+  <si>
     <t>INFINITY RESSOURCES</t>
   </si>
   <si>
     <t>INTERLACS Sarl</t>
   </si>
   <si>
     <t>A0704876J</t>
   </si>
   <si>
+    <t>INTERLACS</t>
+  </si>
+  <si>
     <t>Jean KAMBA KABULA</t>
   </si>
   <si>
     <t>INTERNATIONAL CONGO AFRICAN MINING</t>
   </si>
   <si>
     <t>A1110946L</t>
   </si>
   <si>
+    <t>ICAM</t>
+  </si>
+  <si>
     <t>INTERNATIONAL CUSTOMS AGENCY  Sprl</t>
   </si>
   <si>
     <t>A0705305A</t>
   </si>
   <si>
     <t>IME SPRL</t>
   </si>
   <si>
     <t>A1108022H</t>
   </si>
   <si>
+    <t>IRON MOUNTAIN ENTERPRISES SPRL</t>
+  </si>
+  <si>
     <t>Jacques MASANGU-A-MWANZA KYABUTA</t>
   </si>
   <si>
     <t>A1302556T</t>
   </si>
   <si>
     <t>JINSHAN AFRICA MINES SPRL</t>
   </si>
   <si>
     <t>A1302366M</t>
   </si>
   <si>
+    <t>JAM</t>
+  </si>
+  <si>
     <t>JACQUES SIKATENDA NEEMA</t>
   </si>
   <si>
     <t>A1009149G</t>
   </si>
   <si>
+    <t>JSN</t>
+  </si>
+  <si>
     <t>JONAS NGOIE MWEPU</t>
   </si>
   <si>
     <t>A1208550H</t>
   </si>
   <si>
+    <t>JNM</t>
+  </si>
+  <si>
     <t>JADAS SARL</t>
   </si>
   <si>
     <t>A1402990R</t>
   </si>
   <si>
+    <t xml:space="preserve">JADAS </t>
+  </si>
+  <si>
     <t>Janvier BATOKA BEMBA</t>
   </si>
   <si>
     <t>KABOYA MASHIMABI</t>
   </si>
   <si>
     <t>A1411836G</t>
   </si>
   <si>
+    <t>KM</t>
+  </si>
+  <si>
     <t>Medard MULANGALA LWAKABWANGA</t>
   </si>
   <si>
     <t>A0810545X</t>
   </si>
   <si>
     <t>KADI INTERNATIONAL</t>
   </si>
   <si>
     <t>A1115521J</t>
   </si>
   <si>
+    <t>KI</t>
+  </si>
+  <si>
     <t>METAL MINES Sprl</t>
   </si>
   <si>
     <t>A0814803A</t>
   </si>
   <si>
     <t>METALKOL</t>
   </si>
   <si>
     <t>A1007580B</t>
   </si>
   <si>
     <t>KAMBOVE OPERATING MINING Sprl</t>
   </si>
   <si>
     <t>MEXPO MINERALS Sprl</t>
   </si>
   <si>
+    <t>MM</t>
+  </si>
+  <si>
     <t>KAMITUGA MINING</t>
   </si>
   <si>
     <t>A0700193T</t>
   </si>
   <si>
     <t>KAMOTO COPPER COMPANY SARL</t>
   </si>
   <si>
     <t>A0701041Q</t>
   </si>
   <si>
+    <t>KCC</t>
+  </si>
+  <si>
     <t xml:space="preserve">KAMPENE MINING </t>
   </si>
   <si>
     <t>A1219127E</t>
   </si>
   <si>
     <t>KANUKA MINING COMPANY</t>
   </si>
   <si>
     <t>A0802327P</t>
   </si>
   <si>
+    <t>KANUKA MINING</t>
+  </si>
+  <si>
     <t>KASAI MINING AND EXPLORATION LIMITED</t>
   </si>
   <si>
     <t>A0700054S</t>
   </si>
   <si>
+    <t>KMEL</t>
+  </si>
+  <si>
     <t>MIDAMINES Sprl</t>
   </si>
   <si>
     <t>A0800308U</t>
   </si>
   <si>
+    <t xml:space="preserve">MIDAMINES </t>
+  </si>
+  <si>
     <t>KASHALA N'SENDA</t>
   </si>
   <si>
     <t>A08055744D</t>
   </si>
   <si>
     <t>Sankuru</t>
   </si>
   <si>
     <t>KATANGA CONSULTING COMPANY</t>
   </si>
   <si>
     <t>A1008293B</t>
   </si>
   <si>
     <t>KATANGA MAJENGO Sprl</t>
   </si>
   <si>
     <t>A0806639B</t>
   </si>
   <si>
     <t>KATANGA RESSOURCES TRADING</t>
   </si>
   <si>
+    <t>KRT</t>
+  </si>
+  <si>
     <t>KIBALI GOLD MINES</t>
   </si>
   <si>
     <t>A0702049L</t>
   </si>
   <si>
+    <t>KIBALI</t>
+  </si>
+  <si>
     <t>Haut-Uélé</t>
   </si>
   <si>
     <t>KINSENDA COPPER COMPANY SA</t>
   </si>
   <si>
+    <t>KICC</t>
+  </si>
+  <si>
     <t>MINERAL RESSOURCES DEVELOPMENT</t>
   </si>
   <si>
+    <t>MRD</t>
+  </si>
+  <si>
     <t>MINES D'OR DE KISENGE ''MDDK'' SARL</t>
   </si>
   <si>
     <t>MINIERE DE MUSOSHI ET KINSENDA</t>
   </si>
   <si>
     <t>MINIERE DU MANIEMA Sprl</t>
   </si>
   <si>
     <t>A0827785C</t>
   </si>
   <si>
     <t>MINING AND MINERAL CONTRACTING SERVICES SPRL</t>
   </si>
   <si>
     <t>A1313500P</t>
   </si>
   <si>
+    <t>MAMCS</t>
+  </si>
+  <si>
     <t xml:space="preserve">KISENGO MINING </t>
   </si>
   <si>
     <t>A1113061K</t>
   </si>
   <si>
     <t>MINING AND PROCESSING CONGO Sarl</t>
   </si>
   <si>
     <t>A0705928C</t>
   </si>
   <si>
+    <t>ALPHAMINBISIE</t>
+  </si>
+  <si>
     <t>KIVU MINING Sprl</t>
   </si>
   <si>
     <t>KOPPA MINING SERVICES</t>
   </si>
   <si>
     <t>A0906376R</t>
   </si>
   <si>
+    <t>KMS</t>
+  </si>
+  <si>
     <t>KORAL MINING SPRL</t>
   </si>
   <si>
     <t>A1216334T</t>
   </si>
   <si>
     <t>MONDO MINING</t>
   </si>
   <si>
     <t>A0906902N</t>
   </si>
   <si>
     <t>Mr TSHINOTA WATALA</t>
   </si>
   <si>
     <t>A1314997R</t>
   </si>
   <si>
+    <t>TW</t>
+  </si>
+  <si>
     <t>MUKENDI LUESE</t>
   </si>
   <si>
+    <t>ML</t>
+  </si>
+  <si>
     <t>MUTANDA MINING</t>
   </si>
   <si>
     <t>A0704867Z</t>
   </si>
   <si>
+    <t>MUMI</t>
+  </si>
+  <si>
     <t xml:space="preserve">KUN TAI CONGO MINING </t>
   </si>
   <si>
     <t>A0906375Q</t>
   </si>
   <si>
+    <t>K.T.C.M</t>
+  </si>
+  <si>
     <t>MURUMBI MINERALS</t>
   </si>
   <si>
     <t>A1304079Z</t>
   </si>
   <si>
     <t>LA CONGOLAISE DES MINES ET DE DEVELOPPEMENT</t>
   </si>
   <si>
     <t>A1001383Q</t>
   </si>
   <si>
+    <t>COMIDE</t>
+  </si>
+  <si>
     <t>NAKO MINES</t>
   </si>
   <si>
+    <t>NM</t>
+  </si>
+  <si>
     <t>LA GENERALE DES MINES, D'AGRICULTURE ET DU COMMERCE</t>
   </si>
   <si>
     <t>A1000452D</t>
   </si>
   <si>
+    <t>GMAC</t>
+  </si>
+  <si>
     <t>LA MINIERE DE KALUKUNDI</t>
   </si>
   <si>
     <t>A0906438J</t>
   </si>
   <si>
+    <t>MK</t>
+  </si>
+  <si>
     <t>LA MINIERE DE KALUMBWE MYUNGA</t>
   </si>
   <si>
     <t>A0704883R</t>
   </si>
   <si>
+    <t>MKM</t>
+  </si>
+  <si>
     <t>LA MINIERE DE KASOMBO</t>
   </si>
   <si>
     <t>A0814790L</t>
   </si>
   <si>
+    <t xml:space="preserve">MIKAS </t>
+  </si>
+  <si>
     <t>NESSER YAHYA</t>
   </si>
   <si>
     <t>A1302519D</t>
   </si>
   <si>
     <t>LA MINIERE DE LA LUKUGA</t>
   </si>
   <si>
     <t>A1204671R</t>
   </si>
   <si>
+    <t>LAMILU</t>
+  </si>
+  <si>
     <t xml:space="preserve">LA MINIERE DU CONGO </t>
   </si>
   <si>
     <t>A1301245T</t>
   </si>
   <si>
+    <t>MDC</t>
+  </si>
+  <si>
     <t>LA MINIERE DU KATANGA</t>
   </si>
   <si>
+    <t>LMK</t>
+  </si>
+  <si>
     <t>LEDA MINING CONGO</t>
   </si>
   <si>
     <t>A0714789G</t>
   </si>
   <si>
+    <t>LMC</t>
+  </si>
+  <si>
     <t>LEK MINING SPRL</t>
   </si>
   <si>
+    <t>LEK MINING</t>
+  </si>
+  <si>
     <t>LIBERTY MINING AND INVESTMENTS</t>
   </si>
   <si>
     <t>A1210869D</t>
   </si>
   <si>
+    <t>LMI</t>
+  </si>
+  <si>
     <t>LIDA AFRIMING</t>
   </si>
   <si>
     <t>A0811089N</t>
   </si>
   <si>
+    <t>LA</t>
+  </si>
+  <si>
     <t>LOMAMI RESOURCES SARL</t>
   </si>
   <si>
     <t>A1210835R</t>
   </si>
   <si>
+    <t xml:space="preserve">LOMAMI RESOURCES </t>
+  </si>
+  <si>
     <t>LUALABA MINING COMPANY</t>
   </si>
   <si>
     <t>A0814837N</t>
   </si>
   <si>
     <t>LUBANGI MUTEBA</t>
   </si>
   <si>
     <t>A0709724D</t>
   </si>
   <si>
     <t>LUGUSHWA MINING</t>
   </si>
   <si>
     <t>A0700163L</t>
   </si>
   <si>
+    <t>LM</t>
+  </si>
+  <si>
     <t>LUISHA MINING ENTREPRISE</t>
   </si>
   <si>
     <t>A0906500B</t>
   </si>
   <si>
+    <t>LME</t>
+  </si>
+  <si>
     <t>LUWALE MUTETEKE</t>
   </si>
   <si>
     <t>A0909048W</t>
   </si>
   <si>
     <t>Artisanal</t>
   </si>
   <si>
     <t>M.D. CONSTRUCTION &amp; HIGHT TECHNOLOGY</t>
   </si>
   <si>
     <t>A0906986E</t>
   </si>
   <si>
+    <t>M.D.CHT</t>
+  </si>
+  <si>
     <t>MAADINI MINING</t>
   </si>
   <si>
     <t>A1301147M</t>
   </si>
   <si>
     <t>MABENDE MINING Sprl</t>
   </si>
   <si>
     <t>A1217594N</t>
   </si>
   <si>
     <t>MAHAVEER MINING Sprl</t>
   </si>
   <si>
     <t>A1403020Z</t>
   </si>
   <si>
     <t>MAONI MINING</t>
   </si>
   <si>
     <t>Marceline PALIMAU NAMADE</t>
   </si>
   <si>
     <t>A1301972J</t>
   </si>
   <si>
+    <t>M P N</t>
+  </si>
+  <si>
     <t>M</t>
   </si>
   <si>
     <t>A0704686C</t>
   </si>
   <si>
+    <t>MASTERS</t>
+  </si>
+  <si>
     <t>MATCHA CONSTRUCT Sprl</t>
   </si>
   <si>
     <t>A0910967G</t>
   </si>
   <si>
+    <t>MC</t>
+  </si>
+  <si>
     <t>NONO SUMBA MUGANZA</t>
   </si>
   <si>
     <t>A1301778Y</t>
   </si>
   <si>
+    <t>NSM</t>
+  </si>
+  <si>
     <t>NOVA MINING</t>
   </si>
   <si>
     <t>A0811654C</t>
   </si>
   <si>
     <t>NYUKI CONSTRUCT Sprl</t>
   </si>
   <si>
     <t>A1007237D</t>
   </si>
   <si>
+    <t>NC</t>
+  </si>
+  <si>
     <t>SOCIETE WANGA MINING COMPANY</t>
   </si>
   <si>
+    <t>S W M C</t>
+  </si>
+  <si>
     <t>SOMAF CORPORATION S.A</t>
   </si>
   <si>
     <t>A1400397Y</t>
   </si>
   <si>
+    <t>SC</t>
+  </si>
+  <si>
     <t>SOCIETE AURIFERE DU KIVU ET DU MANIEMA</t>
   </si>
   <si>
     <t>A1105861J</t>
   </si>
   <si>
+    <t>SAKIMA</t>
+  </si>
+  <si>
     <t>Sophie TUMALEO MWANGE</t>
   </si>
   <si>
     <t>A1303776U</t>
   </si>
   <si>
     <t>ORISA</t>
   </si>
   <si>
     <t>Nord-Ubangi</t>
   </si>
   <si>
     <t>SOCIETE COMMERCIALE LA MINIERE DE KISENGE MANGANESE</t>
   </si>
   <si>
+    <t>SCMK-Mn</t>
+  </si>
+  <si>
     <t>ORKA</t>
   </si>
   <si>
     <t>A1216744P</t>
   </si>
   <si>
     <t>SYLVAIN  PALUKU LOLWAKO</t>
   </si>
   <si>
     <t>A0713175E</t>
   </si>
   <si>
+    <t>SPL</t>
+  </si>
+  <si>
     <t>TANGANYIKA MINING COMPANY</t>
   </si>
   <si>
     <t>A0708266T</t>
   </si>
   <si>
+    <t>TMC</t>
+  </si>
+  <si>
     <t>SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU CONGO</t>
   </si>
   <si>
     <t>A0905363K</t>
   </si>
   <si>
-    <t>Entreprise publique</t>
+    <t>SODIMICO</t>
   </si>
   <si>
     <t>TANTALE MINING KATANGA</t>
   </si>
   <si>
     <t>A1302523H</t>
   </si>
   <si>
+    <t>TMK</t>
+  </si>
+  <si>
     <t>TECHNO BUILD</t>
   </si>
   <si>
     <t>A0703440Y</t>
   </si>
   <si>
+    <t>TB</t>
+  </si>
+  <si>
     <t>SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU KATANGA</t>
   </si>
   <si>
     <t>A1007484X</t>
   </si>
   <si>
+    <t>SODIMIKA</t>
+  </si>
+  <si>
     <t>TENKE FUNGURUME MINING</t>
   </si>
   <si>
     <t>A0810758D</t>
   </si>
   <si>
+    <t>TFM SA</t>
+  </si>
+  <si>
     <t>SOCIETE D’ELEVAGE ET DE COMMERCE</t>
   </si>
   <si>
     <t>A0811104A</t>
   </si>
   <si>
     <t>THERMO METALS PROCESSER</t>
   </si>
   <si>
+    <t>TMP</t>
+  </si>
+  <si>
     <t xml:space="preserve">TIDIANE KONE </t>
   </si>
   <si>
     <t>A1109111R</t>
   </si>
   <si>
     <t>SOCIETE D'EXPLOITATION DE KIPOI  S.A</t>
   </si>
   <si>
     <t>A0811655 D</t>
   </si>
   <si>
+    <t>SEK</t>
+  </si>
+  <si>
     <t>SOCIETE D’EXPLOITATION DE LA CASSITERITE AU KATANGA</t>
   </si>
   <si>
     <t>A1200747B</t>
   </si>
   <si>
+    <t>SECAKAT</t>
+  </si>
+  <si>
     <t>TILU MINING</t>
   </si>
   <si>
     <t>A1301208D</t>
   </si>
   <si>
     <t>PHELPS DODGE CONGO</t>
   </si>
   <si>
     <t>A0906604P</t>
   </si>
   <si>
+    <t>PDC</t>
+  </si>
+  <si>
     <t>TSL</t>
   </si>
   <si>
     <t>A0709673Y</t>
   </si>
   <si>
+    <t>TRATNOR SERVICES LIMITED</t>
+  </si>
+  <si>
     <t>PISTIS MINING CORPORATION</t>
   </si>
   <si>
     <t>A0907027Z</t>
   </si>
   <si>
+    <t>PMC</t>
+  </si>
+  <si>
     <t>TWANGIZA MINING</t>
   </si>
   <si>
     <t>A0700073N</t>
   </si>
   <si>
     <t>PROXMIN</t>
   </si>
   <si>
     <t>VIRGINIKA MINING</t>
   </si>
   <si>
     <t>A0805721D</t>
   </si>
   <si>
     <t>VIRJI SHIRAZ</t>
   </si>
   <si>
     <t>A1301460C</t>
   </si>
   <si>
     <t>REGAL MANIEMA</t>
   </si>
   <si>
     <t>A1118165H</t>
   </si>
   <si>
     <t>WALNI MINERAL COMPANY SPRL</t>
   </si>
   <si>
     <t>A0815386J</t>
   </si>
   <si>
+    <t>WMC</t>
+  </si>
+  <si>
     <t>WALTER NOCA</t>
   </si>
   <si>
     <t>A1022105Y</t>
   </si>
   <si>
     <t>REGAL SUD KIVU</t>
   </si>
   <si>
     <t>A1116127S</t>
   </si>
   <si>
+    <t>SK</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE BAKWANGA</t>
   </si>
   <si>
     <t>A0700201C</t>
   </si>
   <si>
+    <t>MIBA</t>
+  </si>
+  <si>
     <t>Kasaï-Oriental</t>
   </si>
   <si>
     <t>WB KASAI INVESTMENTS SPRL</t>
   </si>
   <si>
     <t>A0701627C</t>
   </si>
   <si>
+    <t>WBKI</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE BISUNZU</t>
   </si>
   <si>
     <t>A1407282G</t>
   </si>
   <si>
+    <t xml:space="preserve"> BISUNZU</t>
+  </si>
+  <si>
     <t>XING DA MINING SARL</t>
   </si>
   <si>
     <t>A1400916 M</t>
   </si>
   <si>
+    <t>XING DA MINING</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE DEVELOPPEMENT</t>
   </si>
   <si>
     <t>A1304104B</t>
   </si>
   <si>
+    <t>SMD</t>
+  </si>
+  <si>
     <t>YA FEI MINING SPRL</t>
   </si>
   <si>
     <t>A1217376B</t>
   </si>
   <si>
+    <t>YFM</t>
+  </si>
+  <si>
     <t>REMEC</t>
   </si>
   <si>
     <t>A0801837G</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE KASONTA</t>
   </si>
   <si>
     <t>A1500115S</t>
   </si>
   <si>
+    <t>SOMIKA</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE KOLWEZI</t>
   </si>
   <si>
     <t>A0800395P</t>
   </si>
   <si>
+    <t>SMK</t>
+  </si>
+  <si>
     <t>Roger GANZUMBA SOGHI</t>
   </si>
   <si>
     <t>A0805299U</t>
   </si>
   <si>
+    <t>R G S</t>
+  </si>
+  <si>
     <t>Kwilu</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE LUBUTU</t>
   </si>
   <si>
     <t>A1300047R</t>
   </si>
   <si>
     <t>RUASHI MINING</t>
   </si>
   <si>
     <t>A0704687D</t>
   </si>
   <si>
+    <t>RUMI</t>
+  </si>
+  <si>
     <t>RUBACO</t>
   </si>
   <si>
     <t>A0814809G</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE SANDOA</t>
   </si>
   <si>
     <t>A1309195K</t>
   </si>
   <si>
+    <t>SMS</t>
+  </si>
+  <si>
     <t>SA DRC Mining</t>
   </si>
   <si>
     <t>A0905446F</t>
   </si>
   <si>
+    <t>SDM</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DU KATANGA</t>
   </si>
   <si>
     <t>A0704865X</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE MINIERE INTERNATIONALE </t>
   </si>
   <si>
     <t>A1112368G</t>
   </si>
   <si>
+    <t>SMI</t>
+  </si>
+  <si>
     <t>SOCIETE OLIVE</t>
   </si>
   <si>
     <t>A1105863L</t>
   </si>
   <si>
+    <t>SO</t>
+  </si>
+  <si>
     <t>SOCIETE ROTAX INTERNATIONAL Sarl</t>
   </si>
   <si>
     <t>A1207761A</t>
   </si>
   <si>
+    <t>SRI</t>
+  </si>
+  <si>
     <t>SASE MINING SARL</t>
   </si>
   <si>
     <t>A1236645M</t>
   </si>
   <si>
+    <t>SM</t>
+  </si>
+  <si>
     <t>SC NEGRO 2000 SRL</t>
   </si>
   <si>
     <t>A1219222H</t>
   </si>
   <si>
     <t>SHITURU MINING CORPORATION</t>
   </si>
   <si>
     <t>A1008279I</t>
   </si>
   <si>
+    <t>SMCO</t>
+  </si>
+  <si>
     <t>Siméon Tshisangama</t>
   </si>
   <si>
     <t>A1206590C</t>
   </si>
   <si>
     <t>SOCIETE AMIBOD IMPORT-EXPORT</t>
   </si>
   <si>
     <t>A1301803A</t>
   </si>
   <si>
+    <t>SAIE</t>
+  </si>
+  <si>
     <t>CONGO JIN JU CHENG COMPANY SARL</t>
   </si>
   <si>
+    <t>CJCMC</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
     <t>KAI PENG MINING SPRL</t>
   </si>
   <si>
     <t>A1301585N</t>
   </si>
   <si>
+    <t>KPM</t>
+  </si>
+  <si>
     <t>DRAGON INTERNATIONAL MINING</t>
   </si>
   <si>
     <t>A1301003F</t>
   </si>
   <si>
+    <t>DIM</t>
+  </si>
+  <si>
     <t>CONGO DONG FANG</t>
   </si>
   <si>
     <t>A0712822W</t>
   </si>
   <si>
+    <t>CDM</t>
+  </si>
+  <si>
     <t>LUAMBO MINING</t>
   </si>
   <si>
     <t>A1004457G</t>
   </si>
   <si>
     <t>AURUM</t>
   </si>
   <si>
     <t>A0704864W</t>
   </si>
   <si>
     <t>SOCIETE  MUUNGANO NA MAENDELO SNC</t>
   </si>
   <si>
     <t>A1403402P</t>
   </si>
   <si>
+    <t>SOCIETE  MUUNGANO NA MAENDELO SNC; "SMM"</t>
+  </si>
+  <si>
     <t>SOCIÉTÉ NEW ALTERNATIVES FOR BUSINESS SOLUTIONS</t>
   </si>
   <si>
     <t>A1213741A</t>
   </si>
   <si>
+    <t>NABS SARL</t>
+  </si>
+  <si>
     <t>METACHEM Sarl</t>
   </si>
   <si>
     <t>A1201610P</t>
   </si>
   <si>
+    <t>METACHEM Sarl; "M Sarl"</t>
+  </si>
+  <si>
     <t>FMR DEVELOPMENT</t>
   </si>
   <si>
     <t>A0814445L</t>
   </si>
   <si>
+    <t>FM</t>
+  </si>
+  <si>
     <t>MARCO PERIOTI</t>
   </si>
   <si>
+    <t>MP</t>
+  </si>
+  <si>
     <t>MIKUBA MINING</t>
   </si>
   <si>
     <t>A1002037B</t>
   </si>
   <si>
     <t>NIZAR KIBWE AMIRALLY</t>
   </si>
   <si>
     <t>PROMINES</t>
   </si>
   <si>
     <t>A0815176F</t>
   </si>
   <si>
     <t>DEVON RESOURCES</t>
   </si>
   <si>
     <t>A1602961M</t>
   </si>
   <si>
+    <t>DR</t>
+  </si>
+  <si>
     <t>SEGMAL</t>
   </si>
   <si>
     <t>A1200750E</t>
   </si>
   <si>
     <t>ORAMA</t>
   </si>
   <si>
     <t>A0906459G</t>
   </si>
   <si>
     <t>Société Immobilière du Congo</t>
   </si>
   <si>
+    <t>SIMCO</t>
+  </si>
+  <si>
     <t>DMC</t>
   </si>
   <si>
     <t>FFE</t>
   </si>
   <si>
+    <t>FURNEIKO FIRE EXTRUCTIONS</t>
+  </si>
+  <si>
     <t xml:space="preserve">KWILU BRIQUES </t>
   </si>
   <si>
     <t>A0700314A</t>
   </si>
   <si>
+    <t>KB</t>
+  </si>
+  <si>
     <t>CONGO MANAGEMENT SARL</t>
   </si>
   <si>
+    <t>CM</t>
+  </si>
+  <si>
     <t>FIRST MINING COMPANY</t>
   </si>
   <si>
     <t>A1008601L</t>
   </si>
   <si>
+    <t>FMC</t>
+  </si>
+  <si>
     <t>IMPORTATION REPRESENTATION CIMMERCIALE SPRL</t>
   </si>
   <si>
     <t>A0704848D</t>
   </si>
   <si>
+    <t>IRC</t>
+  </si>
+  <si>
     <t>JEAN-CLAUDE MWEMA TSHILAY</t>
   </si>
   <si>
+    <t>JCMT</t>
+  </si>
+  <si>
     <t>KATANGA CLAYS MANUFACTORY</t>
   </si>
   <si>
     <t>A0810098L</t>
   </si>
   <si>
+    <t>KCM</t>
+  </si>
+  <si>
     <t>KATANGA EXPLORATION SARL</t>
   </si>
   <si>
     <t>A1500753L</t>
   </si>
   <si>
+    <t xml:space="preserve">KATANGA EXPLORATION SARL </t>
+  </si>
+  <si>
     <t xml:space="preserve">EMENTO MANUFACTURING </t>
   </si>
   <si>
     <t xml:space="preserve">FOSSIL FUEL </t>
   </si>
   <si>
     <t>KINSEVERE MINING RESSOURCES</t>
   </si>
   <si>
     <t>A0910912X</t>
   </si>
   <si>
+    <t>KMR</t>
+  </si>
+  <si>
     <t>SOCIETE CHINOISE POUR LE DEVELOPPEMENT DU CONGO SARL</t>
   </si>
   <si>
+    <t>SCDC</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE SHAMITUMBA SAS</t>
   </si>
   <si>
+    <t>SES</t>
+  </si>
+  <si>
     <t>KISANFU MINING SPRL</t>
   </si>
   <si>
     <t>A1004150Y</t>
   </si>
   <si>
+    <t>KIMIN</t>
+  </si>
+  <si>
     <t>SICOMINES, LA SINO-CONGOLAISE DES MINES SA</t>
   </si>
   <si>
     <t>A1007960P</t>
   </si>
   <si>
+    <t>SICOMINES</t>
+  </si>
+  <si>
     <t>SINO KATANGA TIN SARL</t>
   </si>
   <si>
     <t>A1111135R</t>
   </si>
   <si>
+    <t>SKT</t>
+  </si>
+  <si>
     <t>STR MINING SPRL</t>
   </si>
   <si>
     <t xml:space="preserve">A1301892X </t>
   </si>
   <si>
+    <t>STR MINING</t>
+  </si>
+  <si>
     <t>BP Sprl</t>
   </si>
   <si>
+    <t>BLACKSTONE PETRMINERALS SPRL</t>
+  </si>
+  <si>
     <t>TRANSVALE MINING SA</t>
   </si>
   <si>
+    <t>TM</t>
+  </si>
+  <si>
     <t xml:space="preserve">BELAIR MANIEMA </t>
   </si>
   <si>
     <t>GKMC SPRL</t>
   </si>
   <si>
     <t>A0713605X</t>
   </si>
   <si>
+    <t>GROUPE KEPPY MUKESH COORPORATION SPRL</t>
+  </si>
+  <si>
     <t>OLGA SARL</t>
   </si>
   <si>
     <t>CHADY APPART SARL</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
     <t>ELITE EARTH PRODUCTS SPRL</t>
   </si>
   <si>
+    <t>EEP</t>
+  </si>
+  <si>
     <t>EMON CHALWE NGWASHI</t>
   </si>
   <si>
     <t>A0907704K</t>
   </si>
   <si>
+    <t>ECN</t>
+  </si>
+  <si>
     <t>ENTREPRISE MINIERE DU KIVU</t>
   </si>
   <si>
+    <t>EMK</t>
+  </si>
+  <si>
     <t>HEATMELTO SMELTERS  Sprl</t>
   </si>
   <si>
+    <t>HS</t>
+  </si>
+  <si>
     <t>AR MINERALS AND MINING</t>
   </si>
   <si>
+    <t>AR MM</t>
+  </si>
+  <si>
     <t>SOCIETE D'APPUI LOGISTIQUE DU KATANGA</t>
   </si>
   <si>
+    <t>SALK</t>
+  </si>
+  <si>
     <t>MONGWALU GOLD MINES SA</t>
   </si>
   <si>
+    <t>MGM</t>
+  </si>
+  <si>
     <t>ETION GEMS AND METALS</t>
   </si>
   <si>
+    <t>EGM</t>
+  </si>
+  <si>
     <t>LUBA MINING</t>
   </si>
   <si>
     <t>MAI-MARIDI MINING SPRL</t>
   </si>
   <si>
+    <t>MMM</t>
+  </si>
+  <si>
     <t>MARTIN CHALAMESO</t>
   </si>
   <si>
     <t>A0908496W</t>
   </si>
   <si>
     <t>MUNONGA MIKUBA SARL</t>
   </si>
   <si>
     <t>NESTOR MUDERHWA KAMOLA</t>
   </si>
   <si>
+    <t>NMK</t>
+  </si>
+  <si>
     <t>COMPAGNIE D'ENGINEERING ET NEGOCE</t>
   </si>
   <si>
     <t>A1008638B</t>
   </si>
   <si>
+    <t>CEN</t>
+  </si>
+  <si>
     <t>SOLAIZE DRC</t>
   </si>
   <si>
     <t>TANTALE ET NIOBIUM DU TANGANYIKA</t>
   </si>
   <si>
     <t>A1207945A</t>
   </si>
   <si>
+    <t>TNT</t>
+  </si>
+  <si>
     <t>Coopérative de Développement des Exploitants Miniers Artisanaux de Mombasa</t>
   </si>
   <si>
+    <t xml:space="preserve">CODEMA </t>
+  </si>
+  <si>
     <t>ENTREPRISE MINIERE DE MUSOSHI S.A</t>
   </si>
   <si>
     <t>A1506604 W</t>
   </si>
   <si>
+    <t>EMM</t>
+  </si>
+  <si>
     <t>Sté DENSAHAL</t>
   </si>
   <si>
     <t>A1604036F</t>
   </si>
   <si>
+    <t>Sté DENSAHAL; "Sté D"</t>
+  </si>
+  <si>
     <t>Sté KALKO</t>
   </si>
   <si>
     <t>A1516652S</t>
   </si>
   <si>
+    <t>Sté KALKO; "Sté k"</t>
+  </si>
+  <si>
     <t>Sté KGS MINERAL CORPORATION</t>
   </si>
   <si>
     <t>A1521374A</t>
   </si>
   <si>
+    <t>Sté KGS MINERAL CORPORATION; "Sté KMC"</t>
+  </si>
+  <si>
     <t>Sté RSP ET ASSOCIES GROUP</t>
   </si>
   <si>
     <t>A1404844G</t>
   </si>
   <si>
+    <t>Sté RSP ET ASSOCIES GROUP; "Sté RAG"</t>
+  </si>
+  <si>
     <t>Sté SOLITAIRE</t>
   </si>
   <si>
     <t>A1110445R</t>
   </si>
   <si>
+    <t>Sté SOLITAIRE; "Sté S"</t>
+  </si>
+  <si>
     <t>Sté TANMIN</t>
   </si>
   <si>
     <t>A1310698T</t>
   </si>
   <si>
+    <t>Sté TANMIN; "Sté T"</t>
+  </si>
+  <si>
     <t>Sté TICHE</t>
   </si>
   <si>
     <t>A1315385N</t>
   </si>
   <si>
+    <t>Sté TICHE; "Sté T"</t>
+  </si>
+  <si>
     <t>Sté MAKRIS</t>
   </si>
   <si>
     <t>A1602341N</t>
   </si>
   <si>
+    <t>Sté MAKRIS; "Sté M"</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sté COMISERV </t>
   </si>
   <si>
     <t>A1416133J</t>
   </si>
   <si>
+    <t>Sté COMISERV; "Sté C"</t>
+  </si>
+  <si>
     <t>Sté CONTAIN</t>
   </si>
   <si>
     <t>A1517511B</t>
   </si>
   <si>
+    <t>Sté CONTAIN; "Sté C"</t>
+  </si>
+  <si>
     <t>KANSUKI SPRL</t>
   </si>
   <si>
     <t>A1002999U</t>
   </si>
   <si>
+    <t xml:space="preserve">KANSUKI </t>
+  </si>
+  <si>
     <t>Nature</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE  BDRS TRADING </t>
   </si>
   <si>
     <t>A1604593L</t>
   </si>
   <si>
+    <t>SOCIETE  BDRS TRADING; "SBT"</t>
+  </si>
+  <si>
     <t>Ets. MUNSAD</t>
   </si>
   <si>
-    <t>COSHA INVESTMENT Sprl</t>
+    <t>Ets. MUNSAD; "Ets M"</t>
   </si>
   <si>
     <t>A080669G</t>
   </si>
   <si>
+    <t xml:space="preserve">CI </t>
+  </si>
+  <si>
     <t xml:space="preserve">BLACKSTONE PETROMINERALS </t>
   </si>
   <si>
+    <t>BP</t>
+  </si>
+  <si>
     <t>SOCIETE RENZO</t>
   </si>
   <si>
+    <t>SR</t>
+  </si>
+  <si>
     <t>SODIFOR EXPLORATION SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">SODIFOR </t>
+  </si>
+  <si>
     <t>THERESE KAZADI LUDIMBA</t>
   </si>
   <si>
     <t>A1305279D</t>
   </si>
   <si>
+    <t>TKL</t>
+  </si>
+  <si>
     <t>ALPHAMIN RESOURCES CONGO Sarl</t>
   </si>
   <si>
+    <t>ARC</t>
+  </si>
+  <si>
     <t xml:space="preserve">GLOBAL TRADING COMMODITIES </t>
   </si>
   <si>
+    <t xml:space="preserve"> G.T.C</t>
+  </si>
+  <si>
     <t>GOLIN MINING INVESTMENT SARL</t>
   </si>
   <si>
+    <t xml:space="preserve"> GOLIN MINING INVESTMENT SARL</t>
+  </si>
+  <si>
     <t>AFRICA EQUITY &amp; INVESTMENT GROUP SARL</t>
   </si>
   <si>
+    <t>AEI GROUP</t>
+  </si>
+  <si>
     <t>AGAPAO GLOBAL BUSINESS</t>
   </si>
   <si>
+    <t>A.G.B</t>
+  </si>
+  <si>
     <t>Partenariat</t>
   </si>
   <si>
     <t>AIR MARINE AFRICA SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">AIR MARINE AFRICA </t>
+  </si>
+  <si>
     <t>SOCIETE INDUS- TRIELLE MINING-INTERNATIONAL</t>
   </si>
   <si>
     <t xml:space="preserve">AITEO MINING CONGO LIMITED SARL </t>
   </si>
   <si>
     <t>AFRIQUE RESSOURCES INTERNATIONAL</t>
   </si>
   <si>
     <t>En développement</t>
   </si>
   <si>
     <t>BANKERS COBALT MINING SASU</t>
   </si>
   <si>
     <t>Statut</t>
   </si>
   <si>
     <t>BMK CONSTRUCTION</t>
   </si>
   <si>
     <t>A1622167N</t>
   </si>
   <si>
+    <t>BMK</t>
+  </si>
+  <si>
     <t>BMN MINING</t>
   </si>
   <si>
+    <t>BMN</t>
+  </si>
+  <si>
     <t>BRAVURA CONGO</t>
   </si>
   <si>
     <t>BRING MINERALS SAU</t>
   </si>
   <si>
     <t>AMANI MINERALS KATANGA</t>
   </si>
   <si>
     <t>BIENVIEW MINING</t>
   </si>
   <si>
     <t>BUTA SARL</t>
   </si>
   <si>
     <t>CHEKINA SARL</t>
   </si>
   <si>
     <t>A0905426J</t>
   </si>
   <si>
+    <t>CK SARL</t>
+  </si>
+  <si>
     <t>CL ETOILE</t>
   </si>
   <si>
     <t>CODEMA SARL</t>
   </si>
   <si>
     <t>A1206322L</t>
   </si>
   <si>
     <t xml:space="preserve">BROTHER MINING </t>
   </si>
   <si>
+    <t xml:space="preserve">BM </t>
+  </si>
+  <si>
     <t>BUKWASHI MINING COMPANY</t>
   </si>
   <si>
     <t>A1809093E</t>
   </si>
   <si>
+    <t>BUMICO</t>
+  </si>
+  <si>
     <t>CCS CHINDA TRADE-INVESTMENT</t>
   </si>
   <si>
     <t>0002/BBX - 20/I000 350 HK/Z</t>
   </si>
   <si>
     <t>CHENGTUN CONGO RESSOURCES</t>
   </si>
   <si>
     <t>0004/BDX-20/I0000 23 L/Z</t>
   </si>
   <si>
     <t>AKULA AFRICA</t>
   </si>
   <si>
     <t>0001/BAX - 20/I0 11803 K/Z</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE KATOTO</t>
   </si>
   <si>
     <t>A1802916Q</t>
   </si>
   <si>
+    <t xml:space="preserve">CMK </t>
+  </si>
+  <si>
     <t xml:space="preserve">CIMENTERIE DE MAIKO </t>
   </si>
   <si>
     <t>En construction</t>
   </si>
   <si>
     <t xml:space="preserve">COMPAGNIE MINIERE DE TONDO SAS </t>
   </si>
   <si>
     <t>CONGO BANTU MINING</t>
   </si>
   <si>
     <t>A1100319K</t>
   </si>
   <si>
     <t xml:space="preserve">CONGO CONSTRUCTION INVESTMENTS </t>
   </si>
   <si>
+    <t>C.C.I</t>
+  </si>
+  <si>
     <t>CONGO NEW MINING VISION</t>
   </si>
   <si>
     <t>A1807510J</t>
   </si>
   <si>
+    <t>CONEMIV</t>
+  </si>
+  <si>
     <t>CONGO ROOFING</t>
   </si>
   <si>
     <t xml:space="preserve">ETANA CONGO </t>
   </si>
   <si>
+    <t>ETACO</t>
+  </si>
+  <si>
     <t>CONGO SILVER AGE SCI ET TECH COBALT</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUCT SERVICES SECURITY </t>
   </si>
   <si>
     <t>A1509055K</t>
   </si>
   <si>
     <t>COOPERATIVE DES ARTISANAUX MINIERS DU CONGO ENTITE</t>
   </si>
   <si>
     <t>FRANCOIS LWELA NDEMBE KADEFI</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE ET DE SOUS TRAITANCE COOPERATIVE MINIERE ET DE SOUS TRAITANCE </t>
   </si>
   <si>
+    <t xml:space="preserve">SCOMIS </t>
+  </si>
+  <si>
     <t>DA TONG MINING</t>
   </si>
   <si>
     <t>A1813381Q</t>
   </si>
   <si>
     <t xml:space="preserve">GROUPE LES LEADERS SERVICE </t>
   </si>
   <si>
+    <t>G.L.C</t>
+  </si>
+  <si>
     <t>EDWALL ENTREPRISE</t>
   </si>
   <si>
     <t>EMERGING MINING</t>
   </si>
   <si>
     <t xml:space="preserve">HOPE CONNECT  MINING </t>
   </si>
   <si>
     <t xml:space="preserve">INVESTISSEMENT ET DEVELOPPEMENT IMMOBILIERS </t>
   </si>
   <si>
     <t>EMPIRE RESSOURCES</t>
   </si>
   <si>
     <t>ENTREPRISE COMMERCIALE, MINIERE, AGRICOLE ET SECURITE</t>
   </si>
   <si>
     <t>ETABLISSEMENT POPA MINING</t>
   </si>
   <si>
     <t>COMMERCE GENERAL PHARMACIE HOPITAUX ET INDUSTRIE DU  LUALABA</t>
   </si>
   <si>
     <t>EMPIRE CORPORATION YVY</t>
   </si>
   <si>
+    <t>EMCO</t>
+  </si>
+  <si>
     <t>ETABLISSEMENTS  EMERGING SERVICES</t>
   </si>
   <si>
+    <t xml:space="preserve">EMERS </t>
+  </si>
+  <si>
     <t>ETABLISSEMENTS NSB GOLDEN</t>
   </si>
   <si>
     <t>EXTRA- MADURA</t>
   </si>
   <si>
     <t>A1511110T</t>
   </si>
   <si>
     <t xml:space="preserve">FAST SERVICE COMPANY </t>
   </si>
   <si>
+    <t xml:space="preserve">FASCO </t>
+  </si>
+  <si>
     <t xml:space="preserve">LIBELA </t>
   </si>
   <si>
     <t>FEZA PENETEBA MINING</t>
   </si>
   <si>
+    <t>PPM</t>
+  </si>
+  <si>
     <t xml:space="preserve">MICHROT CONGO COMPANY </t>
   </si>
   <si>
     <t xml:space="preserve">NAVARRO RESOURCES  </t>
   </si>
   <si>
+    <t xml:space="preserve">   N.R  </t>
+  </si>
+  <si>
     <t>AFRICAN CONGO MINING SARL</t>
   </si>
   <si>
+    <t>AFRICAN CONGO MINING</t>
+  </si>
+  <si>
     <t>SOCIETE ORIENTALE RESSOURCES CONGO SARL</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE UBITE MINING </t>
   </si>
   <si>
     <t>SWISTONE LTD</t>
   </si>
   <si>
     <t>DATHCOM MINING SAS</t>
   </si>
   <si>
     <t>A1622637Z</t>
   </si>
   <si>
+    <t>DATHCOM MINING</t>
+  </si>
+  <si>
     <t xml:space="preserve">XIANG JIANG MINING </t>
   </si>
   <si>
     <t>A1912839C</t>
   </si>
   <si>
     <t>DRC MINING EXPLORATION  AND FACILITY BUSINESS SARL</t>
   </si>
   <si>
+    <t>DRC MINING EXPLORATION  AND FACILITY BUSINESS</t>
+  </si>
+  <si>
     <t xml:space="preserve">INTERFACE INNOVATIONS </t>
   </si>
   <si>
+    <t>INTIN</t>
+  </si>
+  <si>
     <t>Lomami</t>
   </si>
   <si>
     <t xml:space="preserve"> DYNAMIC MINERALS AND RESOURCES SARL</t>
   </si>
   <si>
     <t>A1904569N</t>
   </si>
   <si>
+    <t xml:space="preserve"> DYNAMIC MINERALS AND RESOURCES</t>
+  </si>
+  <si>
     <t xml:space="preserve">JEROME SUNGU MUM-MUDA </t>
   </si>
   <si>
+    <t>JEROME SUNGU MUM-MUDA</t>
+  </si>
+  <si>
     <t xml:space="preserve">NEW DESTINY MINING </t>
   </si>
   <si>
     <t xml:space="preserve">NICO MUSUBAO   MATHE </t>
   </si>
   <si>
+    <t>NICO MUSUBAO   MATHE</t>
+  </si>
+  <si>
     <t xml:space="preserve">AMBA RESSOURCES </t>
   </si>
   <si>
     <t>A2036599E</t>
   </si>
   <si>
+    <t xml:space="preserve">AMBR </t>
+  </si>
+  <si>
     <t>Sud-Ubangi</t>
   </si>
   <si>
     <t>FELIX-CAMILLE MULUMBA KANKU KAIMBY</t>
   </si>
   <si>
     <t xml:space="preserve">OCEAN CONSTRUCTION </t>
   </si>
   <si>
+    <t>OCEAN CONSTRUCTION</t>
+  </si>
+  <si>
     <t>GENERAL MINING LIMITED SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">GENERAL MINING LIMITED </t>
+  </si>
+  <si>
     <t>MAWUYA TRADING AU CONGO</t>
   </si>
   <si>
     <t xml:space="preserve">GLOBAL ENVIRONMENT AND SERVICES </t>
   </si>
   <si>
+    <t>GES</t>
+  </si>
+  <si>
     <t xml:space="preserve">PATRICK NGUDIA TSHIABA </t>
   </si>
   <si>
+    <t>PATRICK NGUDIA TSHIABA</t>
+  </si>
+  <si>
     <t>GROUP EMMANUEL SARL</t>
   </si>
   <si>
+    <t>GROUP EMMANUEL</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE LIBENGE MINING </t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE CONGO HOLDING  </t>
   </si>
   <si>
+    <t xml:space="preserve">SOCIETE CONGO HOLDING </t>
+  </si>
+  <si>
     <t>GROUPE NEUF COMPANY</t>
   </si>
   <si>
+    <t>GNC</t>
+  </si>
+  <si>
     <t>HADASA MINING SARL</t>
   </si>
   <si>
+    <t>HADASA MINING</t>
+  </si>
+  <si>
     <t>HERBERT KABWE SABWA</t>
   </si>
   <si>
     <t>HONGKONG EXCELLEN MINING INVESTMENT CONGO SARL</t>
   </si>
   <si>
+    <t>HONGKONG EXCELLEN MINING INVESTMENT CONGO</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE MINIERE DE NDUBA  </t>
   </si>
   <si>
+    <t xml:space="preserve">SOCIETE MINIERE DE NDUBA </t>
+  </si>
+  <si>
     <t>IN  PUT MINING SARL</t>
   </si>
   <si>
+    <t>IN  PUT MINING</t>
+  </si>
+  <si>
     <t xml:space="preserve">J3 MINERALS </t>
   </si>
   <si>
+    <t>J3M</t>
+  </si>
+  <si>
     <t xml:space="preserve">FUANI MUSOLE   </t>
   </si>
   <si>
+    <t xml:space="preserve">FUANI MUSOLE  </t>
+  </si>
+  <si>
     <t>KAMOLO MINING RESSOURCES SARLU</t>
   </si>
   <si>
+    <t>KAMOLO MINING RESSOURCES</t>
+  </si>
+  <si>
     <t>LOTUS MINING</t>
   </si>
   <si>
+    <t>S.L.M</t>
+  </si>
+  <si>
     <t>LUALABA CONSTRUCTION</t>
   </si>
   <si>
+    <t>LC</t>
+  </si>
+  <si>
     <t xml:space="preserve">GENERALE INDUSTRIELLE ET COMMERCE AU CONGO PRO MINING   </t>
   </si>
   <si>
+    <t xml:space="preserve">GICC MINING  </t>
+  </si>
+  <si>
     <t>ASSOCIATION MINIERE DU KIVU</t>
   </si>
   <si>
     <t>A1217895Q</t>
   </si>
   <si>
+    <t>AMIKI</t>
+  </si>
+  <si>
     <t>ROCBELT CONGO</t>
   </si>
   <si>
     <t>A1703022E</t>
   </si>
   <si>
+    <t>ROCCO</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE DES DEVELOPEMMENTS MINIERS  </t>
   </si>
   <si>
     <t>A1513596W</t>
   </si>
   <si>
+    <t xml:space="preserve">SODEMIN </t>
+  </si>
+  <si>
     <t>STANVIC MINING SARL</t>
   </si>
   <si>
     <t>A1813253B</t>
   </si>
   <si>
+    <t>STANVIC MINING</t>
+  </si>
+  <si>
     <t>UNITED  COMINIERE SAS</t>
   </si>
   <si>
+    <t xml:space="preserve">UNITED  COMINIERE </t>
+  </si>
+  <si>
     <t>WIDAL MINING SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">WIDAL MINING </t>
+  </si>
+  <si>
     <t xml:space="preserve">GLORIA DEI MINING </t>
   </si>
   <si>
     <t xml:space="preserve">GOLDEN CONSTRUCTION </t>
   </si>
   <si>
     <t>ETS YEA HONG</t>
   </si>
   <si>
     <t xml:space="preserve">EVEREST MINING </t>
   </si>
   <si>
     <t>EXCOMINES REPUBLIQUE DEMOCRATIQUE DU CONGO</t>
   </si>
   <si>
     <t xml:space="preserve">MASALA MINERALS </t>
   </si>
   <si>
     <t xml:space="preserve">PROMOTION DES MINES AU CONGO </t>
   </si>
   <si>
+    <t xml:space="preserve">PMC </t>
+  </si>
+  <si>
     <t>AFRIQUE OR MINING</t>
   </si>
   <si>
     <t>RENZHEN INTERNATIONAL DEVELOPMENT INSTITUTE LIMITED</t>
   </si>
   <si>
     <t>SOCIETE AGRO-PASTORALE ET MINIERE DU KIVU</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE GENERALE DES MINES ET CARRIERES </t>
   </si>
   <si>
+    <t xml:space="preserve">SOGEMICA </t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE GOLIN RESOURCES </t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE MANGO TREE MINING </t>
   </si>
   <si>
     <t>CIMENTERIE DU KIVU</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE DEVELOPPEMENT ET DE RECONSTRUCTION</t>
   </si>
   <si>
+    <t>COMIDER</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE YOROZU MINING </t>
   </si>
   <si>
     <t>A1909012S</t>
   </si>
   <si>
+    <t xml:space="preserve">SYM </t>
+  </si>
+  <si>
     <t xml:space="preserve">SPILL CONGO </t>
   </si>
   <si>
     <t>COOPERATIVE DES EXPLOITANTS ARTISANAUX MINIERS DE MASISI</t>
   </si>
   <si>
     <t>ETABLISSEMENTS MAISON  MBIZA</t>
   </si>
   <si>
     <t xml:space="preserve">TERRA KARA  </t>
   </si>
   <si>
     <t>GRAND KIVU MINING</t>
   </si>
   <si>
     <t>A2035153H</t>
   </si>
   <si>
+    <t xml:space="preserve">GKM </t>
+  </si>
+  <si>
     <t xml:space="preserve">TIDIANE KONE &amp; FREDERICK </t>
   </si>
   <si>
+    <t xml:space="preserve"> SO.T.K.F </t>
+  </si>
+  <si>
     <t xml:space="preserve">ZHENGWEI TECHNIQUE COOPERATION </t>
   </si>
   <si>
     <t>A0807284C</t>
   </si>
   <si>
+    <t xml:space="preserve">SZTC </t>
+  </si>
+  <si>
     <t xml:space="preserve">MASISI MINING </t>
   </si>
   <si>
     <t xml:space="preserve">CARRIERES REUNIES DU KIVU </t>
   </si>
   <si>
     <t xml:space="preserve">FIGA MINING </t>
   </si>
   <si>
     <t>A1904827T</t>
   </si>
   <si>
     <t xml:space="preserve">HAVILA INVESTMENTS </t>
   </si>
   <si>
     <t>A1305324C</t>
   </si>
   <si>
+    <t xml:space="preserve">I.D.I. </t>
+  </si>
+  <si>
     <t xml:space="preserve">KAMUMER INTERNATIONAL INVESTEMENTS AND CONSULTING </t>
   </si>
   <si>
     <t xml:space="preserve">KIMIA MINING INVESTMENT  </t>
   </si>
   <si>
     <t>A1512949S</t>
   </si>
   <si>
     <t xml:space="preserve">KODO RESSOURCES </t>
   </si>
   <si>
     <t xml:space="preserve">SOGEMIP MINING </t>
   </si>
   <si>
     <t xml:space="preserve">BAKWAFIKA KABULA ZOROBABAEL </t>
   </si>
   <si>
     <t xml:space="preserve">BINGOMWA MINES </t>
   </si>
   <si>
     <t xml:space="preserve">BOPE EXPLORATION AND MINING COOPERATION </t>
   </si>
   <si>
     <t xml:space="preserve">CHADILA </t>
   </si>
   <si>
     <t>A1705347G</t>
   </si>
   <si>
     <t>JONATHAN MIRUHO NAMU SHOMBOZA</t>
   </si>
   <si>
     <t xml:space="preserve">KASAI RESSOURCES </t>
   </si>
   <si>
     <t>A1910766Z</t>
   </si>
   <si>
     <t>AL HILAL MINING</t>
   </si>
   <si>
     <t>Coopérative Minière DYABYO na Bantu</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIDYBA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de la Solidarité Africaine </t>
   </si>
   <si>
+    <t>CMSA</t>
+  </si>
+  <si>
     <t>Coopérative Minière JOMOS Centre Africain pour Le Développement</t>
   </si>
   <si>
+    <t xml:space="preserve"> JOMOSCAD</t>
+  </si>
+  <si>
     <t>Coopérative Minière Hand Picking Tujenge</t>
   </si>
   <si>
+    <t>COOPHPT</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agricole pour Le Développement du Congo</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMADECO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Debout Katanga Pour leDéveloppement Multisectoriel </t>
   </si>
   <si>
+    <t>COMIDEM</t>
+  </si>
+  <si>
     <t>Association Coopérative le Congo Minier</t>
   </si>
   <si>
+    <t>COMIN</t>
+  </si>
+  <si>
     <t>Coopérative Minière Maîsha</t>
   </si>
   <si>
+    <t>MAISHA</t>
+  </si>
+  <si>
     <t>Kalima Mining Company,</t>
   </si>
   <si>
+    <t>KMC SA</t>
+  </si>
+  <si>
     <t>KA-BE SARL</t>
   </si>
   <si>
     <t>SOCIETE ANHUI CONGO D'INVESTISSEMENT MINIER</t>
   </si>
   <si>
     <t>CLT0032231</t>
   </si>
   <si>
+    <t>SACIM</t>
+  </si>
+  <si>
     <t>A0700073</t>
   </si>
   <si>
     <t>LA GENERALE DES CARRIERES ET DES MINES</t>
   </si>
   <si>
     <t>A0701147</t>
   </si>
   <si>
+    <t>GECAMINES</t>
+  </si>
+  <si>
     <t>COMBINED MINING COMPANY SARL</t>
   </si>
   <si>
     <t>A1418143</t>
   </si>
   <si>
-    <t>FURNEIKO FIRE EXTRUCTIONS</t>
+    <t>CMC</t>
   </si>
   <si>
     <t>A13052242</t>
   </si>
   <si>
     <t>GROUPE ABK SARL</t>
   </si>
   <si>
     <t>A1503178</t>
   </si>
   <si>
-    <t>IRON MOUNTAIN ENTERPRISES SPRL</t>
+    <t>GABK</t>
   </si>
   <si>
     <t>A1108022</t>
   </si>
   <si>
-    <t>MASTERS</t>
-[...1 lines deleted...]
-  <si>
     <t>A07046861</t>
   </si>
   <si>
     <t>NDONA EXPANSION MINING SARL</t>
   </si>
   <si>
     <t>A19000851</t>
   </si>
   <si>
+    <t>NEM SARL</t>
+  </si>
+  <si>
     <t>RAMSES</t>
   </si>
   <si>
     <t>A1613380M</t>
   </si>
   <si>
     <t>SOCIETE MANGO TREE MINING SARL</t>
   </si>
   <si>
     <t>A16204210</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DE KAMINA</t>
   </si>
   <si>
     <t>A12175932</t>
   </si>
   <si>
+    <t>COMIKA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE LUPETO</t>
   </si>
   <si>
     <t>A08154282</t>
   </si>
   <si>
+    <t>COMILU</t>
+  </si>
+  <si>
     <t>KASONGA MINING</t>
   </si>
   <si>
     <t>A1114970J</t>
   </si>
   <si>
     <t>KINSENDA COPPER COMPANY</t>
   </si>
   <si>
     <t>A1215367L</t>
   </si>
   <si>
     <t>MACROLINK JIAYUAN MINING</t>
   </si>
   <si>
     <t>A0815380</t>
   </si>
   <si>
+    <t>MJM</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLORATION MINIERE DU HAUT KATANGA SPRL</t>
   </si>
   <si>
     <t>A071281810</t>
   </si>
   <si>
+    <t>SEMHT</t>
+  </si>
+  <si>
     <t>MCC RESOURCES</t>
   </si>
   <si>
+    <t>MCCR</t>
+  </si>
+  <si>
     <t>JXCOM SARL</t>
   </si>
   <si>
     <t>ANVIL MINING CONGO</t>
   </si>
   <si>
     <t>A0700172</t>
   </si>
   <si>
+    <t>AMC</t>
+  </si>
+  <si>
     <t>BOSS MINING SARL</t>
   </si>
   <si>
     <t>A09059724C</t>
   </si>
   <si>
+    <t>BM MINING SARL</t>
+  </si>
+  <si>
     <t>NAMOYA MINING</t>
   </si>
   <si>
     <t>A0700413A</t>
   </si>
   <si>
     <t>En cessation d'activité</t>
   </si>
   <si>
     <t>ALPHAMIN BISIE MINING</t>
   </si>
   <si>
+    <t>ABM</t>
+  </si>
+  <si>
     <t>KINZONGO</t>
   </si>
   <si>
     <t>Semi-Industriel</t>
   </si>
   <si>
     <t>LUMIERE DU JOUR</t>
   </si>
   <si>
     <t>PETIT A PETIT</t>
   </si>
   <si>
     <t>123PETITAPETIT</t>
   </si>
   <si>
     <t>SMMF</t>
   </si>
   <si>
     <t>1234SMMF</t>
   </si>
   <si>
     <t>TUNGA</t>
   </si>
   <si>
     <t>1234TUNGA</t>
@@ -2516,351 +3398,567 @@
   <si>
     <t>BIONSO BIMPE</t>
   </si>
   <si>
     <t>1234BIONSOBIMPE</t>
   </si>
   <si>
     <t>CHRIST PROGRE</t>
   </si>
   <si>
     <t>1234CHRISTPROGRE</t>
   </si>
   <si>
     <t>RIEN QUE LA FOI</t>
   </si>
   <si>
     <t>1234RIENQUELAFOI</t>
   </si>
   <si>
     <t>LAMIKAL Sarl</t>
   </si>
   <si>
     <t>LAMIKAL 123</t>
   </si>
   <si>
+    <t>LAMIKAL</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE MITWABA</t>
   </si>
   <si>
+    <t>SOMIMI</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE CHABARA</t>
   </si>
   <si>
-    <t>SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU CONGO SARL</t>
+    <t>CHABARA SPRL</t>
+  </si>
+  <si>
+    <t>SOCIETE DE DEVELOPPEMENT DU CONGO</t>
+  </si>
+  <si>
+    <t>SODIMICO SARL</t>
   </si>
   <si>
     <t>WEST RIVER SARL</t>
   </si>
   <si>
     <t>Clément LETA MBAVU</t>
   </si>
   <si>
+    <t>LETA MBAVU</t>
+  </si>
+  <si>
     <t>CNMC CONGO COMPAGNIE MINIERE SARL</t>
   </si>
   <si>
     <t>A1507008K</t>
   </si>
   <si>
+    <t>CNMC SARL</t>
+  </si>
+  <si>
     <t>KALONGWE MINING SA</t>
   </si>
   <si>
     <t>LUILU RESSOURCES SAS</t>
   </si>
   <si>
+    <t>LRS</t>
+  </si>
+  <si>
     <t>Société Minière de Deziwa et Ecaille</t>
   </si>
   <si>
+    <t>SOMIDEZ</t>
+  </si>
+  <si>
     <t>EXCELLEN MINIERALS SARL</t>
   </si>
   <si>
     <t>A18099162</t>
   </si>
   <si>
+    <t>EXCELEN MINIERALS</t>
+  </si>
+  <si>
     <t>CMOC KISANFU MINING S.A.R.L</t>
   </si>
   <si>
+    <t>KFM</t>
+  </si>
+  <si>
     <t>NEW MINERALS INVESTMENTS SARL</t>
   </si>
   <si>
     <t>Nantong Zhafei</t>
   </si>
   <si>
+    <t>Zhafei</t>
+  </si>
+  <si>
     <t>CLOE LOUANNES BRYAN CONSULTING AND TRADING SARL.</t>
   </si>
   <si>
     <t>KINGA KILA  MINING</t>
   </si>
   <si>
     <t>A-1819188C</t>
   </si>
   <si>
+    <t>KIK MINING SASU</t>
+  </si>
+  <si>
     <t>BETA MINING</t>
   </si>
   <si>
     <t>A1816233Q</t>
   </si>
   <si>
     <t>ENERGY 24 SARL</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DU KASAI SARL</t>
   </si>
   <si>
+    <t>COMIKAS SARL</t>
+  </si>
+  <si>
     <t>GRANDE CIMENTERIE DU KATANGA S.A.S</t>
   </si>
   <si>
+    <t>GRANDE CIMENTERIE DU KATANGA SAS</t>
+  </si>
+  <si>
     <t>ENTREPRISE GENERALE DU COBALT S.A</t>
   </si>
   <si>
+    <t>EGC S.A</t>
+  </si>
+  <si>
     <t>TRAFIGURA PTE LTD</t>
   </si>
   <si>
     <t>DITHER LTD</t>
   </si>
   <si>
     <t>CONGO FAIR MINING</t>
   </si>
   <si>
+    <t>CFM</t>
+  </si>
+  <si>
     <t>PUNIA KASESE MINING</t>
   </si>
   <si>
+    <t>PKM SA</t>
+  </si>
+  <si>
     <t>DRC COPPER AND COBALT PROJECT</t>
   </si>
   <si>
+    <t>DCP</t>
+  </si>
+  <si>
     <t>WESTERN MINING SPRL</t>
   </si>
   <si>
+    <t>STE WESTERN MINING SPRL</t>
+  </si>
+  <si>
     <t>MANONO MINERALS</t>
   </si>
   <si>
+    <t>MANOMIN</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE LA CASSITERITE AU KATANGA SPRL</t>
   </si>
   <si>
+    <t>SECAKAT SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE KABOLELA ET DE KIPESE</t>
   </si>
   <si>
+    <t>SMKK SPRL</t>
+  </si>
+  <si>
     <t>GROUPEMENT POUR LE TRAITEMENT DU TERRIL DE LUBUMBASHI</t>
   </si>
   <si>
+    <t>GTL SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE DE TRAITEMENT DES REJETS DE MUTOSHI</t>
   </si>
   <si>
+    <t>S.R.M SPRL</t>
+  </si>
+  <si>
     <t>KIPUSHI CORPORATION SARL</t>
   </si>
   <si>
+    <t>KICO SARL</t>
+  </si>
+  <si>
     <t>KASONTA-LUPOTO MINES SPRL</t>
   </si>
   <si>
+    <t>KALUMINES SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DU GISEMENT DE L'ETOILE</t>
   </si>
   <si>
+    <t>SEE SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE KIPOI</t>
   </si>
   <si>
+    <t>SEK SPRL</t>
+  </si>
+  <si>
     <t>KINGAMYAMBO MUSONOI TAILINGS SARL</t>
   </si>
   <si>
+    <t>KMT SARL</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE KALUKUNDI</t>
   </si>
   <si>
+    <t>SWANMINES SPRL</t>
+  </si>
+  <si>
     <t>DE BEERS CENTENARY AG</t>
   </si>
   <si>
+    <t>DE BEERS</t>
+  </si>
+  <si>
     <t>ExplorerCo</t>
   </si>
   <si>
     <t>BCM CONGO EXPLORATION SPRL</t>
   </si>
   <si>
     <t>BHP BILLITON EXPLORATION  INC</t>
   </si>
   <si>
+    <t>BHPB</t>
+  </si>
+  <si>
     <t>LA MINIERE DE SENGA SENGA S.A.R.L</t>
   </si>
   <si>
+    <t>SENGAMINES S.A.R.L</t>
+  </si>
+  <si>
     <t>DIAMOND INDUSTRY ASSOCIATES LIMITED</t>
   </si>
   <si>
+    <t>DIA</t>
+  </si>
+  <si>
     <t>CENTRAL AFRICAN RESOURCES SPRL</t>
   </si>
   <si>
+    <t>CAR SPRL</t>
+  </si>
+  <si>
     <t>BLUE ROSE SPRL</t>
   </si>
   <si>
     <t>BORGAKIM MINING SPRL</t>
   </si>
   <si>
+    <t>BORKAKIM MINING SPRL</t>
+  </si>
+  <si>
     <t>GORUMBWA MINING SPRL</t>
   </si>
   <si>
     <t>MWANA AFRICA HOLDINGS (PTY) LTD</t>
   </si>
   <si>
+    <t>MWANA AFRICA PTY LTD</t>
+  </si>
+  <si>
     <t>RAMBI MINING SPRL</t>
   </si>
   <si>
     <t>TANGOLD SPRL</t>
   </si>
   <si>
     <t>KILO MOTO MINING INTERNATIONAL SZARL</t>
   </si>
   <si>
     <t>KGHM CONGO SPRL</t>
   </si>
   <si>
     <t>LONG FEI MINING SPRL</t>
   </si>
   <si>
+    <t>LFKY</t>
+  </si>
+  <si>
     <t>CLUFF MINING CONGO SPRL</t>
   </si>
   <si>
+    <t>CLUMINCO</t>
+  </si>
+  <si>
     <t>SENTINELLE INTERNATIONAL GROUP LTD</t>
   </si>
   <si>
+    <t>S.I.G LTD</t>
+  </si>
+  <si>
     <t>ORAMA PROPERTIES LIMITED</t>
   </si>
   <si>
+    <t>OPL</t>
+  </si>
+  <si>
     <t>SIVAHERA SPRL</t>
   </si>
   <si>
+    <t>SIVAHERA</t>
+  </si>
+  <si>
     <t>BON GENIE K. MINING SPRL</t>
   </si>
   <si>
+    <t>BK MINING</t>
+  </si>
+  <si>
     <t>MINERAL INVEST INTERNATIONAL AB CONGO SPRL</t>
   </si>
   <si>
+    <t>MII AB CONGO SPRL</t>
+  </si>
+  <si>
     <t>ALSESY TRADING SPRL</t>
   </si>
   <si>
+    <t>ALSESY SPRL</t>
+  </si>
+  <si>
     <t>ULINZI GOLDMINES SPRL</t>
   </si>
   <si>
+    <t>UGM</t>
+  </si>
+  <si>
     <t>ANHUI FOREIGN ECONOMIC CONSTRUCTION (GROUP) CORP LTD</t>
   </si>
   <si>
+    <t>AFECC</t>
+  </si>
+  <si>
     <t>MINING MINERAL RESOURCES SPRL</t>
   </si>
   <si>
+    <t>MMR</t>
+  </si>
+  <si>
     <t>FLEURETTE MUMI HOLDINGS LIMITED</t>
   </si>
   <si>
+    <t>FLEURETTE MUMI HOLDINGS LTD</t>
+  </si>
+  <si>
     <t>PLATMIN CONGO LIMITED</t>
   </si>
   <si>
+    <t>PLATMIN</t>
+  </si>
+  <si>
     <t>AFRICA HORIZONS INVESTMENT LIMITED</t>
   </si>
   <si>
+    <t>AHIL</t>
+  </si>
+  <si>
     <t>MULTREE LIMITED</t>
   </si>
   <si>
+    <t>MULTREE LTD</t>
+  </si>
+  <si>
     <t>HANRUI METAL CONGO SARL</t>
   </si>
   <si>
+    <t>HMC</t>
+  </si>
+  <si>
     <t>CHINA NONFERROUS METAL MINING (GROUP) Co. LTD</t>
   </si>
   <si>
+    <t>CNMC</t>
+  </si>
+  <si>
     <t>CONGO INVESTMENT CORPORATION</t>
   </si>
   <si>
+    <t>CICO</t>
+  </si>
+  <si>
     <t>FORCE COMMODITIES DRC</t>
   </si>
   <si>
+    <t>FC DRC SA U</t>
+  </si>
+  <si>
     <t>LONG HAO SARL</t>
   </si>
   <si>
     <t>A1600781S</t>
   </si>
   <si>
+    <t>LONG HAO</t>
+  </si>
+  <si>
     <t>VENTORA DEVELOPMENT SASU</t>
   </si>
   <si>
     <t>PRIMERA GROUP LIMITED</t>
   </si>
   <si>
     <t>MISOLE MINING</t>
   </si>
   <si>
     <t>A1910321B</t>
   </si>
   <si>
+    <t>MISOLE SARL</t>
+  </si>
+  <si>
     <t>KAPONDA MINING RESOURCES</t>
   </si>
   <si>
     <t>A1817903F</t>
   </si>
   <si>
+    <t>KMR SAS</t>
+  </si>
+  <si>
     <t>LUALABA CONGO RESSOURCES</t>
   </si>
   <si>
     <t>A1818802H</t>
   </si>
   <si>
+    <t>LUCORES SARL</t>
+  </si>
+  <si>
     <t>CONGO MOON MINING SARL</t>
   </si>
   <si>
     <t>A1613991B</t>
   </si>
   <si>
+    <t>C.M.M SARL</t>
+  </si>
+  <si>
     <t>IVERLAND MINING CONGO SARL</t>
   </si>
   <si>
+    <t>IMC SARL</t>
+  </si>
+  <si>
     <t>ROWNY ASSETS LIMITED</t>
   </si>
   <si>
+    <t>ROWNY</t>
+  </si>
+  <si>
     <t>MAZOKA RESOURCES SPRL</t>
   </si>
   <si>
+    <t>MAZOKA RESOURCES</t>
+  </si>
+  <si>
     <t>MWANA AFRICA CONGO LIMITED</t>
   </si>
   <si>
+    <t>MWANA</t>
+  </si>
+  <si>
     <t>KBG CAPITAL SARL</t>
   </si>
   <si>
+    <t>KBG SARL</t>
+  </si>
+  <si>
     <t>DANIELLA MINING COMPANY</t>
   </si>
   <si>
+    <t>DMC SARL</t>
+  </si>
+  <si>
     <t>DOFA MINING SARL</t>
   </si>
   <si>
     <t>A2167973H</t>
   </si>
   <si>
+    <t>DOFA</t>
+  </si>
+  <si>
     <t>KAMPINA MINING SARL</t>
   </si>
   <si>
     <t>A2163468L</t>
   </si>
   <si>
+    <t>KM SARL</t>
+  </si>
+  <si>
     <t>MUPINE COPPER CORPORATION SAS</t>
   </si>
   <si>
+    <t>MCC SAS</t>
+  </si>
+  <si>
     <t>GOLDEN MINE INTERNATIONAL RDC SARL</t>
   </si>
   <si>
+    <t>GMI/RDC SARL</t>
+  </si>
+  <si>
     <t>ABK SERVICES SARL</t>
   </si>
   <si>
     <t>A2415413F</t>
+  </si>
+  <si>
+    <t>ABK SARL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3176,13518 +4274,15157 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H590"/>
+  <dimension ref="A1:I590"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="D4" t="s">
         <v>12</v>
       </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" t="s">
         <v>17</v>
       </c>
-      <c r="B5" t="s">
+      <c r="I6" t="s">
         <v>18</v>
       </c>
-      <c r="C5"/>
-[...17 lines deleted...]
-      <c r="A6" t="s">
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
         <v>22</v>
       </c>
-      <c r="B6" t="s">
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" t="s">
+        <v>30</v>
+      </c>
+      <c r="I10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" t="s">
+        <v>30</v>
+      </c>
+      <c r="I12" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" t="s">
+        <v>30</v>
+      </c>
+      <c r="I14" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" t="s">
+        <v>30</v>
+      </c>
+      <c r="I16"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>56</v>
+      </c>
+      <c r="B17" t="s">
+        <v>57</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>16</v>
+      </c>
+      <c r="H17" t="s">
+        <v>30</v>
+      </c>
+      <c r="I17" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>60</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" t="s">
+        <v>30</v>
+      </c>
+      <c r="I18"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" t="s">
+        <v>30</v>
+      </c>
+      <c r="I20" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>67</v>
+      </c>
+      <c r="B21" t="s">
+        <v>68</v>
+      </c>
+      <c r="C21" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" t="s">
+        <v>71</v>
+      </c>
+      <c r="I21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>72</v>
+      </c>
+      <c r="B22" t="s">
+        <v>73</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I22" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>75</v>
+      </c>
+      <c r="B23" t="s">
+        <v>76</v>
+      </c>
+      <c r="C23" t="s">
+        <v>77</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" t="s">
+        <v>30</v>
+      </c>
+      <c r="I23" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" t="s">
+        <v>79</v>
+      </c>
+      <c r="C24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>82</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25" t="s">
+        <v>82</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" t="s">
+        <v>30</v>
+      </c>
+      <c r="I25"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>83</v>
+      </c>
+      <c r="B26" t="s">
+        <v>84</v>
+      </c>
+      <c r="C26" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" t="s">
+        <v>87</v>
+      </c>
+      <c r="C27" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" t="s">
+        <v>30</v>
+      </c>
+      <c r="I27" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>89</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28" t="s">
+        <v>89</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" t="s">
+        <v>30</v>
+      </c>
+      <c r="I28" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" t="s">
+        <v>92</v>
+      </c>
+      <c r="C29" t="s">
+        <v>93</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" t="s">
+        <v>71</v>
+      </c>
+      <c r="I29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>94</v>
+      </c>
+      <c r="B30" t="s">
+        <v>95</v>
+      </c>
+      <c r="C30" t="s">
+        <v>96</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" t="s">
+        <v>30</v>
+      </c>
+      <c r="I30" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>97</v>
+      </c>
+      <c r="B31" t="s">
+        <v>98</v>
+      </c>
+      <c r="C31" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" t="s">
+        <v>30</v>
+      </c>
+      <c r="I31" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="s">
+        <v>100</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>16</v>
+      </c>
+      <c r="H32" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32"/>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>101</v>
+      </c>
+      <c r="B33" t="s">
+        <v>102</v>
+      </c>
+      <c r="C33" t="s">
+        <v>103</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>104</v>
+      </c>
+      <c r="B34"/>
+      <c r="C34" t="s">
+        <v>104</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>16</v>
+      </c>
+      <c r="H34" t="s">
+        <v>30</v>
+      </c>
+      <c r="I34" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35" t="s">
+        <v>106</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>16</v>
+      </c>
+      <c r="H35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>107</v>
+      </c>
+      <c r="B36" t="s">
+        <v>108</v>
+      </c>
+      <c r="C36" t="s">
+        <v>107</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" t="s">
+        <v>30</v>
+      </c>
+      <c r="I36" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>109</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37" t="s">
+        <v>109</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>16</v>
+      </c>
+      <c r="H37" t="s">
+        <v>30</v>
+      </c>
+      <c r="I37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38" t="s">
+        <v>110</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>16</v>
+      </c>
+      <c r="H38" t="s">
+        <v>30</v>
+      </c>
+      <c r="I38" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>111</v>
+      </c>
+      <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" t="s">
+        <v>113</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>16</v>
+      </c>
+      <c r="H39" t="s">
+        <v>30</v>
+      </c>
+      <c r="I39" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>114</v>
+      </c>
+      <c r="B40" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" t="s">
+        <v>114</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>16</v>
+      </c>
+      <c r="H40" t="s">
+        <v>30</v>
+      </c>
+      <c r="I40" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
+        <v>116</v>
+      </c>
+      <c r="B41" t="s">
+        <v>117</v>
+      </c>
+      <c r="C41" t="s">
+        <v>118</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" t="s">
+        <v>22</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>119</v>
+      </c>
+      <c r="B42" t="s">
+        <v>120</v>
+      </c>
+      <c r="C42" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>22</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>16</v>
+      </c>
+      <c r="H42" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>122</v>
+      </c>
+      <c r="B43" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" t="s">
+        <v>124</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>16</v>
+      </c>
+      <c r="H43" t="s">
+        <v>71</v>
+      </c>
+      <c r="I43" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>125</v>
+      </c>
+      <c r="B44" t="s">
+        <v>126</v>
+      </c>
+      <c r="C44" t="s">
+        <v>127</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>16</v>
+      </c>
+      <c r="H44" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>128</v>
+      </c>
+      <c r="B45" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" t="s">
+        <v>130</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" t="s">
+        <v>30</v>
+      </c>
+      <c r="I45" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>131</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46" t="s">
+        <v>131</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>16</v>
+      </c>
+      <c r="H46" t="s">
+        <v>30</v>
+      </c>
+      <c r="I46"/>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>132</v>
+      </c>
+      <c r="B47" t="s">
+        <v>133</v>
+      </c>
+      <c r="C47" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>16</v>
+      </c>
+      <c r="H47" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>135</v>
+      </c>
+      <c r="B48" t="s">
+        <v>136</v>
+      </c>
+      <c r="C48" t="s">
+        <v>137</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" t="s">
+        <v>30</v>
+      </c>
+      <c r="I48" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>138</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>138</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>16</v>
+      </c>
+      <c r="H49" t="s">
+        <v>30</v>
+      </c>
+      <c r="I49" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>139</v>
+      </c>
+      <c r="B50" t="s">
+        <v>140</v>
+      </c>
+      <c r="C50" t="s">
+        <v>141</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>16</v>
+      </c>
+      <c r="H50" t="s">
+        <v>30</v>
+      </c>
+      <c r="I50" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>142</v>
+      </c>
+      <c r="B51" t="s">
+        <v>143</v>
+      </c>
+      <c r="C51" t="s">
+        <v>144</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>16</v>
+      </c>
+      <c r="H51" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>145</v>
+      </c>
+      <c r="B52" t="s">
+        <v>146</v>
+      </c>
+      <c r="C52" t="s">
+        <v>147</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>22</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>16</v>
+      </c>
+      <c r="H52" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>148</v>
+      </c>
+      <c r="B53" t="s">
+        <v>149</v>
+      </c>
+      <c r="C53" t="s">
+        <v>150</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>16</v>
+      </c>
+      <c r="H53" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>151</v>
+      </c>
+      <c r="B54" t="s">
+        <v>152</v>
+      </c>
+      <c r="C54" t="s">
+        <v>153</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
+        <v>154</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55" t="s">
+        <v>155</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" t="s">
+        <v>30</v>
+      </c>
+      <c r="I55" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
+        <v>156</v>
+      </c>
+      <c r="B56" t="s">
+        <v>157</v>
+      </c>
+      <c r="C56" t="s">
+        <v>158</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>16</v>
+      </c>
+      <c r="H56" t="s">
+        <v>30</v>
+      </c>
+      <c r="I56" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
+        <v>159</v>
+      </c>
+      <c r="B57" t="s">
+        <v>160</v>
+      </c>
+      <c r="C57" t="s">
+        <v>161</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>16</v>
+      </c>
+      <c r="H57" t="s">
+        <v>30</v>
+      </c>
+      <c r="I57" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>162</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58" t="s">
+        <v>163</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>16</v>
+      </c>
+      <c r="H58" t="s">
+        <v>30</v>
+      </c>
+      <c r="I58" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>165</v>
+      </c>
+      <c r="B59" t="s">
+        <v>166</v>
+      </c>
+      <c r="C59" t="s">
+        <v>167</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>16</v>
+      </c>
+      <c r="H59" t="s">
+        <v>30</v>
+      </c>
+      <c r="I59" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>168</v>
+      </c>
+      <c r="B60" t="s">
+        <v>169</v>
+      </c>
+      <c r="C60" t="s">
+        <v>170</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>16</v>
+      </c>
+      <c r="H60" t="s">
+        <v>30</v>
+      </c>
+      <c r="I60" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>171</v>
+      </c>
+      <c r="B61" t="s">
+        <v>172</v>
+      </c>
+      <c r="C61" t="s">
+        <v>173</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" t="s">
+        <v>30</v>
+      </c>
+      <c r="I61" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>174</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>16</v>
+      </c>
+      <c r="H62" t="s">
+        <v>30</v>
+      </c>
+      <c r="I62" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>176</v>
+      </c>
+      <c r="B63" t="s">
+        <v>177</v>
+      </c>
+      <c r="C63" t="s">
+        <v>176</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>16</v>
+      </c>
+      <c r="H63" t="s">
+        <v>30</v>
+      </c>
+      <c r="I63" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>178</v>
+      </c>
+      <c r="B64" t="s">
+        <v>179</v>
+      </c>
+      <c r="C64" t="s">
+        <v>180</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>16</v>
+      </c>
+      <c r="H64" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>181</v>
+      </c>
+      <c r="B65" t="s">
+        <v>182</v>
+      </c>
+      <c r="C65" t="s">
+        <v>183</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>16</v>
+      </c>
+      <c r="H65" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>184</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66" t="s">
+        <v>184</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>16</v>
+      </c>
+      <c r="H66" t="s">
+        <v>30</v>
+      </c>
+      <c r="I66" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>185</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67" t="s">
+        <v>185</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>16</v>
+      </c>
+      <c r="H67" t="s">
+        <v>30</v>
+      </c>
+      <c r="I67"/>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>186</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68" t="s">
+        <v>186</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" t="s">
+        <v>30</v>
+      </c>
+      <c r="I68"/>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>187</v>
+      </c>
+      <c r="B69" t="s">
+        <v>188</v>
+      </c>
+      <c r="C69" t="s">
+        <v>189</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" t="s">
+        <v>30</v>
+      </c>
+      <c r="I69" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>190</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70" t="s">
+        <v>191</v>
+      </c>
+      <c r="D70"/>
+      <c r="E70" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>16</v>
+      </c>
+      <c r="H70" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>192</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71" t="s">
+        <v>192</v>
+      </c>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>16</v>
+      </c>
+      <c r="H71" t="s">
+        <v>30</v>
+      </c>
+      <c r="I71"/>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" t="s">
+        <v>193</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72" t="s">
+        <v>194</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>16</v>
+      </c>
+      <c r="H72" t="s">
+        <v>30</v>
+      </c>
+      <c r="I72" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>195</v>
+      </c>
+      <c r="B73" t="s">
+        <v>196</v>
+      </c>
+      <c r="C73" t="s">
+        <v>195</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>16</v>
+      </c>
+      <c r="H73" t="s">
+        <v>30</v>
+      </c>
+      <c r="I73" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>197</v>
+      </c>
+      <c r="B74" t="s">
+        <v>198</v>
+      </c>
+      <c r="C74" t="s">
+        <v>199</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>16</v>
+      </c>
+      <c r="H74" t="s">
+        <v>30</v>
+      </c>
+      <c r="I74" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>200</v>
+      </c>
+      <c r="B75" t="s">
+        <v>201</v>
+      </c>
+      <c r="C75" t="s">
+        <v>202</v>
+      </c>
+      <c r="D75"/>
+      <c r="E75" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" t="s">
+        <v>30</v>
+      </c>
+      <c r="I75" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>204</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76" t="s">
+        <v>204</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>16</v>
+      </c>
+      <c r="H76" t="s">
+        <v>30</v>
+      </c>
+      <c r="I76" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>205</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77" t="s">
+        <v>205</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" t="s">
+        <v>16</v>
+      </c>
+      <c r="H77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I77" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>206</v>
+      </c>
+      <c r="B78" t="s">
+        <v>207</v>
+      </c>
+      <c r="C78" t="s">
+        <v>208</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" t="s">
+        <v>30</v>
+      </c>
+      <c r="I78" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>209</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79" t="s">
+        <v>210</v>
+      </c>
+      <c r="D79"/>
+      <c r="E79" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79" t="s">
+        <v>16</v>
+      </c>
+      <c r="H79" t="s">
+        <v>30</v>
+      </c>
+      <c r="I79" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>211</v>
+      </c>
+      <c r="B80" t="s">
+        <v>212</v>
+      </c>
+      <c r="C80" t="s">
+        <v>211</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>16</v>
+      </c>
+      <c r="H80" t="s">
+        <v>30</v>
+      </c>
+      <c r="I80" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>213</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81" t="s">
+        <v>213</v>
+      </c>
+      <c r="D81"/>
+      <c r="E81" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81" t="s">
+        <v>16</v>
+      </c>
+      <c r="H81" t="s">
+        <v>30</v>
+      </c>
+      <c r="I81"/>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>214</v>
+      </c>
+      <c r="B82" t="s">
+        <v>215</v>
+      </c>
+      <c r="C82" t="s">
+        <v>216</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>16</v>
+      </c>
+      <c r="H82" t="s">
+        <v>30</v>
+      </c>
+      <c r="I82" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>218</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83" t="s">
+        <v>218</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>16</v>
+      </c>
+      <c r="H83" t="s">
+        <v>30</v>
+      </c>
+      <c r="I83"/>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>219</v>
+      </c>
+      <c r="B84" t="s">
+        <v>220</v>
+      </c>
+      <c r="C84" t="s">
+        <v>221</v>
+      </c>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>16</v>
+      </c>
+      <c r="H84" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>222</v>
+      </c>
+      <c r="B85"/>
+      <c r="C85" t="s">
+        <v>223</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85" t="s">
+        <v>16</v>
+      </c>
+      <c r="H85" t="s">
+        <v>30</v>
+      </c>
+      <c r="I85" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>224</v>
+      </c>
+      <c r="B86" t="s">
+        <v>225</v>
+      </c>
+      <c r="C86" t="s">
+        <v>226</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86" t="s">
+        <v>14</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" t="s">
+        <v>16</v>
+      </c>
+      <c r="H86" t="s">
+        <v>30</v>
+      </c>
+      <c r="I86" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>227</v>
+      </c>
+      <c r="B87" t="s">
+        <v>228</v>
+      </c>
+      <c r="C87" t="s">
+        <v>229</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" t="s">
+        <v>16</v>
+      </c>
+      <c r="H87" t="s">
+        <v>17</v>
+      </c>
+      <c r="I87" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>230</v>
+      </c>
+      <c r="B88" t="s">
+        <v>231</v>
+      </c>
+      <c r="C88" t="s">
+        <v>230</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" t="s">
+        <v>16</v>
+      </c>
+      <c r="H88" t="s">
+        <v>17</v>
+      </c>
+      <c r="I88" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>232</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89" t="s">
+        <v>233</v>
+      </c>
+      <c r="D89"/>
+      <c r="E89" t="s">
+        <v>14</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" t="s">
+        <v>16</v>
+      </c>
+      <c r="H89" t="s">
+        <v>30</v>
+      </c>
+      <c r="I89" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>234</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90" t="s">
+        <v>234</v>
+      </c>
+      <c r="D90"/>
+      <c r="E90" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" t="s">
+        <v>16</v>
+      </c>
+      <c r="H90" t="s">
+        <v>30</v>
+      </c>
+      <c r="I90"/>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>235</v>
+      </c>
+      <c r="B91" t="s">
+        <v>236</v>
+      </c>
+      <c r="C91" t="s">
+        <v>237</v>
+      </c>
+      <c r="D91"/>
+      <c r="E91" t="s">
+        <v>22</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+      <c r="G91" t="s">
+        <v>16</v>
+      </c>
+      <c r="H91" t="s">
+        <v>17</v>
+      </c>
+      <c r="I91" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>238</v>
+      </c>
+      <c r="B92" t="s">
+        <v>239</v>
+      </c>
+      <c r="C92" t="s">
+        <v>240</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92" t="s">
+        <v>14</v>
+      </c>
+      <c r="F92" t="s">
+        <v>15</v>
+      </c>
+      <c r="G92" t="s">
+        <v>16</v>
+      </c>
+      <c r="H92" t="s">
+        <v>30</v>
+      </c>
+      <c r="I92" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>241</v>
+      </c>
+      <c r="B93"/>
+      <c r="C93" t="s">
+        <v>241</v>
+      </c>
+      <c r="D93"/>
+      <c r="E93" t="s">
+        <v>14</v>
+      </c>
+      <c r="F93" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93" t="s">
+        <v>16</v>
+      </c>
+      <c r="H93" t="s">
+        <v>30</v>
+      </c>
+      <c r="I93"/>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" t="s">
+        <v>242</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94" t="s">
+        <v>242</v>
+      </c>
+      <c r="D94"/>
+      <c r="E94" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" t="s">
+        <v>16</v>
+      </c>
+      <c r="H94" t="s">
+        <v>30</v>
+      </c>
+      <c r="I94" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" t="s">
+        <v>243</v>
+      </c>
+      <c r="B95" t="s">
+        <v>244</v>
+      </c>
+      <c r="C95" t="s">
+        <v>245</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>16</v>
+      </c>
+      <c r="H95" t="s">
+        <v>30</v>
+      </c>
+      <c r="I95" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" t="s">
+        <v>246</v>
+      </c>
+      <c r="B96"/>
+      <c r="C96" t="s">
+        <v>246</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" t="s">
+        <v>30</v>
+      </c>
+      <c r="I96" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" t="s">
+        <v>247</v>
+      </c>
+      <c r="B97" t="s">
+        <v>248</v>
+      </c>
+      <c r="C97" t="s">
+        <v>249</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97" t="s">
+        <v>14</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" t="s">
+        <v>250</v>
+      </c>
+      <c r="B98" t="s">
+        <v>251</v>
+      </c>
+      <c r="C98" t="s">
+        <v>250</v>
+      </c>
+      <c r="D98"/>
+      <c r="E98" t="s">
+        <v>14</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98" t="s">
+        <v>16</v>
+      </c>
+      <c r="H98" t="s">
+        <v>30</v>
+      </c>
+      <c r="I98" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>253</v>
+      </c>
+      <c r="B99" t="s">
+        <v>254</v>
+      </c>
+      <c r="C99" t="s">
+        <v>255</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>16</v>
+      </c>
+      <c r="H99" t="s">
+        <v>30</v>
+      </c>
+      <c r="I99" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>256</v>
+      </c>
+      <c r="B100" t="s">
+        <v>257</v>
+      </c>
+      <c r="C100" t="s">
+        <v>258</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" t="s">
+        <v>16</v>
+      </c>
+      <c r="H100" t="s">
+        <v>30</v>
+      </c>
+      <c r="I100" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="A101" t="s">
+        <v>259</v>
+      </c>
+      <c r="B101" t="s">
+        <v>260</v>
+      </c>
+      <c r="C101" t="s">
+        <v>259</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" t="s">
+        <v>16</v>
+      </c>
+      <c r="H101" t="s">
+        <v>30</v>
+      </c>
+      <c r="I101" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9">
+      <c r="A102" t="s">
+        <v>261</v>
+      </c>
+      <c r="B102"/>
+      <c r="C102" t="s">
+        <v>261</v>
+      </c>
+      <c r="D102"/>
+      <c r="E102" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>16</v>
+      </c>
+      <c r="H102" t="s">
+        <v>30</v>
+      </c>
+      <c r="I102" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9">
+      <c r="A103" t="s">
+        <v>262</v>
+      </c>
+      <c r="B103" t="s">
+        <v>263</v>
+      </c>
+      <c r="C103" t="s">
+        <v>264</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>16</v>
+      </c>
+      <c r="H103" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="A104" t="s">
+        <v>265</v>
+      </c>
+      <c r="B104" t="s">
+        <v>266</v>
+      </c>
+      <c r="C104" t="s">
+        <v>267</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104" t="s">
+        <v>16</v>
+      </c>
+      <c r="H104" t="s">
+        <v>30</v>
+      </c>
+      <c r="I104" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9">
+      <c r="A105" t="s">
+        <v>268</v>
+      </c>
+      <c r="B105" t="s">
+        <v>269</v>
+      </c>
+      <c r="C105" t="s">
+        <v>270</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105" t="s">
+        <v>16</v>
+      </c>
+      <c r="H105" t="s">
+        <v>17</v>
+      </c>
+      <c r="I105" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9">
+      <c r="A106" t="s">
+        <v>271</v>
+      </c>
+      <c r="B106"/>
+      <c r="C106" t="s">
+        <v>271</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" t="s">
+        <v>16</v>
+      </c>
+      <c r="H106" t="s">
+        <v>30</v>
+      </c>
+      <c r="I106" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="A107" t="s">
+        <v>272</v>
+      </c>
+      <c r="B107" t="s">
+        <v>273</v>
+      </c>
+      <c r="C107" t="s">
+        <v>272</v>
+      </c>
+      <c r="D107"/>
+      <c r="E107" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>16</v>
+      </c>
+      <c r="H107" t="s">
+        <v>30</v>
+      </c>
+      <c r="I107" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" t="s">
+        <v>274</v>
+      </c>
+      <c r="B108" t="s">
+        <v>275</v>
+      </c>
+      <c r="C108" t="s">
+        <v>276</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108" t="s">
+        <v>16</v>
+      </c>
+      <c r="H108" t="s">
+        <v>30</v>
+      </c>
+      <c r="I108" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" t="s">
+        <v>277</v>
+      </c>
+      <c r="B109" t="s">
+        <v>278</v>
+      </c>
+      <c r="C109" t="s">
+        <v>277</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" t="s">
+        <v>16</v>
+      </c>
+      <c r="H109" t="s">
+        <v>30</v>
+      </c>
+      <c r="I109" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" t="s">
+        <v>279</v>
+      </c>
+      <c r="B110" t="s">
+        <v>280</v>
+      </c>
+      <c r="C110" t="s">
+        <v>281</v>
+      </c>
+      <c r="D110"/>
+      <c r="E110" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>16</v>
+      </c>
+      <c r="H110" t="s">
+        <v>17</v>
+      </c>
+      <c r="I110" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" t="s">
+        <v>282</v>
+      </c>
+      <c r="B111"/>
+      <c r="C111" t="s">
+        <v>282</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>16</v>
+      </c>
+      <c r="H111" t="s">
+        <v>30</v>
+      </c>
+      <c r="I111" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112" t="s">
+        <v>283</v>
+      </c>
+      <c r="B112" t="s">
+        <v>284</v>
+      </c>
+      <c r="C112" t="s">
+        <v>285</v>
+      </c>
+      <c r="D112"/>
+      <c r="E112" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112" t="s">
+        <v>16</v>
+      </c>
+      <c r="H112" t="s">
+        <v>30</v>
+      </c>
+      <c r="I112" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113" t="s">
+        <v>286</v>
+      </c>
+      <c r="B113"/>
+      <c r="C113" t="s">
+        <v>286</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" t="s">
+        <v>16</v>
+      </c>
+      <c r="H113" t="s">
+        <v>30</v>
+      </c>
+      <c r="I113" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" t="s">
+        <v>287</v>
+      </c>
+      <c r="B114" t="s">
+        <v>288</v>
+      </c>
+      <c r="C114" t="s">
+        <v>289</v>
+      </c>
+      <c r="D114"/>
+      <c r="E114" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" t="s">
+        <v>30</v>
+      </c>
+      <c r="I114" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" t="s">
+        <v>290</v>
+      </c>
+      <c r="B115" t="s">
+        <v>291</v>
+      </c>
+      <c r="C115" t="s">
+        <v>290</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>16</v>
+      </c>
+      <c r="H115" t="s">
+        <v>17</v>
+      </c>
+      <c r="I115" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" t="s">
+        <v>292</v>
+      </c>
+      <c r="B116" t="s">
+        <v>293</v>
+      </c>
+      <c r="C116" t="s">
+        <v>294</v>
+      </c>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>16</v>
+      </c>
+      <c r="H116" t="s">
+        <v>30</v>
+      </c>
+      <c r="I116" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" t="s">
+        <v>295</v>
+      </c>
+      <c r="B117" t="s">
+        <v>296</v>
+      </c>
+      <c r="C117" t="s">
+        <v>295</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" t="s">
+        <v>16</v>
+      </c>
+      <c r="H117" t="s">
+        <v>17</v>
+      </c>
+      <c r="I117" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" t="s">
+        <v>297</v>
+      </c>
+      <c r="B118" t="s">
+        <v>298</v>
+      </c>
+      <c r="C118" t="s">
+        <v>299</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118" t="s">
+        <v>16</v>
+      </c>
+      <c r="H118" t="s">
+        <v>30</v>
+      </c>
+      <c r="I118" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119" t="s">
+        <v>300</v>
+      </c>
+      <c r="B119" t="s">
+        <v>301</v>
+      </c>
+      <c r="C119" t="s">
+        <v>302</v>
+      </c>
+      <c r="D119"/>
+      <c r="E119" t="s">
+        <v>14</v>
+      </c>
+      <c r="F119" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119" t="s">
+        <v>16</v>
+      </c>
+      <c r="H119" t="s">
+        <v>30</v>
+      </c>
+      <c r="I119" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120" t="s">
+        <v>303</v>
+      </c>
+      <c r="B120" t="s">
+        <v>304</v>
+      </c>
+      <c r="C120" t="s">
+        <v>305</v>
+      </c>
+      <c r="D120"/>
+      <c r="E120" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120" t="s">
+        <v>16</v>
+      </c>
+      <c r="H120" t="s">
+        <v>30</v>
+      </c>
+      <c r="I120" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121" t="s">
+        <v>306</v>
+      </c>
+      <c r="B121" t="s">
+        <v>307</v>
+      </c>
+      <c r="C121" t="s">
+        <v>308</v>
+      </c>
+      <c r="D121"/>
+      <c r="E121" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121" t="s">
+        <v>16</v>
+      </c>
+      <c r="H121" t="s">
+        <v>17</v>
+      </c>
+      <c r="I121" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9">
+      <c r="A122" t="s">
+        <v>309</v>
+      </c>
+      <c r="B122"/>
+      <c r="C122" t="s">
+        <v>309</v>
+      </c>
+      <c r="D122"/>
+      <c r="E122" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122" t="s">
+        <v>16</v>
+      </c>
+      <c r="H122" t="s">
+        <v>30</v>
+      </c>
+      <c r="I122" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
+      <c r="A123" t="s">
+        <v>310</v>
+      </c>
+      <c r="B123" t="s">
+        <v>311</v>
+      </c>
+      <c r="C123" t="s">
+        <v>312</v>
+      </c>
+      <c r="D123"/>
+      <c r="E123" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" t="s">
+        <v>16</v>
+      </c>
+      <c r="H123" t="s">
+        <v>17</v>
+      </c>
+      <c r="I123" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124" t="s">
+        <v>313</v>
+      </c>
+      <c r="B124" t="s">
+        <v>314</v>
+      </c>
+      <c r="C124" t="s">
+        <v>313</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" t="s">
+        <v>15</v>
+      </c>
+      <c r="G124" t="s">
+        <v>16</v>
+      </c>
+      <c r="H124" t="s">
+        <v>30</v>
+      </c>
+      <c r="I124" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125" t="s">
+        <v>315</v>
+      </c>
+      <c r="B125" t="s">
+        <v>316</v>
+      </c>
+      <c r="C125" t="s">
+        <v>317</v>
+      </c>
+      <c r="D125"/>
+      <c r="E125" t="s">
+        <v>14</v>
+      </c>
+      <c r="F125" t="s">
+        <v>15</v>
+      </c>
+      <c r="G125" t="s">
+        <v>16</v>
+      </c>
+      <c r="H125" t="s">
+        <v>30</v>
+      </c>
+      <c r="I125" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9">
+      <c r="A126" t="s">
+        <v>318</v>
+      </c>
+      <c r="B126" t="s">
+        <v>319</v>
+      </c>
+      <c r="C126" t="s">
+        <v>318</v>
+      </c>
+      <c r="D126"/>
+      <c r="E126"/>
+      <c r="F126" t="s">
+        <v>15</v>
+      </c>
+      <c r="G126" t="s">
+        <v>16</v>
+      </c>
+      <c r="H126" t="s">
+        <v>17</v>
+      </c>
+      <c r="I126" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9">
+      <c r="A127" t="s">
+        <v>320</v>
+      </c>
+      <c r="B127" t="s">
+        <v>321</v>
+      </c>
+      <c r="C127" t="s">
+        <v>320</v>
+      </c>
+      <c r="D127"/>
+      <c r="E127" t="s">
+        <v>14</v>
+      </c>
+      <c r="F127" t="s">
+        <v>15</v>
+      </c>
+      <c r="G127" t="s">
+        <v>16</v>
+      </c>
+      <c r="H127" t="s">
+        <v>17</v>
+      </c>
+      <c r="I127" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9">
+      <c r="A128" t="s">
+        <v>322</v>
+      </c>
+      <c r="B128"/>
+      <c r="C128" t="s">
+        <v>322</v>
+      </c>
+      <c r="D128"/>
+      <c r="E128" t="s">
+        <v>14</v>
+      </c>
+      <c r="F128" t="s">
+        <v>15</v>
+      </c>
+      <c r="G128" t="s">
+        <v>16</v>
+      </c>
+      <c r="H128" t="s">
+        <v>30</v>
+      </c>
+      <c r="I128" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9">
+      <c r="A129" t="s">
+        <v>323</v>
+      </c>
+      <c r="B129"/>
+      <c r="C129" t="s">
+        <v>324</v>
+      </c>
+      <c r="D129"/>
+      <c r="E129" t="s">
+        <v>14</v>
+      </c>
+      <c r="F129" t="s">
+        <v>15</v>
+      </c>
+      <c r="G129" t="s">
+        <v>16</v>
+      </c>
+      <c r="H129" t="s">
+        <v>17</v>
+      </c>
+      <c r="I129" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9">
+      <c r="A130" t="s">
+        <v>325</v>
+      </c>
+      <c r="B130" t="s">
+        <v>326</v>
+      </c>
+      <c r="C130" t="s">
+        <v>312</v>
+      </c>
+      <c r="D130"/>
+      <c r="E130" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" t="s">
+        <v>15</v>
+      </c>
+      <c r="G130" t="s">
+        <v>16</v>
+      </c>
+      <c r="H130" t="s">
+        <v>30</v>
+      </c>
+      <c r="I130" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9">
+      <c r="A131" t="s">
+        <v>327</v>
+      </c>
+      <c r="B131" t="s">
+        <v>328</v>
+      </c>
+      <c r="C131" t="s">
+        <v>329</v>
+      </c>
+      <c r="D131"/>
+      <c r="E131" t="s">
+        <v>22</v>
+      </c>
+      <c r="F131" t="s">
+        <v>15</v>
+      </c>
+      <c r="G131" t="s">
+        <v>16</v>
+      </c>
+      <c r="H131" t="s">
         <v>23</v>
       </c>
-      <c r="C6"/>
-[...17 lines deleted...]
-      <c r="A7" t="s">
+      <c r="I131" t="s">
         <v>24</v>
       </c>
-      <c r="B7" t="s">
-[...245 lines deleted...]
-      <c r="H17" t="s">
+    </row>
+    <row r="132" spans="1:9">
+      <c r="A132" t="s">
+        <v>330</v>
+      </c>
+      <c r="B132" t="s">
+        <v>331</v>
+      </c>
+      <c r="C132" t="s">
+        <v>312</v>
+      </c>
+      <c r="D132"/>
+      <c r="E132" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" t="s">
+        <v>15</v>
+      </c>
+      <c r="G132" t="s">
+        <v>16</v>
+      </c>
+      <c r="H132" t="s">
+        <v>30</v>
+      </c>
+      <c r="I132" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9">
+      <c r="A133" t="s">
+        <v>332</v>
+      </c>
+      <c r="B133" t="s">
+        <v>333</v>
+      </c>
+      <c r="C133" t="s">
+        <v>334</v>
+      </c>
+      <c r="D133"/>
+      <c r="E133" t="s">
+        <v>22</v>
+      </c>
+      <c r="F133" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" t="s">
+        <v>16</v>
+      </c>
+      <c r="H133" t="s">
+        <v>17</v>
+      </c>
+      <c r="I133" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="A134" t="s">
+        <v>335</v>
+      </c>
+      <c r="B134" t="s">
+        <v>336</v>
+      </c>
+      <c r="C134" t="s">
+        <v>337</v>
+      </c>
+      <c r="D134"/>
+      <c r="E134" t="s">
+        <v>14</v>
+      </c>
+      <c r="F134" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" t="s">
+        <v>16</v>
+      </c>
+      <c r="H134" t="s">
+        <v>30</v>
+      </c>
+      <c r="I134" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9">
+      <c r="A135" t="s">
+        <v>338</v>
+      </c>
+      <c r="B135" t="s">
+        <v>339</v>
+      </c>
+      <c r="C135" t="s">
+        <v>340</v>
+      </c>
+      <c r="D135"/>
+      <c r="E135" t="s">
+        <v>14</v>
+      </c>
+      <c r="F135" t="s">
+        <v>15</v>
+      </c>
+      <c r="G135" t="s">
+        <v>16</v>
+      </c>
+      <c r="H135" t="s">
+        <v>30</v>
+      </c>
+      <c r="I135" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9">
+      <c r="A136" t="s">
+        <v>341</v>
+      </c>
+      <c r="B136" t="s">
+        <v>342</v>
+      </c>
+      <c r="C136" t="s">
+        <v>341</v>
+      </c>
+      <c r="D136"/>
+      <c r="E136" t="s">
+        <v>14</v>
+      </c>
+      <c r="F136" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" t="s">
+        <v>16</v>
+      </c>
+      <c r="H136" t="s">
+        <v>30</v>
+      </c>
+      <c r="I136" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9">
+      <c r="A137" t="s">
+        <v>344</v>
+      </c>
+      <c r="B137" t="s">
+        <v>345</v>
+      </c>
+      <c r="C137" t="s">
+        <v>329</v>
+      </c>
+      <c r="D137"/>
+      <c r="E137" t="s">
+        <v>14</v>
+      </c>
+      <c r="F137" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" t="s">
+        <v>16</v>
+      </c>
+      <c r="H137" t="s">
+        <v>17</v>
+      </c>
+      <c r="I137" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9">
+      <c r="A138" t="s">
+        <v>346</v>
+      </c>
+      <c r="B138" t="s">
+        <v>347</v>
+      </c>
+      <c r="C138" t="s">
+        <v>312</v>
+      </c>
+      <c r="D138"/>
+      <c r="E138" t="s">
+        <v>14</v>
+      </c>
+      <c r="F138" t="s">
+        <v>15</v>
+      </c>
+      <c r="G138" t="s">
+        <v>16</v>
+      </c>
+      <c r="H138" t="s">
+        <v>17</v>
+      </c>
+      <c r="I138" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9">
+      <c r="A139" t="s">
+        <v>348</v>
+      </c>
+      <c r="B139"/>
+      <c r="C139" t="s">
+        <v>349</v>
+      </c>
+      <c r="D139"/>
+      <c r="E139" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" t="s">
+        <v>15</v>
+      </c>
+      <c r="G139" t="s">
+        <v>16</v>
+      </c>
+      <c r="H139" t="s">
+        <v>30</v>
+      </c>
+      <c r="I139" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="18" spans="1:8">
-[...116 lines deleted...]
-      <c r="A23" t="s">
+    <row r="140" spans="1:9">
+      <c r="A140" t="s">
+        <v>350</v>
+      </c>
+      <c r="B140" t="s">
+        <v>351</v>
+      </c>
+      <c r="C140" t="s">
+        <v>352</v>
+      </c>
+      <c r="D140"/>
+      <c r="E140" t="s">
+        <v>22</v>
+      </c>
+      <c r="F140" t="s">
+        <v>15</v>
+      </c>
+      <c r="G140" t="s">
+        <v>16</v>
+      </c>
+      <c r="H140" t="s">
+        <v>23</v>
+      </c>
+      <c r="I140" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9">
+      <c r="A141" t="s">
+        <v>354</v>
+      </c>
+      <c r="B141"/>
+      <c r="C141" t="s">
+        <v>355</v>
+      </c>
+      <c r="D141"/>
+      <c r="E141" t="s">
+        <v>22</v>
+      </c>
+      <c r="F141" t="s">
+        <v>15</v>
+      </c>
+      <c r="G141" t="s">
+        <v>16</v>
+      </c>
+      <c r="H141" t="s">
+        <v>30</v>
+      </c>
+      <c r="I141" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9">
+      <c r="A142" t="s">
+        <v>356</v>
+      </c>
+      <c r="B142"/>
+      <c r="C142" t="s">
+        <v>357</v>
+      </c>
+      <c r="D142"/>
+      <c r="E142" t="s">
+        <v>14</v>
+      </c>
+      <c r="F142" t="s">
+        <v>15</v>
+      </c>
+      <c r="G142" t="s">
+        <v>16</v>
+      </c>
+      <c r="H142" t="s">
+        <v>30</v>
+      </c>
+      <c r="I142" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9">
+      <c r="A143" t="s">
+        <v>358</v>
+      </c>
+      <c r="B143"/>
+      <c r="C143" t="s">
+        <v>358</v>
+      </c>
+      <c r="D143"/>
+      <c r="E143" t="s">
+        <v>14</v>
+      </c>
+      <c r="F143" t="s">
+        <v>15</v>
+      </c>
+      <c r="G143" t="s">
+        <v>16</v>
+      </c>
+      <c r="H143" t="s">
+        <v>30</v>
+      </c>
+      <c r="I143" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9">
+      <c r="A144" t="s">
+        <v>359</v>
+      </c>
+      <c r="B144"/>
+      <c r="C144" t="s">
+        <v>359</v>
+      </c>
+      <c r="D144"/>
+      <c r="E144" t="s">
+        <v>22</v>
+      </c>
+      <c r="F144" t="s">
+        <v>15</v>
+      </c>
+      <c r="G144" t="s">
+        <v>16</v>
+      </c>
+      <c r="H144" t="s">
+        <v>23</v>
+      </c>
+      <c r="I144"/>
+    </row>
+    <row r="145" spans="1:9">
+      <c r="A145" t="s">
+        <v>360</v>
+      </c>
+      <c r="B145" t="s">
+        <v>361</v>
+      </c>
+      <c r="C145" t="s">
+        <v>324</v>
+      </c>
+      <c r="D145"/>
+      <c r="E145" t="s">
+        <v>14</v>
+      </c>
+      <c r="F145" t="s">
+        <v>15</v>
+      </c>
+      <c r="G145" t="s">
+        <v>16</v>
+      </c>
+      <c r="H145" t="s">
+        <v>30</v>
+      </c>
+      <c r="I145" t="s">
         <v>59</v>
       </c>
-      <c r="B23" t="s">
-[...360 lines deleted...]
-      <c r="A39" t="s">
+    </row>
+    <row r="146" spans="1:9">
+      <c r="A146" t="s">
+        <v>362</v>
+      </c>
+      <c r="B146" t="s">
+        <v>363</v>
+      </c>
+      <c r="C146" t="s">
+        <v>364</v>
+      </c>
+      <c r="D146"/>
+      <c r="E146" t="s">
+        <v>14</v>
+      </c>
+      <c r="F146" t="s">
+        <v>15</v>
+      </c>
+      <c r="G146" t="s">
+        <v>16</v>
+      </c>
+      <c r="H146" t="s">
+        <v>30</v>
+      </c>
+      <c r="I146" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" t="s">
+        <v>365</v>
+      </c>
+      <c r="B147" t="s">
+        <v>366</v>
+      </c>
+      <c r="C147" t="s">
+        <v>312</v>
+      </c>
+      <c r="D147"/>
+      <c r="E147" t="s">
+        <v>14</v>
+      </c>
+      <c r="F147" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" t="s">
+        <v>16</v>
+      </c>
+      <c r="H147" t="s">
+        <v>30</v>
+      </c>
+      <c r="I147" t="s">
         <v>88</v>
       </c>
-      <c r="B39" t="s">
-[...2523 lines deleted...]
-    <row r="148" spans="1:8">
+    </row>
+    <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>278</v>
+        <v>367</v>
       </c>
       <c r="B148" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="C148"/>
+        <v>368</v>
+      </c>
+      <c r="C148" t="s">
+        <v>369</v>
+      </c>
       <c r="D148"/>
       <c r="E148"/>
-      <c r="F148" t="s">
-[...7 lines deleted...]
-    <row r="149" spans="1:8">
+      <c r="F148"/>
+      <c r="G148" t="s">
+        <v>16</v>
+      </c>
+      <c r="H148"/>
+      <c r="I148" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>280</v>
+        <v>370</v>
       </c>
       <c r="B149"/>
-      <c r="C149"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C149" t="s">
+        <v>370</v>
+      </c>
+      <c r="D149"/>
       <c r="E149" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F149" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G149" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H149" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I149" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>281</v>
+        <v>371</v>
       </c>
       <c r="B150" t="s">
-        <v>282</v>
-[...4 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="C150" t="s">
+        <v>373</v>
+      </c>
+      <c r="D150"/>
       <c r="E150" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F150" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G150" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H150" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I150" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>283</v>
+        <v>374</v>
       </c>
       <c r="B151" t="s">
-        <v>284</v>
-[...4 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="C151" t="s">
+        <v>312</v>
+      </c>
+      <c r="D151"/>
       <c r="E151" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F151" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G151" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H151" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I151" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>285</v>
+        <v>376</v>
       </c>
       <c r="B152" t="s">
-        <v>286</v>
-[...4 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="C152" t="s">
+        <v>324</v>
+      </c>
+      <c r="D152"/>
       <c r="E152" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F152" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G152" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H152" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I152" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>287</v>
+        <v>378</v>
       </c>
       <c r="B153" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C153" t="s">
+        <v>380</v>
+      </c>
+      <c r="D153"/>
       <c r="E153" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F153" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G153" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H153" t="s">
+        <v>30</v>
+      </c>
+      <c r="I153" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9">
+      <c r="A154" t="s">
+        <v>381</v>
+      </c>
+      <c r="B154"/>
+      <c r="C154" t="s">
+        <v>382</v>
+      </c>
+      <c r="D154"/>
+      <c r="E154" t="s">
+        <v>14</v>
+      </c>
+      <c r="F154" t="s">
+        <v>15</v>
+      </c>
+      <c r="G154" t="s">
+        <v>16</v>
+      </c>
+      <c r="H154" t="s">
+        <v>17</v>
+      </c>
+      <c r="I154" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9">
+      <c r="A155" t="s">
+        <v>383</v>
+      </c>
+      <c r="B155" t="s">
+        <v>384</v>
+      </c>
+      <c r="C155" t="s">
+        <v>385</v>
+      </c>
+      <c r="D155"/>
+      <c r="E155" t="s">
+        <v>22</v>
+      </c>
+      <c r="F155" t="s">
+        <v>15</v>
+      </c>
+      <c r="G155" t="s">
+        <v>16</v>
+      </c>
+      <c r="H155" t="s">
+        <v>17</v>
+      </c>
+      <c r="I155" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9">
+      <c r="A156" t="s">
+        <v>386</v>
+      </c>
+      <c r="B156" t="s">
+        <v>387</v>
+      </c>
+      <c r="C156" t="s">
+        <v>388</v>
+      </c>
+      <c r="D156"/>
+      <c r="E156" t="s">
+        <v>14</v>
+      </c>
+      <c r="F156" t="s">
+        <v>15</v>
+      </c>
+      <c r="G156" t="s">
+        <v>16</v>
+      </c>
+      <c r="H156" t="s">
+        <v>17</v>
+      </c>
+      <c r="I156" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9">
+      <c r="A157" t="s">
+        <v>389</v>
+      </c>
+      <c r="B157" t="s">
+        <v>390</v>
+      </c>
+      <c r="C157" t="s">
+        <v>324</v>
+      </c>
+      <c r="D157"/>
+      <c r="E157" t="s">
+        <v>14</v>
+      </c>
+      <c r="F157" t="s">
+        <v>15</v>
+      </c>
+      <c r="G157" t="s">
+        <v>16</v>
+      </c>
+      <c r="H157" t="s">
+        <v>30</v>
+      </c>
+      <c r="I157" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9">
+      <c r="A158" t="s">
+        <v>391</v>
+      </c>
+      <c r="B158" t="s">
+        <v>392</v>
+      </c>
+      <c r="C158" t="s">
+        <v>393</v>
+      </c>
+      <c r="D158"/>
+      <c r="E158" t="s">
+        <v>22</v>
+      </c>
+      <c r="F158" t="s">
+        <v>15</v>
+      </c>
+      <c r="G158" t="s">
+        <v>16</v>
+      </c>
+      <c r="H158" t="s">
+        <v>30</v>
+      </c>
+      <c r="I158" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9">
+      <c r="A159" t="s">
+        <v>394</v>
+      </c>
+      <c r="B159"/>
+      <c r="C159" t="s">
+        <v>395</v>
+      </c>
+      <c r="D159"/>
+      <c r="E159" t="s">
+        <v>14</v>
+      </c>
+      <c r="F159" t="s">
+        <v>15</v>
+      </c>
+      <c r="G159" t="s">
+        <v>16</v>
+      </c>
+      <c r="H159" t="s">
+        <v>30</v>
+      </c>
+      <c r="I159" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9">
+      <c r="A160" t="s">
+        <v>396</v>
+      </c>
+      <c r="B160" t="s">
+        <v>397</v>
+      </c>
+      <c r="C160" t="s">
+        <v>398</v>
+      </c>
+      <c r="D160"/>
+      <c r="E160" t="s">
+        <v>14</v>
+      </c>
+      <c r="F160" t="s">
+        <v>15</v>
+      </c>
+      <c r="G160" t="s">
+        <v>16</v>
+      </c>
+      <c r="H160" t="s">
+        <v>30</v>
+      </c>
+      <c r="I160" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
+      <c r="A161" t="s">
+        <v>399</v>
+      </c>
+      <c r="B161" t="s">
+        <v>400</v>
+      </c>
+      <c r="C161" t="s">
+        <v>401</v>
+      </c>
+      <c r="D161"/>
+      <c r="E161" t="s">
+        <v>14</v>
+      </c>
+      <c r="F161" t="s">
+        <v>15</v>
+      </c>
+      <c r="G161" t="s">
+        <v>16</v>
+      </c>
+      <c r="H161" t="s">
+        <v>30</v>
+      </c>
+      <c r="I161" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9">
+      <c r="A162" t="s">
+        <v>402</v>
+      </c>
+      <c r="B162" t="s">
+        <v>403</v>
+      </c>
+      <c r="C162" t="s">
+        <v>404</v>
+      </c>
+      <c r="D162"/>
+      <c r="E162" t="s">
+        <v>22</v>
+      </c>
+      <c r="F162" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162" t="s">
+        <v>16</v>
+      </c>
+      <c r="H162" t="s">
+        <v>17</v>
+      </c>
+      <c r="I162" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9">
+      <c r="A163" t="s">
+        <v>405</v>
+      </c>
+      <c r="B163" t="s">
+        <v>406</v>
+      </c>
+      <c r="C163" t="s">
+        <v>407</v>
+      </c>
+      <c r="D163"/>
+      <c r="E163" t="s">
+        <v>22</v>
+      </c>
+      <c r="F163" t="s">
+        <v>15</v>
+      </c>
+      <c r="G163" t="s">
+        <v>16</v>
+      </c>
+      <c r="H163" t="s">
+        <v>17</v>
+      </c>
+      <c r="I163" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9">
+      <c r="A164" t="s">
+        <v>408</v>
+      </c>
+      <c r="B164" t="s">
+        <v>409</v>
+      </c>
+      <c r="C164" t="s">
+        <v>408</v>
+      </c>
+      <c r="D164"/>
+      <c r="E164" t="s">
+        <v>14</v>
+      </c>
+      <c r="F164" t="s">
+        <v>15</v>
+      </c>
+      <c r="G164" t="s">
+        <v>16</v>
+      </c>
+      <c r="H164" t="s">
+        <v>30</v>
+      </c>
+      <c r="I164" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9">
+      <c r="A165" t="s">
+        <v>410</v>
+      </c>
+      <c r="B165" t="s">
+        <v>411</v>
+      </c>
+      <c r="C165" t="s">
+        <v>412</v>
+      </c>
+      <c r="D165"/>
+      <c r="E165" t="s">
+        <v>14</v>
+      </c>
+      <c r="F165" t="s">
+        <v>15</v>
+      </c>
+      <c r="G165" t="s">
+        <v>16</v>
+      </c>
+      <c r="H165" t="s">
+        <v>30</v>
+      </c>
+      <c r="I165" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9">
+      <c r="A166" t="s">
+        <v>413</v>
+      </c>
+      <c r="B166" t="s">
+        <v>414</v>
+      </c>
+      <c r="C166" t="s">
+        <v>415</v>
+      </c>
+      <c r="D166"/>
+      <c r="E166" t="s">
+        <v>14</v>
+      </c>
+      <c r="F166" t="s">
+        <v>15</v>
+      </c>
+      <c r="G166" t="s">
+        <v>16</v>
+      </c>
+      <c r="H166" t="s">
+        <v>30</v>
+      </c>
+      <c r="I166" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9">
+      <c r="A167" t="s">
+        <v>416</v>
+      </c>
+      <c r="B167"/>
+      <c r="C167" t="s">
+        <v>417</v>
+      </c>
+      <c r="D167"/>
+      <c r="E167" t="s">
+        <v>14</v>
+      </c>
+      <c r="F167" t="s">
+        <v>15</v>
+      </c>
+      <c r="G167" t="s">
+        <v>16</v>
+      </c>
+      <c r="H167" t="s">
+        <v>30</v>
+      </c>
+      <c r="I167" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9">
+      <c r="A168" t="s">
+        <v>418</v>
+      </c>
+      <c r="B168" t="s">
+        <v>419</v>
+      </c>
+      <c r="C168" t="s">
+        <v>420</v>
+      </c>
+      <c r="D168"/>
+      <c r="E168" t="s">
+        <v>14</v>
+      </c>
+      <c r="F168" t="s">
+        <v>15</v>
+      </c>
+      <c r="G168" t="s">
+        <v>16</v>
+      </c>
+      <c r="H168" t="s">
+        <v>30</v>
+      </c>
+      <c r="I168" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9">
+      <c r="A169" t="s">
+        <v>421</v>
+      </c>
+      <c r="B169"/>
+      <c r="C169" t="s">
+        <v>422</v>
+      </c>
+      <c r="D169"/>
+      <c r="E169" t="s">
+        <v>14</v>
+      </c>
+      <c r="F169" t="s">
+        <v>15</v>
+      </c>
+      <c r="G169" t="s">
+        <v>16</v>
+      </c>
+      <c r="H169" t="s">
+        <v>30</v>
+      </c>
+      <c r="I169" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9">
+      <c r="A170" t="s">
+        <v>423</v>
+      </c>
+      <c r="B170" t="s">
+        <v>424</v>
+      </c>
+      <c r="C170" t="s">
+        <v>425</v>
+      </c>
+      <c r="D170"/>
+      <c r="E170" t="s">
+        <v>14</v>
+      </c>
+      <c r="F170" t="s">
+        <v>15</v>
+      </c>
+      <c r="G170" t="s">
+        <v>16</v>
+      </c>
+      <c r="H170" t="s">
+        <v>30</v>
+      </c>
+      <c r="I170" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9">
+      <c r="A171" t="s">
+        <v>426</v>
+      </c>
+      <c r="B171" t="s">
+        <v>427</v>
+      </c>
+      <c r="C171" t="s">
+        <v>428</v>
+      </c>
+      <c r="D171"/>
+      <c r="E171" t="s">
+        <v>14</v>
+      </c>
+      <c r="F171" t="s">
+        <v>15</v>
+      </c>
+      <c r="G171" t="s">
+        <v>16</v>
+      </c>
+      <c r="H171" t="s">
+        <v>17</v>
+      </c>
+      <c r="I171" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9">
+      <c r="A172" t="s">
+        <v>429</v>
+      </c>
+      <c r="B172" t="s">
+        <v>430</v>
+      </c>
+      <c r="C172" t="s">
+        <v>431</v>
+      </c>
+      <c r="D172"/>
+      <c r="E172" t="s">
+        <v>14</v>
+      </c>
+      <c r="F172" t="s">
+        <v>15</v>
+      </c>
+      <c r="G172" t="s">
+        <v>16</v>
+      </c>
+      <c r="H172"/>
+      <c r="I172" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9">
+      <c r="A173" t="s">
+        <v>432</v>
+      </c>
+      <c r="B173" t="s">
+        <v>433</v>
+      </c>
+      <c r="C173" t="s">
+        <v>420</v>
+      </c>
+      <c r="D173"/>
+      <c r="E173" t="s">
+        <v>14</v>
+      </c>
+      <c r="F173" t="s">
+        <v>15</v>
+      </c>
+      <c r="G173" t="s">
+        <v>16</v>
+      </c>
+      <c r="H173" t="s">
+        <v>30</v>
+      </c>
+      <c r="I173" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9">
+      <c r="A174" t="s">
+        <v>434</v>
+      </c>
+      <c r="B174" t="s">
+        <v>435</v>
+      </c>
+      <c r="C174" t="s">
+        <v>434</v>
+      </c>
+      <c r="D174"/>
+      <c r="E174" t="s">
+        <v>14</v>
+      </c>
+      <c r="F174" t="s">
+        <v>15</v>
+      </c>
+      <c r="G174" t="s">
+        <v>16</v>
+      </c>
+      <c r="H174" t="s">
+        <v>30</v>
+      </c>
+      <c r="I174" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9">
+      <c r="A175" t="s">
+        <v>436</v>
+      </c>
+      <c r="B175" t="s">
+        <v>437</v>
+      </c>
+      <c r="C175" t="s">
+        <v>438</v>
+      </c>
+      <c r="D175"/>
+      <c r="E175" t="s">
+        <v>14</v>
+      </c>
+      <c r="F175" t="s">
+        <v>15</v>
+      </c>
+      <c r="G175" t="s">
+        <v>16</v>
+      </c>
+      <c r="H175" t="s">
+        <v>30</v>
+      </c>
+      <c r="I175" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9">
+      <c r="A176" t="s">
+        <v>439</v>
+      </c>
+      <c r="B176" t="s">
+        <v>440</v>
+      </c>
+      <c r="C176" t="s">
+        <v>441</v>
+      </c>
+      <c r="D176"/>
+      <c r="E176" t="s">
+        <v>14</v>
+      </c>
+      <c r="F176" t="s">
+        <v>15</v>
+      </c>
+      <c r="G176" t="s">
+        <v>16</v>
+      </c>
+      <c r="H176" t="s">
+        <v>17</v>
+      </c>
+      <c r="I176" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9">
+      <c r="A177" t="s">
+        <v>442</v>
+      </c>
+      <c r="B177" t="s">
+        <v>443</v>
+      </c>
+      <c r="C177" t="s">
+        <v>438</v>
+      </c>
+      <c r="D177"/>
+      <c r="E177" t="s">
+        <v>14</v>
+      </c>
+      <c r="F177" t="s">
+        <v>444</v>
+      </c>
+      <c r="G177" t="s">
+        <v>16</v>
+      </c>
+      <c r="H177" t="s">
+        <v>30</v>
+      </c>
+      <c r="I177" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9">
+      <c r="A178" t="s">
+        <v>445</v>
+      </c>
+      <c r="B178" t="s">
+        <v>446</v>
+      </c>
+      <c r="C178" t="s">
+        <v>447</v>
+      </c>
+      <c r="D178"/>
+      <c r="E178" t="s">
+        <v>14</v>
+      </c>
+      <c r="F178" t="s">
+        <v>444</v>
+      </c>
+      <c r="G178" t="s">
+        <v>16</v>
+      </c>
+      <c r="H178" t="s">
+        <v>17</v>
+      </c>
+      <c r="I178" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9">
+      <c r="A179" t="s">
+        <v>448</v>
+      </c>
+      <c r="B179" t="s">
+        <v>449</v>
+      </c>
+      <c r="C179" t="s">
+        <v>324</v>
+      </c>
+      <c r="D179"/>
+      <c r="E179" t="s">
+        <v>14</v>
+      </c>
+      <c r="F179" t="s">
+        <v>444</v>
+      </c>
+      <c r="G179" t="s">
+        <v>16</v>
+      </c>
+      <c r="H179" t="s">
+        <v>17</v>
+      </c>
+      <c r="I179" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9">
+      <c r="A180" t="s">
+        <v>450</v>
+      </c>
+      <c r="B180" t="s">
+        <v>451</v>
+      </c>
+      <c r="C180" t="s">
+        <v>324</v>
+      </c>
+      <c r="D180"/>
+      <c r="E180" t="s">
+        <v>14</v>
+      </c>
+      <c r="F180" t="s">
+        <v>444</v>
+      </c>
+      <c r="G180" t="s">
+        <v>16</v>
+      </c>
+      <c r="H180" t="s">
+        <v>17</v>
+      </c>
+      <c r="I180" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9">
+      <c r="A181" t="s">
+        <v>452</v>
+      </c>
+      <c r="B181" t="s">
+        <v>453</v>
+      </c>
+      <c r="C181" t="s">
+        <v>324</v>
+      </c>
+      <c r="D181"/>
+      <c r="E181" t="s">
+        <v>14</v>
+      </c>
+      <c r="F181" t="s">
+        <v>444</v>
+      </c>
+      <c r="G181" t="s">
+        <v>16</v>
+      </c>
+      <c r="H181" t="s">
+        <v>17</v>
+      </c>
+      <c r="I181" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9">
+      <c r="A182" t="s">
+        <v>454</v>
+      </c>
+      <c r="B182"/>
+      <c r="C182" t="s">
+        <v>324</v>
+      </c>
+      <c r="D182"/>
+      <c r="E182" t="s">
+        <v>14</v>
+      </c>
+      <c r="F182" t="s">
+        <v>15</v>
+      </c>
+      <c r="G182" t="s">
+        <v>16</v>
+      </c>
+      <c r="H182" t="s">
+        <v>30</v>
+      </c>
+      <c r="I182" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9">
+      <c r="A183" t="s">
+        <v>455</v>
+      </c>
+      <c r="B183" t="s">
+        <v>456</v>
+      </c>
+      <c r="C183" t="s">
+        <v>457</v>
+      </c>
+      <c r="D183"/>
+      <c r="E183" t="s">
+        <v>14</v>
+      </c>
+      <c r="F183" t="s">
+        <v>15</v>
+      </c>
+      <c r="G183" t="s">
+        <v>16</v>
+      </c>
+      <c r="H183" t="s">
+        <v>30</v>
+      </c>
+      <c r="I183" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9">
+      <c r="A184" t="s">
+        <v>458</v>
+      </c>
+      <c r="B184" t="s">
+        <v>459</v>
+      </c>
+      <c r="C184" t="s">
+        <v>460</v>
+      </c>
+      <c r="D184"/>
+      <c r="E184" t="s">
+        <v>14</v>
+      </c>
+      <c r="F184" t="s">
+        <v>15</v>
+      </c>
+      <c r="G184" t="s">
+        <v>16</v>
+      </c>
+      <c r="H184" t="s">
+        <v>30</v>
+      </c>
+      <c r="I184" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9">
+      <c r="A185" t="s">
+        <v>461</v>
+      </c>
+      <c r="B185" t="s">
+        <v>462</v>
+      </c>
+      <c r="C185" t="s">
+        <v>463</v>
+      </c>
+      <c r="D185"/>
+      <c r="E185" t="s">
+        <v>14</v>
+      </c>
+      <c r="F185" t="s">
+        <v>15</v>
+      </c>
+      <c r="G185" t="s">
+        <v>16</v>
+      </c>
+      <c r="H185" t="s">
+        <v>30</v>
+      </c>
+      <c r="I185" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9">
+      <c r="A186" t="s">
+        <v>464</v>
+      </c>
+      <c r="B186" t="s">
+        <v>465</v>
+      </c>
+      <c r="C186" t="s">
+        <v>466</v>
+      </c>
+      <c r="D186"/>
+      <c r="E186" t="s">
+        <v>14</v>
+      </c>
+      <c r="F186" t="s">
+        <v>15</v>
+      </c>
+      <c r="G186" t="s">
+        <v>16</v>
+      </c>
+      <c r="H186" t="s">
+        <v>30</v>
+      </c>
+      <c r="I186" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9">
+      <c r="A187" t="s">
+        <v>467</v>
+      </c>
+      <c r="B187" t="s">
+        <v>468</v>
+      </c>
+      <c r="C187" t="s">
+        <v>467</v>
+      </c>
+      <c r="D187"/>
+      <c r="E187" t="s">
+        <v>14</v>
+      </c>
+      <c r="F187" t="s">
+        <v>15</v>
+      </c>
+      <c r="G187" t="s">
+        <v>16</v>
+      </c>
+      <c r="H187" t="s">
+        <v>30</v>
+      </c>
+      <c r="I187" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9">
+      <c r="A188" t="s">
+        <v>469</v>
+      </c>
+      <c r="B188" t="s">
+        <v>470</v>
+      </c>
+      <c r="C188" t="s">
+        <v>471</v>
+      </c>
+      <c r="D188"/>
+      <c r="E188" t="s">
+        <v>14</v>
+      </c>
+      <c r="F188" t="s">
+        <v>15</v>
+      </c>
+      <c r="G188" t="s">
+        <v>16</v>
+      </c>
+      <c r="H188" t="s">
+        <v>17</v>
+      </c>
+      <c r="I188" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9">
+      <c r="A189" t="s">
+        <v>472</v>
+      </c>
+      <c r="B189"/>
+      <c r="C189" t="s">
+        <v>473</v>
+      </c>
+      <c r="D189"/>
+      <c r="E189" t="s">
+        <v>14</v>
+      </c>
+      <c r="F189" t="s">
+        <v>15</v>
+      </c>
+      <c r="G189" t="s">
+        <v>16</v>
+      </c>
+      <c r="H189" t="s">
+        <v>30</v>
+      </c>
+      <c r="I189" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9">
+      <c r="A190" t="s">
+        <v>474</v>
+      </c>
+      <c r="B190" t="s">
+        <v>475</v>
+      </c>
+      <c r="C190" t="s">
+        <v>476</v>
+      </c>
+      <c r="D190"/>
+      <c r="E190" t="s">
+        <v>14</v>
+      </c>
+      <c r="F190" t="s">
+        <v>15</v>
+      </c>
+      <c r="G190" t="s">
+        <v>16</v>
+      </c>
+      <c r="H190" t="s">
+        <v>30</v>
+      </c>
+      <c r="I190" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9">
+      <c r="A191" t="s">
+        <v>477</v>
+      </c>
+      <c r="B191" t="s">
+        <v>478</v>
+      </c>
+      <c r="C191" t="s">
+        <v>479</v>
+      </c>
+      <c r="D191"/>
+      <c r="E191" t="s">
+        <v>22</v>
+      </c>
+      <c r="F191" t="s">
+        <v>15</v>
+      </c>
+      <c r="G191" t="s">
+        <v>16</v>
+      </c>
+      <c r="H191" t="s">
         <v>71</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="H154" t="s">
+      <c r="I191" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9">
+      <c r="A192" t="s">
+        <v>480</v>
+      </c>
+      <c r="B192" t="s">
+        <v>481</v>
+      </c>
+      <c r="C192" t="s">
+        <v>480</v>
+      </c>
+      <c r="D192"/>
+      <c r="E192" t="s">
+        <v>14</v>
+      </c>
+      <c r="F192" t="s">
+        <v>15</v>
+      </c>
+      <c r="G192" t="s">
+        <v>16</v>
+      </c>
+      <c r="H192" t="s">
+        <v>30</v>
+      </c>
+      <c r="I192" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9">
+      <c r="A193" t="s">
+        <v>482</v>
+      </c>
+      <c r="B193"/>
+      <c r="C193" t="s">
+        <v>482</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193" t="s">
+        <v>14</v>
+      </c>
+      <c r="F193" t="s">
+        <v>15</v>
+      </c>
+      <c r="G193" t="s">
+        <v>16</v>
+      </c>
+      <c r="H193" t="s">
+        <v>30</v>
+      </c>
+      <c r="I193" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9">
+      <c r="A194" t="s">
+        <v>484</v>
+      </c>
+      <c r="B194"/>
+      <c r="C194" t="s">
+        <v>485</v>
+      </c>
+      <c r="D194"/>
+      <c r="E194" t="s">
+        <v>22</v>
+      </c>
+      <c r="F194" t="s">
+        <v>15</v>
+      </c>
+      <c r="G194" t="s">
+        <v>16</v>
+      </c>
+      <c r="H194" t="s">
         <v>71</v>
       </c>
-    </row>
-[...944 lines deleted...]
-    <row r="195" spans="1:8">
+      <c r="I194" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>365</v>
+        <v>486</v>
       </c>
       <c r="B195" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="C195" t="s">
+        <v>486</v>
+      </c>
+      <c r="D195"/>
       <c r="E195" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F195" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G195" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H195" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I195" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>367</v>
+        <v>488</v>
       </c>
       <c r="B196" t="s">
-        <v>368</v>
-[...4 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="C196" t="s">
+        <v>490</v>
+      </c>
+      <c r="D196"/>
       <c r="E196" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F196" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G196" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H196" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I196" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>369</v>
+        <v>491</v>
       </c>
       <c r="B197" t="s">
-        <v>370</v>
-[...4 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="C197" t="s">
+        <v>493</v>
+      </c>
+      <c r="D197"/>
       <c r="E197" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F197" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G197" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H197" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I197" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>371</v>
+        <v>494</v>
       </c>
       <c r="B198" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="C198" t="s">
+        <v>496</v>
+      </c>
+      <c r="D198"/>
       <c r="E198" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F198" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G198" t="s">
-        <v>373</v>
+        <v>16</v>
       </c>
       <c r="H198" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I198" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>374</v>
+        <v>497</v>
       </c>
       <c r="B199" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="C199" t="s">
+        <v>499</v>
+      </c>
+      <c r="D199"/>
       <c r="E199" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F199" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G199" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H199" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I199" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>376</v>
+        <v>500</v>
       </c>
       <c r="B200" t="s">
-        <v>377</v>
-[...4 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="C200" t="s">
+        <v>502</v>
+      </c>
+      <c r="D200"/>
       <c r="E200" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F200" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G200" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H200" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I200" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>378</v>
+        <v>503</v>
       </c>
       <c r="B201" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="C201" t="s">
+        <v>505</v>
+      </c>
+      <c r="D201"/>
       <c r="E201" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F201" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G201" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H201" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I201" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>380</v>
+        <v>506</v>
       </c>
       <c r="B202" t="s">
-        <v>381</v>
-[...4 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="C202" t="s">
+        <v>508</v>
+      </c>
+      <c r="D202"/>
       <c r="E202" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F202" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G202" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H202" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I202" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>382</v>
+        <v>509</v>
       </c>
       <c r="B203" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="C203" t="s">
+        <v>509</v>
+      </c>
+      <c r="D203"/>
       <c r="E203" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F203" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G203" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H203" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I203" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>384</v>
+        <v>511</v>
       </c>
       <c r="B204"/>
-      <c r="C204"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C204" t="s">
+        <v>512</v>
+      </c>
+      <c r="D204"/>
       <c r="E204" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F204" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G204" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H204" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I204" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>385</v>
+        <v>513</v>
       </c>
       <c r="B205" t="s">
-        <v>386</v>
-[...4 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="C205" t="s">
+        <v>513</v>
+      </c>
+      <c r="D205"/>
       <c r="E205" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F205" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G205" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H205" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I205" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>387</v>
+        <v>515</v>
       </c>
       <c r="B206" t="s">
-        <v>388</v>
-[...4 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="C206" t="s">
+        <v>517</v>
+      </c>
+      <c r="D206"/>
       <c r="E206" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F206" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G206" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H206" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I206" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>389</v>
+        <v>518</v>
       </c>
       <c r="B207" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="C207"/>
+        <v>519</v>
+      </c>
+      <c r="C207" t="s">
+        <v>520</v>
+      </c>
       <c r="D207"/>
       <c r="E207"/>
-      <c r="F207" t="s">
-[...7 lines deleted...]
-    <row r="208" spans="1:8">
+      <c r="F207"/>
+      <c r="G207" t="s">
+        <v>16</v>
+      </c>
+      <c r="H207"/>
+      <c r="I207" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>391</v>
+        <v>521</v>
       </c>
       <c r="B208" t="s">
-        <v>392</v>
-[...4 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="C208" t="s">
+        <v>521</v>
+      </c>
+      <c r="D208"/>
       <c r="E208" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F208" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G208" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H208" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I208" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>393</v>
+        <v>523</v>
       </c>
       <c r="B209" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="C209"/>
+        <v>524</v>
+      </c>
+      <c r="C209" t="s">
+        <v>525</v>
+      </c>
       <c r="D209"/>
       <c r="E209"/>
-      <c r="F209" t="s">
-[...7 lines deleted...]
-    <row r="210" spans="1:8">
+      <c r="F209"/>
+      <c r="G209" t="s">
+        <v>16</v>
+      </c>
+      <c r="H209"/>
+      <c r="I209" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>395</v>
+        <v>526</v>
       </c>
       <c r="B210" t="s">
-        <v>396</v>
-[...4 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="C210" t="s">
+        <v>528</v>
+      </c>
+      <c r="D210"/>
       <c r="E210" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F210" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G210" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H210" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I210" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>397</v>
+        <v>529</v>
       </c>
       <c r="B211" t="s">
-        <v>398</v>
-[...4 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="C211" t="s">
+        <v>531</v>
+      </c>
+      <c r="D211"/>
       <c r="E211" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F211" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G211" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H211" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I211" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>399</v>
+        <v>532</v>
       </c>
       <c r="B212" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="C212" t="s">
+        <v>532</v>
+      </c>
+      <c r="D212"/>
       <c r="E212" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F212" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G212" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H212" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I212" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>401</v>
+        <v>534</v>
       </c>
       <c r="B213"/>
-      <c r="C213"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C213" t="s">
+        <v>534</v>
+      </c>
+      <c r="D213"/>
       <c r="E213" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F213" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G213" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H213" t="s">
+        <v>30</v>
+      </c>
+      <c r="I213" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9">
+      <c r="A214" t="s">
+        <v>535</v>
+      </c>
+      <c r="B214" t="s">
+        <v>536</v>
+      </c>
+      <c r="C214" t="s">
+        <v>535</v>
+      </c>
+      <c r="D214"/>
+      <c r="E214" t="s">
+        <v>14</v>
+      </c>
+      <c r="F214" t="s">
+        <v>15</v>
+      </c>
+      <c r="G214" t="s">
+        <v>16</v>
+      </c>
+      <c r="H214" t="s">
+        <v>17</v>
+      </c>
+      <c r="I214" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9">
+      <c r="A215" t="s">
+        <v>537</v>
+      </c>
+      <c r="B215" t="s">
+        <v>538</v>
+      </c>
+      <c r="C215" t="s">
+        <v>537</v>
+      </c>
+      <c r="D215"/>
+      <c r="E215" t="s">
+        <v>14</v>
+      </c>
+      <c r="F215" t="s">
+        <v>15</v>
+      </c>
+      <c r="G215" t="s">
+        <v>16</v>
+      </c>
+      <c r="H215" t="s">
+        <v>30</v>
+      </c>
+      <c r="I215" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9">
+      <c r="A216" t="s">
+        <v>539</v>
+      </c>
+      <c r="B216" t="s">
+        <v>540</v>
+      </c>
+      <c r="C216" t="s">
+        <v>539</v>
+      </c>
+      <c r="D216"/>
+      <c r="E216" t="s">
+        <v>14</v>
+      </c>
+      <c r="F216" t="s">
+        <v>15</v>
+      </c>
+      <c r="G216" t="s">
+        <v>16</v>
+      </c>
+      <c r="H216" t="s">
+        <v>30</v>
+      </c>
+      <c r="I216" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9">
+      <c r="A217" t="s">
+        <v>541</v>
+      </c>
+      <c r="B217" t="s">
+        <v>542</v>
+      </c>
+      <c r="C217" t="s">
+        <v>543</v>
+      </c>
+      <c r="D217"/>
+      <c r="E217" t="s">
+        <v>14</v>
+      </c>
+      <c r="F217" t="s">
+        <v>15</v>
+      </c>
+      <c r="G217" t="s">
+        <v>16</v>
+      </c>
+      <c r="H217" t="s">
+        <v>17</v>
+      </c>
+      <c r="I217" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9">
+      <c r="A218" t="s">
+        <v>544</v>
+      </c>
+      <c r="B218" t="s">
+        <v>545</v>
+      </c>
+      <c r="C218" t="s">
+        <v>544</v>
+      </c>
+      <c r="D218"/>
+      <c r="E218" t="s">
+        <v>14</v>
+      </c>
+      <c r="F218" t="s">
+        <v>15</v>
+      </c>
+      <c r="G218" t="s">
+        <v>16</v>
+      </c>
+      <c r="H218" t="s">
+        <v>17</v>
+      </c>
+      <c r="I218" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9">
+      <c r="A219" t="s">
+        <v>546</v>
+      </c>
+      <c r="B219" t="s">
+        <v>547</v>
+      </c>
+      <c r="C219" t="s">
+        <v>548</v>
+      </c>
+      <c r="D219"/>
+      <c r="E219" t="s">
+        <v>14</v>
+      </c>
+      <c r="F219" t="s">
+        <v>15</v>
+      </c>
+      <c r="G219" t="s">
+        <v>16</v>
+      </c>
+      <c r="H219" t="s">
+        <v>30</v>
+      </c>
+      <c r="I219" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9">
+      <c r="A220" t="s">
+        <v>549</v>
+      </c>
+      <c r="B220" t="s">
+        <v>550</v>
+      </c>
+      <c r="C220" t="s">
+        <v>551</v>
+      </c>
+      <c r="D220"/>
+      <c r="E220" t="s">
+        <v>22</v>
+      </c>
+      <c r="F220" t="s">
+        <v>15</v>
+      </c>
+      <c r="G220" t="s">
+        <v>16</v>
+      </c>
+      <c r="H220" t="s">
+        <v>71</v>
+      </c>
+      <c r="I220" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9">
+      <c r="A221" t="s">
+        <v>553</v>
+      </c>
+      <c r="B221" t="s">
+        <v>554</v>
+      </c>
+      <c r="C221" t="s">
+        <v>555</v>
+      </c>
+      <c r="D221"/>
+      <c r="E221" t="s">
+        <v>14</v>
+      </c>
+      <c r="F221" t="s">
+        <v>15</v>
+      </c>
+      <c r="G221" t="s">
+        <v>16</v>
+      </c>
+      <c r="H221" t="s">
+        <v>30</v>
+      </c>
+      <c r="I221" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9">
+      <c r="A222" t="s">
+        <v>556</v>
+      </c>
+      <c r="B222" t="s">
+        <v>557</v>
+      </c>
+      <c r="C222" t="s">
+        <v>558</v>
+      </c>
+      <c r="D222"/>
+      <c r="E222" t="s">
+        <v>22</v>
+      </c>
+      <c r="F222" t="s">
+        <v>15</v>
+      </c>
+      <c r="G222" t="s">
+        <v>16</v>
+      </c>
+      <c r="H222" t="s">
+        <v>17</v>
+      </c>
+      <c r="I222" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9">
+      <c r="A223" t="s">
+        <v>559</v>
+      </c>
+      <c r="B223" t="s">
+        <v>560</v>
+      </c>
+      <c r="C223" t="s">
+        <v>561</v>
+      </c>
+      <c r="D223"/>
+      <c r="E223" t="s">
+        <v>14</v>
+      </c>
+      <c r="F223" t="s">
+        <v>15</v>
+      </c>
+      <c r="G223" t="s">
+        <v>16</v>
+      </c>
+      <c r="H223" t="s">
+        <v>17</v>
+      </c>
+      <c r="I223" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9">
+      <c r="A224" t="s">
+        <v>562</v>
+      </c>
+      <c r="B224" t="s">
+        <v>563</v>
+      </c>
+      <c r="C224" t="s">
+        <v>564</v>
+      </c>
+      <c r="D224"/>
+      <c r="E224" t="s">
+        <v>14</v>
+      </c>
+      <c r="F224" t="s">
+        <v>15</v>
+      </c>
+      <c r="G224" t="s">
+        <v>16</v>
+      </c>
+      <c r="H224" t="s">
+        <v>30</v>
+      </c>
+      <c r="I224" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9">
+      <c r="A225" t="s">
+        <v>565</v>
+      </c>
+      <c r="B225" t="s">
+        <v>566</v>
+      </c>
+      <c r="C225" t="s">
+        <v>567</v>
+      </c>
+      <c r="D225"/>
+      <c r="E225" t="s">
+        <v>14</v>
+      </c>
+      <c r="F225" t="s">
+        <v>15</v>
+      </c>
+      <c r="G225" t="s">
+        <v>16</v>
+      </c>
+      <c r="H225" t="s">
+        <v>17</v>
+      </c>
+      <c r="I225" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9">
+      <c r="A226" t="s">
+        <v>568</v>
+      </c>
+      <c r="B226" t="s">
+        <v>569</v>
+      </c>
+      <c r="C226" t="s">
+        <v>568</v>
+      </c>
+      <c r="D226"/>
+      <c r="E226" t="s">
+        <v>14</v>
+      </c>
+      <c r="F226" t="s">
+        <v>15</v>
+      </c>
+      <c r="G226" t="s">
+        <v>16</v>
+      </c>
+      <c r="H226" t="s">
+        <v>30</v>
+      </c>
+      <c r="I226" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="214" spans="1:8">
-[...67 lines deleted...]
-      <c r="H216" t="s">
+    <row r="227" spans="1:9">
+      <c r="A227" t="s">
+        <v>570</v>
+      </c>
+      <c r="B227" t="s">
+        <v>571</v>
+      </c>
+      <c r="C227" t="s">
+        <v>572</v>
+      </c>
+      <c r="D227"/>
+      <c r="E227" t="s">
+        <v>14</v>
+      </c>
+      <c r="F227" t="s">
+        <v>15</v>
+      </c>
+      <c r="G227" t="s">
+        <v>16</v>
+      </c>
+      <c r="H227" t="s">
+        <v>17</v>
+      </c>
+      <c r="I227" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9">
+      <c r="A228" t="s">
+        <v>573</v>
+      </c>
+      <c r="B228" t="s">
+        <v>574</v>
+      </c>
+      <c r="C228" t="s">
+        <v>575</v>
+      </c>
+      <c r="D228"/>
+      <c r="E228" t="s">
+        <v>14</v>
+      </c>
+      <c r="F228" t="s">
+        <v>15</v>
+      </c>
+      <c r="G228" t="s">
+        <v>16</v>
+      </c>
+      <c r="H228" t="s">
+        <v>30</v>
+      </c>
+      <c r="I228" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9">
+      <c r="A229" t="s">
+        <v>576</v>
+      </c>
+      <c r="B229" t="s">
+        <v>577</v>
+      </c>
+      <c r="C229" t="s">
+        <v>578</v>
+      </c>
+      <c r="D229"/>
+      <c r="E229" t="s">
+        <v>14</v>
+      </c>
+      <c r="F229" t="s">
+        <v>15</v>
+      </c>
+      <c r="G229" t="s">
+        <v>16</v>
+      </c>
+      <c r="H229" t="s">
+        <v>30</v>
+      </c>
+      <c r="I229" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9">
+      <c r="A230" t="s">
+        <v>580</v>
+      </c>
+      <c r="B230" t="s">
+        <v>581</v>
+      </c>
+      <c r="C230" t="s">
+        <v>580</v>
+      </c>
+      <c r="D230"/>
+      <c r="E230" t="s">
+        <v>14</v>
+      </c>
+      <c r="F230" t="s">
+        <v>15</v>
+      </c>
+      <c r="G230" t="s">
+        <v>16</v>
+      </c>
+      <c r="H230" t="s">
+        <v>30</v>
+      </c>
+      <c r="I230" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9">
+      <c r="A231" t="s">
+        <v>582</v>
+      </c>
+      <c r="B231" t="s">
+        <v>583</v>
+      </c>
+      <c r="C231" t="s">
+        <v>584</v>
+      </c>
+      <c r="D231"/>
+      <c r="E231" t="s">
+        <v>22</v>
+      </c>
+      <c r="F231" t="s">
+        <v>15</v>
+      </c>
+      <c r="G231" t="s">
+        <v>16</v>
+      </c>
+      <c r="H231" t="s">
+        <v>17</v>
+      </c>
+      <c r="I231" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9">
+      <c r="A232" t="s">
+        <v>585</v>
+      </c>
+      <c r="B232" t="s">
+        <v>586</v>
+      </c>
+      <c r="C232" t="s">
+        <v>585</v>
+      </c>
+      <c r="D232"/>
+      <c r="E232" t="s">
+        <v>14</v>
+      </c>
+      <c r="F232" t="s">
+        <v>15</v>
+      </c>
+      <c r="G232" t="s">
+        <v>16</v>
+      </c>
+      <c r="H232" t="s">
+        <v>17</v>
+      </c>
+      <c r="I232" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9">
+      <c r="A233" t="s">
+        <v>587</v>
+      </c>
+      <c r="B233" t="s">
+        <v>588</v>
+      </c>
+      <c r="C233" t="s">
+        <v>589</v>
+      </c>
+      <c r="D233"/>
+      <c r="E233" t="s">
+        <v>14</v>
+      </c>
+      <c r="F233" t="s">
+        <v>15</v>
+      </c>
+      <c r="G233" t="s">
+        <v>16</v>
+      </c>
+      <c r="H233" t="s">
+        <v>30</v>
+      </c>
+      <c r="I233" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9">
+      <c r="A234" t="s">
+        <v>590</v>
+      </c>
+      <c r="B234" t="s">
+        <v>591</v>
+      </c>
+      <c r="C234" t="s">
+        <v>592</v>
+      </c>
+      <c r="D234"/>
+      <c r="E234" t="s">
+        <v>14</v>
+      </c>
+      <c r="F234" t="s">
+        <v>15</v>
+      </c>
+      <c r="G234" t="s">
+        <v>16</v>
+      </c>
+      <c r="H234" t="s">
+        <v>17</v>
+      </c>
+      <c r="I234" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9">
+      <c r="A235" t="s">
+        <v>593</v>
+      </c>
+      <c r="B235" t="s">
+        <v>594</v>
+      </c>
+      <c r="C235" t="s">
+        <v>575</v>
+      </c>
+      <c r="D235"/>
+      <c r="E235" t="s">
+        <v>14</v>
+      </c>
+      <c r="F235" t="s">
+        <v>15</v>
+      </c>
+      <c r="G235" t="s">
+        <v>16</v>
+      </c>
+      <c r="H235" t="s">
+        <v>17</v>
+      </c>
+      <c r="I235" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9">
+      <c r="A236" t="s">
+        <v>595</v>
+      </c>
+      <c r="B236" t="s">
+        <v>596</v>
+      </c>
+      <c r="C236" t="s">
+        <v>597</v>
+      </c>
+      <c r="D236"/>
+      <c r="E236" t="s">
+        <v>14</v>
+      </c>
+      <c r="F236" t="s">
+        <v>15</v>
+      </c>
+      <c r="G236" t="s">
+        <v>16</v>
+      </c>
+      <c r="H236" t="s">
+        <v>30</v>
+      </c>
+      <c r="I236" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9">
+      <c r="A237" t="s">
+        <v>598</v>
+      </c>
+      <c r="B237" t="s">
+        <v>599</v>
+      </c>
+      <c r="C237" t="s">
+        <v>600</v>
+      </c>
+      <c r="D237"/>
+      <c r="E237" t="s">
+        <v>14</v>
+      </c>
+      <c r="F237" t="s">
+        <v>15</v>
+      </c>
+      <c r="G237" t="s">
+        <v>16</v>
+      </c>
+      <c r="H237" t="s">
+        <v>30</v>
+      </c>
+      <c r="I237" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9">
+      <c r="A238" t="s">
+        <v>601</v>
+      </c>
+      <c r="B238" t="s">
+        <v>602</v>
+      </c>
+      <c r="C238" t="s">
+        <v>603</v>
+      </c>
+      <c r="D238"/>
+      <c r="E238" t="s">
+        <v>14</v>
+      </c>
+      <c r="F238" t="s">
+        <v>15</v>
+      </c>
+      <c r="G238" t="s">
+        <v>16</v>
+      </c>
+      <c r="H238" t="s">
+        <v>30</v>
+      </c>
+      <c r="I238" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9">
+      <c r="A239" t="s">
+        <v>604</v>
+      </c>
+      <c r="B239" t="s">
+        <v>605</v>
+      </c>
+      <c r="C239" t="s">
+        <v>606</v>
+      </c>
+      <c r="D239"/>
+      <c r="E239" t="s">
+        <v>14</v>
+      </c>
+      <c r="F239" t="s">
+        <v>15</v>
+      </c>
+      <c r="G239" t="s">
+        <v>16</v>
+      </c>
+      <c r="H239" t="s">
+        <v>17</v>
+      </c>
+      <c r="I239" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9">
+      <c r="A240" t="s">
+        <v>607</v>
+      </c>
+      <c r="B240" t="s">
+        <v>608</v>
+      </c>
+      <c r="C240" t="s">
+        <v>607</v>
+      </c>
+      <c r="D240"/>
+      <c r="E240" t="s">
+        <v>14</v>
+      </c>
+      <c r="F240" t="s">
+        <v>15</v>
+      </c>
+      <c r="G240" t="s">
+        <v>16</v>
+      </c>
+      <c r="H240"/>
+      <c r="I240" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="217" spans="1:8">
-[...336 lines deleted...]
-      <c r="A231" t="s">
+    <row r="241" spans="1:9">
+      <c r="A241" t="s">
+        <v>609</v>
+      </c>
+      <c r="B241" t="s">
+        <v>610</v>
+      </c>
+      <c r="C241" t="s">
+        <v>611</v>
+      </c>
+      <c r="D241"/>
+      <c r="E241" t="s">
+        <v>22</v>
+      </c>
+      <c r="F241" t="s">
+        <v>15</v>
+      </c>
+      <c r="G241" t="s">
+        <v>16</v>
+      </c>
+      <c r="H241" t="s">
+        <v>17</v>
+      </c>
+      <c r="I241" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9">
+      <c r="A242" t="s">
+        <v>612</v>
+      </c>
+      <c r="B242" t="s">
+        <v>613</v>
+      </c>
+      <c r="C242" t="s">
+        <v>612</v>
+      </c>
+      <c r="D242"/>
+      <c r="E242" t="s">
+        <v>14</v>
+      </c>
+      <c r="F242" t="s">
+        <v>15</v>
+      </c>
+      <c r="G242" t="s">
+        <v>16</v>
+      </c>
+      <c r="H242" t="s">
+        <v>30</v>
+      </c>
+      <c r="I242" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9">
+      <c r="A243" t="s">
+        <v>614</v>
+      </c>
+      <c r="B243" t="s">
+        <v>615</v>
+      </c>
+      <c r="C243" t="s">
+        <v>616</v>
+      </c>
+      <c r="D243"/>
+      <c r="E243" t="s">
+        <v>14</v>
+      </c>
+      <c r="F243" t="s">
+        <v>15</v>
+      </c>
+      <c r="G243" t="s">
+        <v>16</v>
+      </c>
+      <c r="H243" t="s">
+        <v>30</v>
+      </c>
+      <c r="I243" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9">
+      <c r="A244" t="s">
+        <v>617</v>
+      </c>
+      <c r="B244"/>
+      <c r="C244" t="s">
+        <v>618</v>
+      </c>
+      <c r="D244"/>
+      <c r="E244" t="s">
+        <v>619</v>
+      </c>
+      <c r="F244" t="s">
+        <v>15</v>
+      </c>
+      <c r="G244" t="s">
+        <v>16</v>
+      </c>
+      <c r="H244" t="s">
+        <v>30</v>
+      </c>
+      <c r="I244" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9">
+      <c r="A245" t="s">
+        <v>620</v>
+      </c>
+      <c r="B245" t="s">
+        <v>621</v>
+      </c>
+      <c r="C245" t="s">
+        <v>622</v>
+      </c>
+      <c r="D245"/>
+      <c r="E245" t="s">
+        <v>14</v>
+      </c>
+      <c r="F245" t="s">
+        <v>15</v>
+      </c>
+      <c r="G245" t="s">
+        <v>16</v>
+      </c>
+      <c r="H245" t="s">
+        <v>17</v>
+      </c>
+      <c r="I245" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9">
+      <c r="A246" t="s">
+        <v>623</v>
+      </c>
+      <c r="B246" t="s">
+        <v>624</v>
+      </c>
+      <c r="C246" t="s">
+        <v>625</v>
+      </c>
+      <c r="D246"/>
+      <c r="E246" t="s">
+        <v>22</v>
+      </c>
+      <c r="F246" t="s">
+        <v>15</v>
+      </c>
+      <c r="G246" t="s">
+        <v>16</v>
+      </c>
+      <c r="H246" t="s">
+        <v>17</v>
+      </c>
+      <c r="I246" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9">
+      <c r="A247" t="s">
+        <v>626</v>
+      </c>
+      <c r="B247" t="s">
+        <v>627</v>
+      </c>
+      <c r="C247" t="s">
+        <v>628</v>
+      </c>
+      <c r="D247"/>
+      <c r="E247" t="s">
+        <v>22</v>
+      </c>
+      <c r="F247" t="s">
+        <v>15</v>
+      </c>
+      <c r="G247" t="s">
+        <v>16</v>
+      </c>
+      <c r="H247" t="s">
+        <v>30</v>
+      </c>
+      <c r="I247" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9">
+      <c r="A248" t="s">
+        <v>629</v>
+      </c>
+      <c r="B248" t="s">
+        <v>630</v>
+      </c>
+      <c r="C248" t="s">
         <v>438</v>
       </c>
-      <c r="B231" t="s">
-[...409 lines deleted...]
-      </c>
+      <c r="D248"/>
       <c r="E248" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F248" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G248" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H248" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I248" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>474</v>
+        <v>631</v>
       </c>
       <c r="B249" t="s">
-        <v>475</v>
-[...4 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="C249" t="s">
+        <v>631</v>
+      </c>
+      <c r="D249"/>
       <c r="E249" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F249" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G249" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H249" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I249" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>476</v>
+        <v>633</v>
       </c>
       <c r="B250" t="s">
-        <v>477</v>
-[...4 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="C250" t="s">
+        <v>635</v>
+      </c>
+      <c r="D250"/>
       <c r="E250" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F250" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="251" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G250" t="s">
+        <v>16</v>
+      </c>
+      <c r="H250"/>
+      <c r="I250" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>478</v>
+        <v>636</v>
       </c>
       <c r="B251" t="s">
-        <v>479</v>
-[...4 lines deleted...]
-      </c>
+        <v>637</v>
+      </c>
+      <c r="C251" t="s">
+        <v>638</v>
+      </c>
+      <c r="D251"/>
       <c r="E251" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F251" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G251" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H251" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I251" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>480</v>
+        <v>639</v>
       </c>
       <c r="B252" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="C252" t="s">
+        <v>641</v>
+      </c>
+      <c r="D252"/>
       <c r="E252" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F252" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G252" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H252" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I252" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>482</v>
+        <v>642</v>
       </c>
       <c r="B253" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="C253" t="s">
+        <v>644</v>
+      </c>
+      <c r="D253"/>
       <c r="E253" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F253" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G253" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H253" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I253" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>484</v>
+        <v>645</v>
       </c>
       <c r="B254"/>
-      <c r="C254"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C254" t="s">
+        <v>646</v>
+      </c>
+      <c r="D254"/>
       <c r="E254" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F254" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G254" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H254" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I254" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>485</v>
+        <v>647</v>
       </c>
       <c r="B255" t="s">
-        <v>486</v>
-[...4 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="C255" t="s">
+        <v>324</v>
+      </c>
+      <c r="D255"/>
       <c r="E255" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F255" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G255" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H255" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I255" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>487</v>
+        <v>649</v>
       </c>
       <c r="B256"/>
-      <c r="C256"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C256" t="s">
+        <v>649</v>
+      </c>
+      <c r="D256"/>
       <c r="E256" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F256" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G256" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H256" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I256" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>488</v>
+        <v>650</v>
       </c>
       <c r="B257" t="s">
-        <v>489</v>
-[...4 lines deleted...]
-      </c>
+        <v>651</v>
+      </c>
+      <c r="C257" t="s">
+        <v>650</v>
+      </c>
+      <c r="D257"/>
       <c r="E257" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F257" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G257" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H257" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I257" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>490</v>
+        <v>652</v>
       </c>
       <c r="B258" t="s">
-        <v>491</v>
-[...4 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="C258" t="s">
+        <v>654</v>
+      </c>
+      <c r="D258"/>
       <c r="E258" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F258" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G258" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H258" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I258" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>492</v>
+        <v>655</v>
       </c>
       <c r="B259" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="C259"/>
+        <v>656</v>
+      </c>
+      <c r="C259" t="s">
+        <v>655</v>
+      </c>
       <c r="D259"/>
-      <c r="E259" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E259"/>
       <c r="F259" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G259" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H259" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I259" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>494</v>
+        <v>657</v>
       </c>
       <c r="B260" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="C260"/>
+        <v>658</v>
+      </c>
+      <c r="C260" t="s">
+        <v>657</v>
+      </c>
       <c r="D260"/>
       <c r="E260"/>
-      <c r="F260" t="s">
-[...7 lines deleted...]
-    <row r="261" spans="1:8">
+      <c r="F260"/>
+      <c r="G260" t="s">
+        <v>16</v>
+      </c>
+      <c r="H260"/>
+      <c r="I260" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>496</v>
+        <v>659</v>
       </c>
       <c r="B261"/>
-      <c r="C261"/>
+      <c r="C261" t="s">
+        <v>660</v>
+      </c>
       <c r="D261"/>
-      <c r="E261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E261"/>
       <c r="F261" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G261" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-    <row r="262" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H261" t="s">
+        <v>30</v>
+      </c>
+      <c r="I261"/>
+    </row>
+    <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>497</v>
+        <v>661</v>
       </c>
       <c r="B262"/>
-      <c r="C262"/>
+      <c r="C262" t="s">
+        <v>661</v>
+      </c>
       <c r="D262"/>
-      <c r="E262" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E262"/>
       <c r="F262" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G262" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H262" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I262" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>498</v>
+        <v>662</v>
       </c>
       <c r="B263"/>
-      <c r="C263"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C263" t="s">
+        <v>663</v>
+      </c>
+      <c r="D263"/>
       <c r="E263" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F263" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G263" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H263" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I263" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>499</v>
+        <v>664</v>
       </c>
       <c r="B264" t="s">
-        <v>500</v>
-[...4 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="C264" t="s">
+        <v>666</v>
+      </c>
+      <c r="D264"/>
       <c r="E264" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F264" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G264" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H264" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I264" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>501</v>
+        <v>667</v>
       </c>
       <c r="B265"/>
-      <c r="C265"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C265" t="s">
+        <v>668</v>
+      </c>
+      <c r="D265"/>
       <c r="E265" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F265" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G265" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H265" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I265" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>502</v>
+        <v>669</v>
       </c>
       <c r="B266" t="s">
-        <v>503</v>
-[...4 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="C266" t="s">
+        <v>671</v>
+      </c>
+      <c r="D266"/>
       <c r="E266" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F266" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G266" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H266" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I266" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>504</v>
+        <v>672</v>
       </c>
       <c r="B267" t="s">
-        <v>505</v>
-[...4 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="C267" t="s">
+        <v>674</v>
+      </c>
+      <c r="D267"/>
       <c r="E267" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F267" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G267" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H267" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I267" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>506</v>
+        <v>675</v>
       </c>
       <c r="B268"/>
-      <c r="C268"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C268" t="s">
+        <v>676</v>
+      </c>
+      <c r="D268"/>
       <c r="E268" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F268" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G268" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H268" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I268" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>507</v>
+        <v>677</v>
       </c>
       <c r="B269" t="s">
-        <v>508</v>
-[...4 lines deleted...]
-      </c>
+        <v>678</v>
+      </c>
+      <c r="C269" t="s">
+        <v>679</v>
+      </c>
+      <c r="D269"/>
       <c r="E269" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F269" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G269" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H269" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I269" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>509</v>
+        <v>680</v>
       </c>
       <c r="B270" t="s">
-        <v>510</v>
-[...4 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="C270" t="s">
+        <v>682</v>
+      </c>
+      <c r="D270"/>
       <c r="E270" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F270" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G270" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H270" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I270" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>511</v>
+        <v>683</v>
       </c>
       <c r="B271"/>
-      <c r="C271"/>
+      <c r="C271" t="s">
+        <v>683</v>
+      </c>
       <c r="D271"/>
       <c r="E271"/>
-      <c r="F271" t="s">
-[...7 lines deleted...]
-    <row r="272" spans="1:8">
+      <c r="F271"/>
+      <c r="G271" t="s">
+        <v>16</v>
+      </c>
+      <c r="H271"/>
+      <c r="I271" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>512</v>
+        <v>684</v>
       </c>
       <c r="B272"/>
-      <c r="C272"/>
+      <c r="C272" t="s">
+        <v>684</v>
+      </c>
       <c r="D272"/>
       <c r="E272"/>
-      <c r="F272" t="s">
-[...7 lines deleted...]
-    <row r="273" spans="1:8">
+      <c r="F272"/>
+      <c r="G272" t="s">
+        <v>16</v>
+      </c>
+      <c r="H272"/>
+      <c r="I272" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>513</v>
+        <v>685</v>
       </c>
       <c r="B273" t="s">
-        <v>514</v>
-[...4 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="C273" t="s">
+        <v>687</v>
+      </c>
+      <c r="D273"/>
       <c r="E273" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F273" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G273" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H273" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I273" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>515</v>
+        <v>688</v>
       </c>
       <c r="B274"/>
-      <c r="C274"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C274" t="s">
+        <v>689</v>
+      </c>
+      <c r="D274"/>
       <c r="E274" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F274" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G274" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H274" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I274" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>516</v>
+        <v>690</v>
       </c>
       <c r="B275"/>
-      <c r="C275"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C275" t="s">
+        <v>691</v>
+      </c>
+      <c r="D275"/>
       <c r="E275" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F275" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G275" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H275" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I275" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>517</v>
+        <v>692</v>
       </c>
       <c r="B276" t="s">
-        <v>518</v>
-[...4 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="C276" t="s">
+        <v>694</v>
+      </c>
+      <c r="D276"/>
       <c r="E276" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F276" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G276" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H276" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I276" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>519</v>
+        <v>695</v>
       </c>
       <c r="B277" t="s">
-        <v>520</v>
-[...4 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="C277" t="s">
+        <v>697</v>
+      </c>
+      <c r="D277"/>
       <c r="E277" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F277" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G277" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H277" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I277" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>521</v>
+        <v>698</v>
       </c>
       <c r="B278" t="s">
-        <v>522</v>
-[...4 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="C278" t="s">
+        <v>700</v>
+      </c>
+      <c r="D278"/>
       <c r="E278" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F278" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G278" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H278" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I278" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>523</v>
+        <v>701</v>
       </c>
       <c r="B279" t="s">
-        <v>524</v>
-[...4 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="C279" t="s">
+        <v>703</v>
+      </c>
+      <c r="D279"/>
       <c r="E279" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F279" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G279" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H279" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I279" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>525</v>
+        <v>704</v>
       </c>
       <c r="B280"/>
-      <c r="C280"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C280" t="s">
+        <v>705</v>
+      </c>
+      <c r="D280"/>
       <c r="E280" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F280" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G280" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H280" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I280" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>526</v>
+        <v>706</v>
       </c>
       <c r="B281"/>
-      <c r="C281"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C281" t="s">
+        <v>707</v>
+      </c>
+      <c r="D281"/>
       <c r="E281" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F281" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G281" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H281" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I281" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>527</v>
+        <v>708</v>
       </c>
       <c r="B282"/>
-      <c r="C282"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C282" t="s">
+        <v>58</v>
+      </c>
+      <c r="D282"/>
       <c r="E282" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F282" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G282" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H282" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I282" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>528</v>
+        <v>709</v>
       </c>
       <c r="B283" t="s">
-        <v>529</v>
-[...4 lines deleted...]
-      </c>
+        <v>710</v>
+      </c>
+      <c r="C283" t="s">
+        <v>711</v>
+      </c>
+      <c r="D283"/>
       <c r="E283" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F283" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G283" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H283" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I283" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>530</v>
+        <v>712</v>
       </c>
       <c r="B284"/>
-      <c r="C284"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C284" t="s">
+        <v>712</v>
+      </c>
+      <c r="D284"/>
       <c r="E284" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F284" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G284" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H284" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I284" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>531</v>
+        <v>713</v>
       </c>
       <c r="B285"/>
-      <c r="C285"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C285" t="s">
+        <v>714</v>
+      </c>
+      <c r="D285"/>
       <c r="E285" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F285" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G285" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H285" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I285" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>532</v>
+        <v>715</v>
       </c>
       <c r="B286"/>
-      <c r="C286"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C286" t="s">
+        <v>716</v>
+      </c>
+      <c r="D286"/>
       <c r="E286" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F286" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G286" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H286" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I286" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>533</v>
+        <v>717</v>
       </c>
       <c r="B287" t="s">
-        <v>534</v>
-[...4 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="C287" t="s">
+        <v>719</v>
+      </c>
+      <c r="D287"/>
       <c r="E287" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F287" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G287" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H287" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I287" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>535</v>
+        <v>720</v>
       </c>
       <c r="B288"/>
-      <c r="C288"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C288" t="s">
+        <v>721</v>
+      </c>
+      <c r="D288"/>
       <c r="E288" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F288" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G288" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H288" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I288" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>536</v>
+        <v>722</v>
       </c>
       <c r="B289"/>
-      <c r="C289"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C289" t="s">
+        <v>723</v>
+      </c>
+      <c r="D289"/>
       <c r="E289" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F289" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G289" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H289" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I289" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>537</v>
+        <v>724</v>
       </c>
       <c r="B290"/>
-      <c r="C290"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C290" t="s">
+        <v>725</v>
+      </c>
+      <c r="D290"/>
       <c r="E290" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F290" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G290" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H290" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I290" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>538</v>
+        <v>726</v>
       </c>
       <c r="B291"/>
-      <c r="C291"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C291" t="s">
+        <v>727</v>
+      </c>
+      <c r="D291"/>
       <c r="E291" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F291" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G291" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H291" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I291" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>539</v>
+        <v>728</v>
       </c>
       <c r="B292"/>
-      <c r="C292"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C292" t="s">
+        <v>729</v>
+      </c>
+      <c r="D292"/>
       <c r="E292" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F292" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G292" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H292" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I292" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>540</v>
+        <v>730</v>
       </c>
       <c r="B293"/>
-      <c r="C293"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C293" t="s">
+        <v>731</v>
+      </c>
+      <c r="D293"/>
       <c r="E293" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F293" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G293" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H293" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I293" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>541</v>
+        <v>732</v>
       </c>
       <c r="B294"/>
-      <c r="C294"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C294" t="s">
+        <v>438</v>
+      </c>
+      <c r="D294"/>
       <c r="E294" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F294" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G294" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H294" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I294" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>542</v>
+        <v>733</v>
       </c>
       <c r="B295"/>
-      <c r="C295"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C295" t="s">
+        <v>734</v>
+      </c>
+      <c r="D295"/>
       <c r="E295" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F295" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G295" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H295" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I295" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>543</v>
+        <v>735</v>
       </c>
       <c r="B296" t="s">
-        <v>544</v>
-[...4 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="C296" t="s">
+        <v>463</v>
+      </c>
+      <c r="D296"/>
       <c r="E296" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F296" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G296" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H296" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I296" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>545</v>
+        <v>737</v>
       </c>
       <c r="B297"/>
-      <c r="C297"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C297" t="s">
+        <v>324</v>
+      </c>
+      <c r="D297"/>
       <c r="E297" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F297" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G297" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H297" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I297" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>546</v>
+        <v>738</v>
       </c>
       <c r="B298"/>
-      <c r="C298"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C298" t="s">
+        <v>739</v>
+      </c>
+      <c r="D298"/>
       <c r="E298" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F298" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G298" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H298" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I298" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>547</v>
+        <v>740</v>
       </c>
       <c r="B299" t="s">
-        <v>548</v>
-[...4 lines deleted...]
-      </c>
+        <v>741</v>
+      </c>
+      <c r="C299" t="s">
+        <v>742</v>
+      </c>
+      <c r="D299"/>
       <c r="E299" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F299" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G299" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H299" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I299" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>549</v>
+        <v>743</v>
       </c>
       <c r="B300"/>
-      <c r="C300"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C300" t="s">
+        <v>743</v>
+      </c>
+      <c r="D300"/>
       <c r="E300" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F300" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G300" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H300" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I300" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>550</v>
+        <v>744</v>
       </c>
       <c r="B301" t="s">
-        <v>551</v>
-[...4 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="C301" t="s">
+        <v>746</v>
+      </c>
+      <c r="D301"/>
       <c r="E301" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F301" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G301" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H301" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I301" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>552</v>
+        <v>747</v>
       </c>
       <c r="B302"/>
-      <c r="C302"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C302" t="s">
+        <v>748</v>
+      </c>
+      <c r="D302"/>
       <c r="E302" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F302" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G302" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H302" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I302" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>553</v>
+        <v>749</v>
       </c>
       <c r="B303" t="s">
-        <v>554</v>
-[...4 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="C303" t="s">
+        <v>751</v>
+      </c>
+      <c r="D303"/>
       <c r="E303" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F303" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G303" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H303" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I303" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>555</v>
+        <v>752</v>
       </c>
       <c r="B304" t="s">
-        <v>556</v>
-[...4 lines deleted...]
-      </c>
+        <v>753</v>
+      </c>
+      <c r="C304" t="s">
+        <v>754</v>
+      </c>
+      <c r="D304"/>
       <c r="E304" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F304" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="305" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G304" t="s">
+        <v>16</v>
+      </c>
+      <c r="H304"/>
+      <c r="I304" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>557</v>
+        <v>755</v>
       </c>
       <c r="B305" t="s">
-        <v>558</v>
-[...4 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="C305" t="s">
+        <v>757</v>
+      </c>
+      <c r="D305"/>
       <c r="E305" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F305" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="306" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G305" t="s">
+        <v>16</v>
+      </c>
+      <c r="H305"/>
+      <c r="I305" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>559</v>
+        <v>758</v>
       </c>
       <c r="B306" t="s">
-        <v>560</v>
-[...4 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="C306" t="s">
+        <v>760</v>
+      </c>
+      <c r="D306"/>
       <c r="E306" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F306" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="307" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G306" t="s">
+        <v>16</v>
+      </c>
+      <c r="H306"/>
+      <c r="I306" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>561</v>
+        <v>761</v>
       </c>
       <c r="B307" t="s">
-        <v>562</v>
-[...4 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="C307" t="s">
+        <v>763</v>
+      </c>
+      <c r="D307"/>
       <c r="E307" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F307" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="308" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G307" t="s">
+        <v>16</v>
+      </c>
+      <c r="H307"/>
+      <c r="I307" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>563</v>
+        <v>764</v>
       </c>
       <c r="B308" t="s">
-        <v>564</v>
-[...4 lines deleted...]
-      </c>
+        <v>765</v>
+      </c>
+      <c r="C308" t="s">
+        <v>766</v>
+      </c>
+      <c r="D308"/>
       <c r="E308" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F308" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="309" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G308" t="s">
+        <v>16</v>
+      </c>
+      <c r="H308"/>
+      <c r="I308" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>565</v>
+        <v>767</v>
       </c>
       <c r="B309" t="s">
-        <v>566</v>
-[...4 lines deleted...]
-      </c>
+        <v>768</v>
+      </c>
+      <c r="C309" t="s">
+        <v>769</v>
+      </c>
+      <c r="D309"/>
       <c r="E309" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F309" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="310" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G309" t="s">
+        <v>16</v>
+      </c>
+      <c r="H309"/>
+      <c r="I309" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>567</v>
+        <v>770</v>
       </c>
       <c r="B310" t="s">
-        <v>568</v>
-[...4 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="C310" t="s">
+        <v>772</v>
+      </c>
+      <c r="D310"/>
       <c r="E310" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F310" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="311" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G310" t="s">
+        <v>16</v>
+      </c>
+      <c r="H310"/>
+      <c r="I310" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>569</v>
+        <v>773</v>
       </c>
       <c r="B311" t="s">
-        <v>570</v>
-[...4 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="C311" t="s">
+        <v>775</v>
+      </c>
+      <c r="D311"/>
       <c r="E311" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F311" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="312" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G311" t="s">
+        <v>16</v>
+      </c>
+      <c r="H311"/>
+      <c r="I311" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>571</v>
+        <v>776</v>
       </c>
       <c r="B312" t="s">
-        <v>572</v>
-[...4 lines deleted...]
-      </c>
+        <v>777</v>
+      </c>
+      <c r="C312" t="s">
+        <v>778</v>
+      </c>
+      <c r="D312"/>
       <c r="E312" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F312" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="313" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G312" t="s">
+        <v>16</v>
+      </c>
+      <c r="H312"/>
+      <c r="I312" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>573</v>
+        <v>779</v>
       </c>
       <c r="B313" t="s">
-        <v>574</v>
-[...4 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="C313" t="s">
+        <v>781</v>
+      </c>
+      <c r="D313"/>
       <c r="E313" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F313" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="314" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G313" t="s">
+        <v>16</v>
+      </c>
+      <c r="H313"/>
+      <c r="I313" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>575</v>
+        <v>782</v>
       </c>
       <c r="B314" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="C314"/>
+        <v>783</v>
+      </c>
+      <c r="C314" t="s">
+        <v>784</v>
+      </c>
       <c r="D314"/>
       <c r="E314"/>
-      <c r="F314" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F314"/>
       <c r="G314" t="s">
-        <v>577</v>
+        <v>16</v>
       </c>
       <c r="H314" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:8">
+        <v>785</v>
+      </c>
+      <c r="I314" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>578</v>
+        <v>786</v>
       </c>
       <c r="B315" t="s">
-        <v>579</v>
-[...4 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="C315" t="s">
+        <v>788</v>
+      </c>
+      <c r="D315"/>
       <c r="E315" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F315" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="316" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G315" t="s">
+        <v>16</v>
+      </c>
+      <c r="H315"/>
+      <c r="I315" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>580</v>
+        <v>789</v>
       </c>
       <c r="B316"/>
-      <c r="C316"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C316" t="s">
+        <v>790</v>
+      </c>
+      <c r="D316"/>
       <c r="E316" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F316" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G316" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H316" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I316" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>581</v>
+        <v>163</v>
       </c>
       <c r="B317" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      </c>
+        <v>791</v>
+      </c>
+      <c r="C317" t="s">
+        <v>792</v>
+      </c>
+      <c r="D317"/>
       <c r="E317" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F317" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G317" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H317" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I317" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9">
       <c r="A318" t="s">
-        <v>583</v>
+        <v>793</v>
       </c>
       <c r="B318"/>
-      <c r="C318"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C318" t="s">
+        <v>794</v>
+      </c>
+      <c r="D318"/>
       <c r="E318" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F318" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G318" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H318" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I318" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9">
       <c r="A319" t="s">
-        <v>584</v>
+        <v>795</v>
       </c>
       <c r="B319"/>
-      <c r="C319"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C319" t="s">
+        <v>796</v>
+      </c>
+      <c r="D319"/>
       <c r="E319" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F319" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G319" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H319" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I319" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>585</v>
+        <v>797</v>
       </c>
       <c r="B320"/>
-      <c r="C320"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C320" t="s">
+        <v>798</v>
+      </c>
+      <c r="D320"/>
       <c r="E320" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F320" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G320" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H320" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I320" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9">
       <c r="A321" t="s">
-        <v>586</v>
+        <v>799</v>
       </c>
       <c r="B321" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="C321" t="s">
+        <v>801</v>
+      </c>
+      <c r="D321"/>
       <c r="E321" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F321" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G321" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H321" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I321" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>588</v>
+        <v>802</v>
       </c>
       <c r="B322"/>
-      <c r="C322"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C322" t="s">
+        <v>803</v>
+      </c>
+      <c r="D322"/>
       <c r="E322" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F322" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G322" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H322" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I322" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9">
       <c r="A323" t="s">
-        <v>589</v>
+        <v>804</v>
       </c>
       <c r="B323"/>
-      <c r="C323"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C323" t="s">
+        <v>805</v>
+      </c>
+      <c r="D323"/>
       <c r="E323" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F323" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G323" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H323" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I323" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9">
       <c r="A324" t="s">
-        <v>590</v>
+        <v>806</v>
       </c>
       <c r="B324"/>
-      <c r="C324"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C324" t="s">
+        <v>807</v>
+      </c>
+      <c r="D324"/>
       <c r="E324" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F324" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G324" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H324" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I324" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9">
       <c r="A325" t="s">
-        <v>591</v>
+        <v>808</v>
       </c>
       <c r="B325"/>
-      <c r="C325"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C325" t="s">
+        <v>809</v>
+      </c>
+      <c r="D325"/>
       <c r="E325" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F325" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="326" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G325" t="s">
+        <v>16</v>
+      </c>
+      <c r="H325"/>
+      <c r="I325" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9">
       <c r="A326" t="s">
-        <v>592</v>
+        <v>810</v>
       </c>
       <c r="B326"/>
-      <c r="C326"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C326" t="s">
+        <v>811</v>
+      </c>
+      <c r="D326"/>
       <c r="E326" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F326" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G326" t="s">
-        <v>593</v>
+        <v>16</v>
       </c>
       <c r="H326" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:8">
+        <v>812</v>
+      </c>
+      <c r="I326" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>594</v>
+        <v>813</v>
       </c>
       <c r="B327"/>
-      <c r="C327"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C327" t="s">
+        <v>814</v>
+      </c>
+      <c r="D327"/>
       <c r="E327" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F327" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G327" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H327" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I327" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9">
       <c r="A328" t="s">
-        <v>595</v>
+        <v>815</v>
       </c>
       <c r="B328"/>
       <c r="C328"/>
-      <c r="D328" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D328"/>
       <c r="E328" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F328" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G328" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H328" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I328" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9">
       <c r="A329" t="s">
-        <v>596</v>
+        <v>816</v>
       </c>
       <c r="B329"/>
-      <c r="C329"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C329" t="s">
+        <v>816</v>
+      </c>
+      <c r="D329"/>
       <c r="E329" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F329" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G329" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H329" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I329" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9">
       <c r="A330" t="s">
-        <v>597</v>
+        <v>817</v>
       </c>
       <c r="B330"/>
       <c r="C330"/>
-      <c r="D330" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D330"/>
       <c r="E330" t="s">
-        <v>13</v>
+        <v>818</v>
       </c>
       <c r="F330" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G330" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H330" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I330" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9">
       <c r="A331" t="s">
-        <v>599</v>
+        <v>819</v>
       </c>
       <c r="B331"/>
       <c r="C331"/>
-      <c r="D331" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D331"/>
       <c r="E331" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F331" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G331" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H331" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I331" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9">
       <c r="A332" t="s">
-        <v>601</v>
+        <v>821</v>
       </c>
       <c r="B332" t="s">
-        <v>602</v>
-[...4 lines deleted...]
-      </c>
+        <v>822</v>
+      </c>
+      <c r="C332" t="s">
+        <v>823</v>
+      </c>
+      <c r="D332"/>
       <c r="E332" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F332" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G332" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H332" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I332" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9">
       <c r="A333" t="s">
-        <v>603</v>
+        <v>824</v>
       </c>
       <c r="B333"/>
-      <c r="C333"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C333" t="s">
+        <v>825</v>
+      </c>
+      <c r="D333"/>
       <c r="E333" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F333" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G333" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H333" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I333" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9">
       <c r="A334" t="s">
-        <v>604</v>
+        <v>826</v>
       </c>
       <c r="B334"/>
       <c r="C334"/>
-      <c r="D334" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D334"/>
       <c r="E334" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F334" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G334" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H334" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I334" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9">
       <c r="A335" t="s">
-        <v>605</v>
+        <v>827</v>
       </c>
       <c r="B335"/>
       <c r="C335"/>
-      <c r="D335" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D335"/>
       <c r="E335" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F335" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G335" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H335" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I335" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9">
       <c r="A336" t="s">
-        <v>606</v>
+        <v>828</v>
       </c>
       <c r="B336"/>
-      <c r="C336"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C336" t="s">
+        <v>828</v>
+      </c>
+      <c r="D336"/>
       <c r="E336" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F336" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G336" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H336" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I336" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9">
       <c r="A337" t="s">
-        <v>607</v>
+        <v>829</v>
       </c>
       <c r="B337"/>
-      <c r="C337"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C337" t="s">
+        <v>829</v>
+      </c>
+      <c r="D337"/>
       <c r="E337" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F337" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G337" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H337" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I337" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>608</v>
+        <v>830</v>
       </c>
       <c r="B338"/>
-      <c r="C338"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C338" t="s">
+        <v>830</v>
+      </c>
+      <c r="D338"/>
       <c r="E338" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F338" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G338" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H338" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I338" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9">
       <c r="A339" t="s">
-        <v>609</v>
+        <v>831</v>
       </c>
       <c r="B339" t="s">
-        <v>610</v>
-[...4 lines deleted...]
-      </c>
+        <v>832</v>
+      </c>
+      <c r="C339" t="s">
+        <v>833</v>
+      </c>
+      <c r="D339"/>
       <c r="E339" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F339" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G339" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H339" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I339" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9">
       <c r="A340" t="s">
-        <v>611</v>
+        <v>834</v>
       </c>
       <c r="B340"/>
-      <c r="C340"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C340" t="s">
+        <v>834</v>
+      </c>
+      <c r="D340"/>
       <c r="E340" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F340" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G340" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H340" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I340" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9">
       <c r="A341" t="s">
-        <v>612</v>
+        <v>835</v>
       </c>
       <c r="B341" t="s">
-        <v>613</v>
-[...4 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="C341" t="s">
+        <v>835</v>
+      </c>
+      <c r="D341"/>
       <c r="E341" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F341" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G341" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H341" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I341" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9">
       <c r="A342" t="s">
-        <v>614</v>
+        <v>837</v>
       </c>
       <c r="B342"/>
-      <c r="C342"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C342" t="s">
+        <v>838</v>
+      </c>
+      <c r="D342"/>
       <c r="E342" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F342" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G342" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H342" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I342" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>615</v>
+        <v>839</v>
       </c>
       <c r="B343" t="s">
-        <v>616</v>
-[...4 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="C343" t="s">
+        <v>841</v>
+      </c>
+      <c r="D343"/>
       <c r="E343" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F343" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G343" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H343" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I343" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9">
       <c r="A344" t="s">
-        <v>617</v>
+        <v>842</v>
       </c>
       <c r="B344" t="s">
-        <v>618</v>
+        <v>843</v>
       </c>
       <c r="C344"/>
-      <c r="D344" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D344"/>
       <c r="E344" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F344" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G344" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H344" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I344" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>619</v>
+        <v>844</v>
       </c>
       <c r="B345" t="s">
-        <v>620</v>
+        <v>845</v>
       </c>
       <c r="C345"/>
-      <c r="D345" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D345"/>
       <c r="E345" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F345" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G345" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H345" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I345" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>621</v>
+        <v>846</v>
       </c>
       <c r="B346" t="s">
-        <v>622</v>
+        <v>847</v>
       </c>
       <c r="C346"/>
-      <c r="D346" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D346"/>
       <c r="E346" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F346" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G346" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H346" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I346" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9">
       <c r="A347" t="s">
-        <v>623</v>
+        <v>848</v>
       </c>
       <c r="B347" t="s">
-        <v>624</v>
-[...4 lines deleted...]
-      </c>
+        <v>849</v>
+      </c>
+      <c r="C347" t="s">
+        <v>850</v>
+      </c>
+      <c r="D347"/>
       <c r="E347" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F347" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G347" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H347" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I347" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9">
       <c r="A348" t="s">
-        <v>625</v>
+        <v>851</v>
       </c>
       <c r="B348"/>
       <c r="C348"/>
-      <c r="D348" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D348"/>
       <c r="E348" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F348" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G348" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H348" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I348" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>627</v>
+        <v>853</v>
       </c>
       <c r="B349"/>
       <c r="C349"/>
-      <c r="D349" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D349"/>
       <c r="E349" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F349" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G349" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H349" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I349" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9">
       <c r="A350" t="s">
-        <v>628</v>
+        <v>854</v>
       </c>
       <c r="B350" t="s">
-        <v>629</v>
+        <v>855</v>
       </c>
       <c r="C350"/>
-      <c r="D350" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D350"/>
       <c r="E350" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F350" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G350" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H350" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I350" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9">
       <c r="A351" t="s">
-        <v>630</v>
+        <v>856</v>
       </c>
       <c r="B351"/>
-      <c r="C351"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C351" t="s">
+        <v>857</v>
+      </c>
+      <c r="D351"/>
       <c r="E351" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F351" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G351" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H351" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I351" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>631</v>
+        <v>858</v>
       </c>
       <c r="B352" t="s">
-        <v>632</v>
-[...4 lines deleted...]
-      </c>
+        <v>859</v>
+      </c>
+      <c r="C352" t="s">
+        <v>860</v>
+      </c>
+      <c r="D352"/>
       <c r="E352" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F352" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G352" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H352" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I352" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>633</v>
+        <v>861</v>
       </c>
       <c r="B353"/>
       <c r="C353"/>
-      <c r="D353" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D353"/>
       <c r="E353" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F353" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G353" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H353" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I353" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9">
       <c r="A354" t="s">
-        <v>634</v>
+        <v>862</v>
       </c>
       <c r="B354"/>
-      <c r="C354"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C354" t="s">
+        <v>863</v>
+      </c>
+      <c r="D354"/>
       <c r="E354" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F354" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G354" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H354" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I354" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9">
       <c r="A355" t="s">
-        <v>635</v>
+        <v>864</v>
       </c>
       <c r="B355"/>
       <c r="C355"/>
-      <c r="D355" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D355"/>
       <c r="E355" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F355" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G355" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H355" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I355" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>636</v>
+        <v>865</v>
       </c>
       <c r="B356" t="s">
-        <v>637</v>
+        <v>866</v>
       </c>
       <c r="C356"/>
-      <c r="D356" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D356"/>
       <c r="E356" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F356" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G356" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H356" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I356" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>638</v>
+        <v>867</v>
       </c>
       <c r="B357"/>
       <c r="C357"/>
-      <c r="D357" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D357"/>
       <c r="E357" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F357" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G357" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H357" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I357" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>639</v>
+        <v>868</v>
       </c>
       <c r="B358"/>
       <c r="C358"/>
-      <c r="D358" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D358"/>
       <c r="E358" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F358" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G358" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H358" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I358" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>640</v>
+        <v>869</v>
       </c>
       <c r="B359"/>
-      <c r="C359"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C359" t="s">
+        <v>870</v>
+      </c>
+      <c r="D359"/>
       <c r="E359" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F359" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G359" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H359" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I359" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>641</v>
+        <v>871</v>
       </c>
       <c r="B360" t="s">
-        <v>642</v>
+        <v>872</v>
       </c>
       <c r="C360"/>
-      <c r="D360" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D360"/>
       <c r="E360" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F360" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G360" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H360" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I360" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>643</v>
+        <v>873</v>
       </c>
       <c r="B361"/>
-      <c r="C361"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C361" t="s">
+        <v>874</v>
+      </c>
+      <c r="D361"/>
       <c r="E361" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F361" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G361" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H361" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I361" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9">
       <c r="A362" t="s">
-        <v>644</v>
+        <v>875</v>
       </c>
       <c r="B362"/>
       <c r="C362"/>
-      <c r="D362" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D362"/>
       <c r="E362" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F362" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G362" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H362" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I362" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>645</v>
+        <v>876</v>
       </c>
       <c r="B363"/>
       <c r="C363"/>
-      <c r="D363" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D363"/>
       <c r="E363" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F363" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G363" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H363" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I363" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>646</v>
+        <v>877</v>
       </c>
       <c r="B364"/>
       <c r="C364"/>
-      <c r="D364" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D364"/>
       <c r="E364" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F364" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G364" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H364" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I364" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>647</v>
+        <v>878</v>
       </c>
       <c r="B365"/>
       <c r="C365"/>
-      <c r="D365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D365"/>
       <c r="E365" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F365" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G365" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H365" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I365" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>648</v>
+        <v>879</v>
       </c>
       <c r="B366"/>
       <c r="C366"/>
-      <c r="D366" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D366"/>
       <c r="E366" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F366" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G366" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H366" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I366" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9">
       <c r="A367" t="s">
-        <v>649</v>
+        <v>880</v>
       </c>
       <c r="B367"/>
       <c r="C367"/>
-      <c r="D367" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D367"/>
       <c r="E367" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F367" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G367" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H367" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I367" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9">
       <c r="A368" t="s">
-        <v>650</v>
+        <v>881</v>
       </c>
       <c r="B368"/>
       <c r="C368"/>
-      <c r="D368" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D368"/>
       <c r="E368" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F368" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G368" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H368" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I368" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9">
       <c r="A369" t="s">
-        <v>651</v>
+        <v>882</v>
       </c>
       <c r="B369"/>
       <c r="C369"/>
-      <c r="D369" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D369"/>
       <c r="E369" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F369" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G369" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H369" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I369" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9">
       <c r="A370" t="s">
-        <v>652</v>
+        <v>883</v>
       </c>
       <c r="B370"/>
-      <c r="C370"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C370" t="s">
+        <v>884</v>
+      </c>
+      <c r="D370"/>
       <c r="E370" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F370" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G370" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H370" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I370" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>653</v>
+        <v>885</v>
       </c>
       <c r="B371"/>
-      <c r="C371"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C371" t="s">
+        <v>886</v>
+      </c>
+      <c r="D371"/>
       <c r="E371" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F371" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G371" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H371" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I371" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9">
       <c r="A372" t="s">
-        <v>654</v>
+        <v>887</v>
       </c>
       <c r="B372"/>
       <c r="C372"/>
-      <c r="D372" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D372"/>
       <c r="E372" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F372" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G372" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H372" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I372" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9">
       <c r="A373" t="s">
-        <v>655</v>
+        <v>888</v>
       </c>
       <c r="B373" t="s">
-        <v>656</v>
+        <v>889</v>
       </c>
       <c r="C373"/>
-      <c r="D373" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D373"/>
       <c r="E373" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F373" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G373" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H373" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I373" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9">
       <c r="A374" t="s">
-        <v>657</v>
+        <v>890</v>
       </c>
       <c r="B374"/>
-      <c r="C374"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C374" t="s">
+        <v>891</v>
+      </c>
+      <c r="D374"/>
       <c r="E374" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F374" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G374" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H374" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I374" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9">
       <c r="A375" t="s">
-        <v>658</v>
+        <v>892</v>
       </c>
       <c r="B375"/>
       <c r="C375"/>
-      <c r="D375" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D375"/>
       <c r="E375" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F375" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G375" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H375" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I375" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>659</v>
+        <v>893</v>
       </c>
       <c r="B376"/>
-      <c r="C376"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C376" t="s">
+        <v>894</v>
+      </c>
+      <c r="D376"/>
       <c r="E376" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F376" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G376" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H376" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I376" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>660</v>
+        <v>895</v>
       </c>
       <c r="B377"/>
       <c r="C377"/>
-      <c r="D377" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D377"/>
       <c r="E377" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F377" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G377" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H377" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I377" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>661</v>
+        <v>896</v>
       </c>
       <c r="B378"/>
-      <c r="C378"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C378" t="s">
+        <v>897</v>
+      </c>
+      <c r="D378"/>
       <c r="E378" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F378" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G378" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H378" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I378" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>662</v>
+        <v>898</v>
       </c>
       <c r="B379"/>
-      <c r="C379"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C379" t="s">
+        <v>899</v>
+      </c>
+      <c r="D379"/>
       <c r="E379" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F379" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G379" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H379" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I379" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>663</v>
+        <v>900</v>
       </c>
       <c r="B380"/>
       <c r="C380"/>
-      <c r="D380" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D380"/>
       <c r="E380" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F380" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G380" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H380" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I380" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>664</v>
+        <v>901</v>
       </c>
       <c r="B381"/>
       <c r="C381"/>
-      <c r="D381" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D381"/>
       <c r="E381" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F381" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G381" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H381" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I381" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>665</v>
+        <v>902</v>
       </c>
       <c r="B382"/>
       <c r="C382"/>
-      <c r="D382" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D382"/>
       <c r="E382" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F382" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G382" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H382" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I382" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>666</v>
+        <v>903</v>
       </c>
       <c r="B383" t="s">
-        <v>667</v>
-[...4 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="C383" t="s">
+        <v>905</v>
+      </c>
+      <c r="D383"/>
       <c r="E383" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F383" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G383" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H383" t="s">
         <v>30</v>
       </c>
-    </row>
-    <row r="384" spans="1:8">
+      <c r="I383" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9">
       <c r="A384" t="s">
-        <v>668</v>
+        <v>906</v>
       </c>
       <c r="B384" t="s">
-        <v>669</v>
+        <v>907</v>
       </c>
       <c r="C384"/>
-      <c r="D384" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D384"/>
       <c r="E384" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F384" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G384" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H384" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I384" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>670</v>
+        <v>908</v>
       </c>
       <c r="B385"/>
-      <c r="C385"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C385" t="s">
+        <v>909</v>
+      </c>
+      <c r="D385"/>
       <c r="E385" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F385" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G385" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H385" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I385" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>671</v>
+        <v>910</v>
       </c>
       <c r="B386"/>
-      <c r="C386"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C386" t="s">
+        <v>911</v>
+      </c>
+      <c r="D386"/>
       <c r="E386" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F386" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G386" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H386" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I386" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>673</v>
+        <v>913</v>
       </c>
       <c r="B387" t="s">
-        <v>674</v>
-[...4 lines deleted...]
-      </c>
+        <v>914</v>
+      </c>
+      <c r="C387" t="s">
+        <v>915</v>
+      </c>
+      <c r="D387"/>
       <c r="E387" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F387" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G387" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H387" t="s">
         <v>30</v>
       </c>
-    </row>
-    <row r="388" spans="1:8">
+      <c r="I387" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>675</v>
+        <v>916</v>
       </c>
       <c r="B388"/>
-      <c r="C388"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C388" t="s">
+        <v>917</v>
+      </c>
+      <c r="D388"/>
       <c r="E388" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F388" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G388" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H388" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I388" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9">
       <c r="A389" t="s">
-        <v>676</v>
+        <v>918</v>
       </c>
       <c r="B389"/>
-      <c r="C389"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C389" t="s">
+        <v>918</v>
+      </c>
+      <c r="D389"/>
       <c r="E389" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F389" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G389" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H389" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I389" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>677</v>
+        <v>919</v>
       </c>
       <c r="B390"/>
-      <c r="C390"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C390" t="s">
+        <v>920</v>
+      </c>
+      <c r="D390"/>
       <c r="E390" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F390" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G390" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H390" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I390" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>678</v>
+        <v>921</v>
       </c>
       <c r="B391" t="s">
-        <v>679</v>
-[...4 lines deleted...]
-      </c>
+        <v>922</v>
+      </c>
+      <c r="C391" t="s">
+        <v>923</v>
+      </c>
+      <c r="D391"/>
       <c r="E391" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F391" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G391" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H391" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I391" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9">
       <c r="A392" t="s">
-        <v>681</v>
+        <v>925</v>
       </c>
       <c r="B392"/>
-      <c r="C392"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C392" t="s">
+        <v>925</v>
+      </c>
+      <c r="D392"/>
       <c r="E392" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F392" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G392" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H392" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I392" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9">
       <c r="A393" t="s">
-        <v>682</v>
+        <v>926</v>
       </c>
       <c r="B393"/>
-      <c r="C393"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C393" t="s">
+        <v>927</v>
+      </c>
+      <c r="D393"/>
       <c r="E393" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F393" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G393" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H393" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I393" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>683</v>
+        <v>928</v>
       </c>
       <c r="B394"/>
-      <c r="C394"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C394" t="s">
+        <v>929</v>
+      </c>
+      <c r="D394"/>
       <c r="E394" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F394" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G394" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H394" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I394" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>684</v>
+        <v>930</v>
       </c>
       <c r="B395"/>
       <c r="C395"/>
-      <c r="D395" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D395"/>
       <c r="E395" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F395" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G395" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H395" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I395" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9">
       <c r="A396" t="s">
-        <v>685</v>
+        <v>931</v>
       </c>
       <c r="B396"/>
-      <c r="C396"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C396" t="s">
+        <v>932</v>
+      </c>
+      <c r="D396"/>
       <c r="E396" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F396" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G396" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H396" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I396" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>686</v>
+        <v>933</v>
       </c>
       <c r="B397"/>
-      <c r="C397"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C397" t="s">
+        <v>934</v>
+      </c>
+      <c r="D397"/>
       <c r="E397" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F397" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G397" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H397" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I397" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9">
       <c r="A398" t="s">
-        <v>687</v>
+        <v>935</v>
       </c>
       <c r="B398"/>
-      <c r="C398"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C398" t="s">
+        <v>936</v>
+      </c>
+      <c r="D398"/>
       <c r="E398" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F398" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G398" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H398" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I398" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9">
       <c r="A399" t="s">
-        <v>688</v>
+        <v>937</v>
       </c>
       <c r="B399"/>
       <c r="C399"/>
-      <c r="D399" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D399"/>
       <c r="E399" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F399" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G399" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H399" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I399" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9">
       <c r="A400" t="s">
-        <v>689</v>
+        <v>938</v>
       </c>
       <c r="B400"/>
-      <c r="C400"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C400" t="s">
+        <v>939</v>
+      </c>
+      <c r="D400"/>
       <c r="E400" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F400" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G400" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H400" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I400" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9">
       <c r="A401" t="s">
-        <v>690</v>
+        <v>940</v>
       </c>
       <c r="B401"/>
-      <c r="C401"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C401" t="s">
+        <v>941</v>
+      </c>
+      <c r="D401"/>
       <c r="E401" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F401" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G401" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H401" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I401" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9">
       <c r="A402" t="s">
-        <v>691</v>
+        <v>942</v>
       </c>
       <c r="B402"/>
-      <c r="C402"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C402" t="s">
+        <v>943</v>
+      </c>
+      <c r="D402"/>
       <c r="E402" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F402" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G402" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H402" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I402" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9">
       <c r="A403" t="s">
-        <v>692</v>
+        <v>944</v>
       </c>
       <c r="B403"/>
-      <c r="C403"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C403" t="s">
+        <v>944</v>
+      </c>
+      <c r="D403"/>
       <c r="E403" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F403" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G403" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H403" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I403" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9">
       <c r="A404" t="s">
-        <v>693</v>
+        <v>945</v>
       </c>
       <c r="B404"/>
-      <c r="C404"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C404" t="s">
+        <v>946</v>
+      </c>
+      <c r="D404"/>
       <c r="E404" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F404" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G404" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H404" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I404" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9">
       <c r="A405" t="s">
-        <v>694</v>
+        <v>947</v>
       </c>
       <c r="B405"/>
-      <c r="C405"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C405" t="s">
+        <v>948</v>
+      </c>
+      <c r="D405"/>
       <c r="E405" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F405" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G405" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H405" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I405" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9">
       <c r="A406" t="s">
-        <v>695</v>
+        <v>949</v>
       </c>
       <c r="B406"/>
-      <c r="C406"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C406" t="s">
+        <v>950</v>
+      </c>
+      <c r="D406"/>
       <c r="E406" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F406" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G406" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H406" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I406" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9">
       <c r="A407" t="s">
-        <v>696</v>
+        <v>951</v>
       </c>
       <c r="B407"/>
-      <c r="C407"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C407" t="s">
+        <v>952</v>
+      </c>
+      <c r="D407"/>
       <c r="E407" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F407" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G407" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H407" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I407" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9">
       <c r="A408" t="s">
-        <v>697</v>
+        <v>953</v>
       </c>
       <c r="B408"/>
-      <c r="C408"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C408" t="s">
+        <v>954</v>
+      </c>
+      <c r="D408"/>
       <c r="E408" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F408" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G408" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H408" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I408" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9">
       <c r="A409" t="s">
-        <v>698</v>
+        <v>955</v>
       </c>
       <c r="B409"/>
-      <c r="C409"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C409" t="s">
+        <v>956</v>
+      </c>
+      <c r="D409"/>
       <c r="E409" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F409" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G409" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H409" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I409" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9">
       <c r="A410" t="s">
-        <v>699</v>
+        <v>957</v>
       </c>
       <c r="B410"/>
-      <c r="C410"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C410" t="s">
+        <v>958</v>
+      </c>
+      <c r="D410"/>
       <c r="E410" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F410" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G410" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H410" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I410" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9">
       <c r="A411" t="s">
-        <v>700</v>
+        <v>959</v>
       </c>
       <c r="B411"/>
-      <c r="C411"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C411" t="s">
+        <v>960</v>
+      </c>
+      <c r="D411"/>
       <c r="E411" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F411" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G411" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H411" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I411" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9">
       <c r="A412" t="s">
-        <v>701</v>
+        <v>961</v>
       </c>
       <c r="B412"/>
-      <c r="C412"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C412" t="s">
+        <v>962</v>
+      </c>
+      <c r="D412"/>
       <c r="E412" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F412" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G412" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H412" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I412" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9">
       <c r="A413" t="s">
-        <v>702</v>
+        <v>963</v>
       </c>
       <c r="B413" t="s">
-        <v>703</v>
-[...4 lines deleted...]
-      </c>
+        <v>964</v>
+      </c>
+      <c r="C413" t="s">
+        <v>965</v>
+      </c>
+      <c r="D413"/>
       <c r="E413" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F413" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G413" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H413" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I413" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9">
       <c r="A414" t="s">
-        <v>704</v>
+        <v>966</v>
       </c>
       <c r="B414" t="s">
-        <v>705</v>
-[...4 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="C414" t="s">
+        <v>968</v>
+      </c>
+      <c r="D414"/>
       <c r="E414" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F414" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G414" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H414" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I414" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9">
       <c r="A415" t="s">
-        <v>706</v>
+        <v>969</v>
       </c>
       <c r="B415" t="s">
-        <v>707</v>
-[...4 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="C415" t="s">
+        <v>971</v>
+      </c>
+      <c r="D415"/>
       <c r="E415" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F415" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G415" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H415" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I415" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9">
       <c r="A416" t="s">
-        <v>708</v>
+        <v>972</v>
       </c>
       <c r="B416" t="s">
-        <v>709</v>
-[...4 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="C416" t="s">
+        <v>974</v>
+      </c>
+      <c r="D416"/>
       <c r="E416" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F416" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G416" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H416" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I416" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9">
       <c r="A417" t="s">
-        <v>710</v>
+        <v>975</v>
       </c>
       <c r="B417"/>
-      <c r="C417"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C417" t="s">
+        <v>976</v>
+      </c>
+      <c r="D417"/>
       <c r="E417" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F417" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G417" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H417" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I417" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9">
       <c r="A418" t="s">
-        <v>711</v>
+        <v>977</v>
       </c>
       <c r="B418"/>
-      <c r="C418"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C418" t="s">
+        <v>978</v>
+      </c>
+      <c r="D418"/>
       <c r="E418" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F418" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G418" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H418" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I418" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9">
       <c r="A419" t="s">
-        <v>712</v>
+        <v>979</v>
       </c>
       <c r="B419"/>
-      <c r="C419"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C419" t="s">
+        <v>979</v>
+      </c>
+      <c r="D419"/>
       <c r="E419" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F419" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G419" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H419" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I419" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9">
       <c r="A420" t="s">
-        <v>713</v>
+        <v>980</v>
       </c>
       <c r="B420"/>
-      <c r="C420"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C420" t="s">
+        <v>980</v>
+      </c>
+      <c r="D420"/>
       <c r="E420" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F420" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G420" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H420" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I420" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="421" spans="1:9">
       <c r="A421" t="s">
-        <v>714</v>
+        <v>981</v>
       </c>
       <c r="B421"/>
       <c r="C421"/>
-      <c r="D421" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D421"/>
       <c r="E421" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F421" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G421" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H421" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I421" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="422" spans="1:9">
       <c r="A422" t="s">
-        <v>715</v>
+        <v>982</v>
       </c>
       <c r="B422"/>
       <c r="C422"/>
-      <c r="D422" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D422"/>
       <c r="E422" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F422" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G422" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H422" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I422" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9">
       <c r="A423" t="s">
-        <v>716</v>
+        <v>983</v>
       </c>
       <c r="B423"/>
       <c r="C423"/>
-      <c r="D423" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D423"/>
       <c r="E423" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F423" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G423" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H423" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I423" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9">
       <c r="A424" t="s">
-        <v>717</v>
+        <v>984</v>
       </c>
       <c r="B424"/>
       <c r="C424"/>
-      <c r="D424" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D424"/>
       <c r="E424" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F424" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G424" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H424" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I424" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9">
       <c r="A425" t="s">
-        <v>718</v>
+        <v>985</v>
       </c>
       <c r="B425"/>
-      <c r="C425"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C425" t="s">
+        <v>986</v>
+      </c>
+      <c r="D425"/>
       <c r="E425" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F425" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G425" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H425" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I425" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9">
       <c r="A426" t="s">
-        <v>719</v>
+        <v>987</v>
       </c>
       <c r="B426"/>
       <c r="C426"/>
-      <c r="D426" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D426"/>
       <c r="E426" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F426" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G426" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H426" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I426" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9">
       <c r="A427" t="s">
-        <v>720</v>
+        <v>988</v>
       </c>
       <c r="B427"/>
       <c r="C427"/>
-      <c r="D427" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D427"/>
       <c r="E427" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F427" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G427" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H427" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I427" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9">
       <c r="A428" t="s">
-        <v>721</v>
+        <v>989</v>
       </c>
       <c r="B428"/>
       <c r="C428"/>
-      <c r="D428" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D428"/>
       <c r="E428" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F428" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G428" t="s">
-        <v>593</v>
+        <v>16</v>
       </c>
       <c r="H428" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:8">
+        <v>812</v>
+      </c>
+      <c r="I428" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9">
       <c r="A429" t="s">
-        <v>722</v>
+        <v>990</v>
       </c>
       <c r="B429"/>
-      <c r="C429"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C429" t="s">
+        <v>991</v>
+      </c>
+      <c r="D429"/>
       <c r="E429" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F429" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G429" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H429" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I429" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="430" spans="1:9">
       <c r="A430" t="s">
-        <v>723</v>
+        <v>992</v>
       </c>
       <c r="B430"/>
       <c r="C430"/>
-      <c r="D430" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D430"/>
       <c r="E430" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F430" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G430" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H430" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I430" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9">
       <c r="A431" t="s">
-        <v>724</v>
+        <v>993</v>
       </c>
       <c r="B431"/>
       <c r="C431"/>
-      <c r="D431" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D431"/>
       <c r="E431" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F431" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G431" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H431" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I431" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9">
       <c r="A432" t="s">
-        <v>725</v>
+        <v>994</v>
       </c>
       <c r="B432"/>
       <c r="C432"/>
-      <c r="D432" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D432"/>
       <c r="E432" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F432" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G432" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H432" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I432" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9">
       <c r="A433" t="s">
-        <v>726</v>
+        <v>995</v>
       </c>
       <c r="B433"/>
-      <c r="C433"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C433" t="s">
+        <v>996</v>
+      </c>
+      <c r="D433"/>
       <c r="E433" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F433" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G433" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H433" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I433" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9">
       <c r="A434" t="s">
-        <v>727</v>
+        <v>997</v>
       </c>
       <c r="B434" t="s">
-        <v>728</v>
-[...4 lines deleted...]
-      </c>
+        <v>998</v>
+      </c>
+      <c r="C434" t="s">
+        <v>999</v>
+      </c>
+      <c r="D434"/>
       <c r="E434" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F434" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G434" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H434" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I434" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9">
       <c r="A435" t="s">
-        <v>729</v>
+        <v>1000</v>
       </c>
       <c r="B435"/>
       <c r="C435"/>
-      <c r="D435" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D435"/>
       <c r="E435" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F435" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G435" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H435" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I435" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9">
       <c r="A436" t="s">
-        <v>730</v>
+        <v>1001</v>
       </c>
       <c r="B436"/>
       <c r="C436"/>
-      <c r="D436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D436"/>
       <c r="E436" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F436" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G436" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H436" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I436" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9">
       <c r="A437" t="s">
-        <v>731</v>
+        <v>1002</v>
       </c>
       <c r="B437"/>
       <c r="C437"/>
-      <c r="D437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D437"/>
       <c r="E437" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F437" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G437" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H437" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I437" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9">
       <c r="A438" t="s">
-        <v>732</v>
+        <v>1003</v>
       </c>
       <c r="B438"/>
       <c r="C438"/>
-      <c r="D438" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D438"/>
       <c r="E438" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F438" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G438" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H438" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I438" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9">
       <c r="A439" t="s">
-        <v>733</v>
+        <v>1004</v>
       </c>
       <c r="B439" t="s">
-        <v>734</v>
-[...4 lines deleted...]
-      </c>
+        <v>1005</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D439"/>
       <c r="E439" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F439" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G439" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H439" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I439" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9">
       <c r="A440" t="s">
-        <v>735</v>
+        <v>1007</v>
       </c>
       <c r="B440"/>
-      <c r="C440"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C440" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D440"/>
       <c r="E440" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F440" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G440" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H440" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I440" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="441" spans="1:9">
       <c r="A441" t="s">
-        <v>736</v>
+        <v>1009</v>
       </c>
       <c r="B441" t="s">
-        <v>737</v>
-[...4 lines deleted...]
-      </c>
+        <v>1010</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D441"/>
       <c r="E441" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F441" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G441" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H441" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I441" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9">
       <c r="A442" t="s">
-        <v>738</v>
+        <v>1012</v>
       </c>
       <c r="B442"/>
       <c r="C442"/>
-      <c r="D442" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D442"/>
       <c r="E442" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F442" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G442" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H442" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I442" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9">
       <c r="A443" t="s">
-        <v>739</v>
+        <v>1013</v>
       </c>
       <c r="B443"/>
       <c r="C443"/>
-      <c r="D443" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D443"/>
       <c r="E443" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F443" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G443" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H443" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I443" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9">
       <c r="A444" t="s">
-        <v>740</v>
+        <v>1014</v>
       </c>
       <c r="B444" t="s">
-        <v>741</v>
+        <v>1015</v>
       </c>
       <c r="C444"/>
-      <c r="D444" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D444"/>
       <c r="E444" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F444" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G444" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H444" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I444" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="445" spans="1:9">
       <c r="A445" t="s">
-        <v>742</v>
+        <v>1016</v>
       </c>
       <c r="B445" t="s">
-        <v>743</v>
-[...4 lines deleted...]
-      </c>
+        <v>1017</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D445"/>
       <c r="E445" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F445" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G445" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H445" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I445" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="446" spans="1:9">
       <c r="A446" t="s">
-        <v>744</v>
+        <v>1019</v>
       </c>
       <c r="B446"/>
       <c r="C446"/>
-      <c r="D446" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D446"/>
       <c r="E446" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F446" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G446" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H446" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I446" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9">
       <c r="A447" t="s">
-        <v>745</v>
+        <v>1020</v>
       </c>
       <c r="B447" t="s">
-        <v>746</v>
+        <v>1021</v>
       </c>
       <c r="C447"/>
-      <c r="D447" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D447"/>
       <c r="E447" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F447" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G447" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H447" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I447" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9">
       <c r="A448" t="s">
-        <v>747</v>
+        <v>1022</v>
       </c>
       <c r="B448"/>
       <c r="C448"/>
-      <c r="D448" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D448"/>
       <c r="E448" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F448" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G448" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H448" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I448" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9">
       <c r="A449" t="s">
-        <v>748</v>
+        <v>1023</v>
       </c>
       <c r="B449"/>
       <c r="C449"/>
-      <c r="D449" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D449"/>
       <c r="E449" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F449" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G449" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H449" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I449" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9">
       <c r="A450" t="s">
-        <v>749</v>
+        <v>1024</v>
       </c>
       <c r="B450"/>
       <c r="C450"/>
-      <c r="D450" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D450"/>
       <c r="E450" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F450" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="451" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G450" t="s">
+        <v>16</v>
+      </c>
+      <c r="H450"/>
+      <c r="I450" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9">
       <c r="A451" t="s">
-        <v>750</v>
+        <v>1025</v>
       </c>
       <c r="B451"/>
       <c r="C451"/>
-      <c r="D451" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D451"/>
       <c r="E451" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F451" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G451" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H451" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I451" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9">
       <c r="A452" t="s">
-        <v>751</v>
+        <v>1026</v>
       </c>
       <c r="B452"/>
       <c r="C452"/>
-      <c r="D452" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D452"/>
       <c r="E452" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F452" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G452" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H452" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I452" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="453" spans="1:9">
       <c r="A453" t="s">
-        <v>752</v>
+        <v>1027</v>
       </c>
       <c r="B453" t="s">
-        <v>753</v>
+        <v>1028</v>
       </c>
       <c r="C453"/>
-      <c r="D453" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D453"/>
       <c r="E453" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F453" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G453" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H453" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I453" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9">
       <c r="A454" t="s">
-        <v>754</v>
+        <v>1029</v>
       </c>
       <c r="B454"/>
       <c r="C454"/>
-      <c r="D454" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D454"/>
       <c r="E454" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F454" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G454" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H454" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I454" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9">
       <c r="A455" t="s">
-        <v>755</v>
+        <v>1030</v>
       </c>
       <c r="B455" t="s">
-        <v>756</v>
+        <v>1031</v>
       </c>
       <c r="C455"/>
-      <c r="D455" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D455"/>
       <c r="E455" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F455" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G455" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H455" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I455" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9">
       <c r="A456" t="s">
-        <v>757</v>
+        <v>1032</v>
       </c>
       <c r="B456"/>
       <c r="C456"/>
-      <c r="D456" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D456"/>
       <c r="E456" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F456" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G456" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H456" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I456" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="457" spans="1:9">
       <c r="A457" t="s">
-        <v>758</v>
+        <v>1033</v>
       </c>
       <c r="B457"/>
-      <c r="C457"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C457" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D457"/>
       <c r="E457" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F457" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G457" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H457" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I457" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9">
       <c r="A458" t="s">
-        <v>759</v>
+        <v>1035</v>
       </c>
       <c r="B458"/>
-      <c r="C458"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C458" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D458"/>
       <c r="E458" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F458" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G458" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H458" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I458" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9">
       <c r="A459" t="s">
-        <v>760</v>
+        <v>1037</v>
       </c>
       <c r="B459"/>
-      <c r="C459"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C459" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D459"/>
       <c r="E459" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F459" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G459" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H459" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I459" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9">
       <c r="A460" t="s">
-        <v>761</v>
+        <v>1039</v>
       </c>
       <c r="B460"/>
-      <c r="C460"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C460" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D460"/>
       <c r="E460" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F460" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G460" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H460" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I460" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9">
       <c r="A461" t="s">
-        <v>762</v>
+        <v>1041</v>
       </c>
       <c r="B461"/>
-      <c r="C461"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C461" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D461"/>
       <c r="E461" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F461" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G461" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H461" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I461" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9">
       <c r="A462" t="s">
-        <v>763</v>
+        <v>1043</v>
       </c>
       <c r="B462"/>
-      <c r="C462"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C462" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D462"/>
       <c r="E462" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F462" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G462" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H462" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I462" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9">
       <c r="A463" t="s">
-        <v>764</v>
+        <v>1045</v>
       </c>
       <c r="B463"/>
-      <c r="C463"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C463" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D463"/>
       <c r="E463" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F463" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G463" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H463" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I463" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9">
       <c r="A464" t="s">
-        <v>765</v>
+        <v>1047</v>
       </c>
       <c r="B464"/>
-      <c r="C464"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C464" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D464"/>
       <c r="E464" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F464" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G464" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H464" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I464" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9">
       <c r="A465" t="s">
-        <v>766</v>
+        <v>1049</v>
       </c>
       <c r="B465"/>
-      <c r="C465"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C465" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D465"/>
       <c r="E465" t="s">
-        <v>13</v>
+        <v>818</v>
       </c>
       <c r="F465" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G465" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H465" t="s">
+        <v>23</v>
+      </c>
+      <c r="I465" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9">
+      <c r="A466" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B466"/>
+      <c r="C466" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D466"/>
+      <c r="E466" t="s">
+        <v>22</v>
+      </c>
+      <c r="F466" t="s">
+        <v>15</v>
+      </c>
+      <c r="G466" t="s">
+        <v>16</v>
+      </c>
+      <c r="H466"/>
+      <c r="I466" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9">
+      <c r="A467" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D467"/>
+      <c r="E467" t="s">
+        <v>22</v>
+      </c>
+      <c r="F467" t="s">
+        <v>15</v>
+      </c>
+      <c r="G467" t="s">
+        <v>16</v>
+      </c>
+      <c r="H467" t="s">
+        <v>23</v>
+      </c>
+      <c r="I467" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9">
+      <c r="A468" t="s">
+        <v>532</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C468" t="s">
+        <v>532</v>
+      </c>
+      <c r="D468"/>
+      <c r="E468" t="s">
+        <v>14</v>
+      </c>
+      <c r="F468" t="s">
+        <v>15</v>
+      </c>
+      <c r="G468" t="s">
+        <v>16</v>
+      </c>
+      <c r="H468" t="s">
+        <v>30</v>
+      </c>
+      <c r="I468" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9">
+      <c r="A469" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D469"/>
+      <c r="E469" t="s">
+        <v>22</v>
+      </c>
+      <c r="F469" t="s">
+        <v>15</v>
+      </c>
+      <c r="G469" t="s">
+        <v>16</v>
+      </c>
+      <c r="H469" t="s">
+        <v>71</v>
+      </c>
+      <c r="I469" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9">
+      <c r="A470" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D470"/>
+      <c r="E470" t="s">
+        <v>14</v>
+      </c>
+      <c r="F470" t="s">
+        <v>15</v>
+      </c>
+      <c r="G470" t="s">
+        <v>16</v>
+      </c>
+      <c r="H470" t="s">
+        <v>71</v>
+      </c>
+      <c r="I470" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="466" spans="1:8">
-[...115 lines deleted...]
-    <row r="471" spans="1:8">
+    <row r="471" spans="1:9">
       <c r="A471" t="s">
-        <v>775</v>
+        <v>663</v>
       </c>
       <c r="B471" t="s">
-        <v>776</v>
-[...4 lines deleted...]
-      </c>
+        <v>1062</v>
+      </c>
+      <c r="C471" t="s">
+        <v>662</v>
+      </c>
+      <c r="D471"/>
       <c r="E471" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F471" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G471" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H471" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I471" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9">
       <c r="A472" t="s">
-        <v>777</v>
+        <v>1063</v>
       </c>
       <c r="B472" t="s">
-        <v>778</v>
-[...4 lines deleted...]
-      </c>
+        <v>1064</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D472"/>
       <c r="E472" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F472" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G472" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H472" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I472" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="473" spans="1:9">
       <c r="A473" t="s">
-        <v>779</v>
+        <v>294</v>
       </c>
       <c r="B473" t="s">
-        <v>780</v>
-[...4 lines deleted...]
-      </c>
+        <v>1066</v>
+      </c>
+      <c r="C473" t="s">
+        <v>292</v>
+      </c>
+      <c r="D473"/>
       <c r="E473" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F473" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G473" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H473" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I473" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9">
       <c r="A474" t="s">
-        <v>781</v>
+        <v>460</v>
       </c>
       <c r="B474" t="s">
-        <v>782</v>
-[...4 lines deleted...]
-      </c>
+        <v>1067</v>
+      </c>
+      <c r="C474" t="s">
+        <v>458</v>
+      </c>
+      <c r="D474"/>
       <c r="E474" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F474" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G474" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H474" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I474" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="475" spans="1:9">
       <c r="A475" t="s">
-        <v>783</v>
+        <v>1068</v>
       </c>
       <c r="B475" t="s">
-        <v>784</v>
-[...4 lines deleted...]
-      </c>
+        <v>1069</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D475"/>
       <c r="E475" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F475" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G475" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H475" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I475" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="476" spans="1:9">
       <c r="A476" t="s">
-        <v>785</v>
+        <v>1071</v>
       </c>
       <c r="B476" t="s">
-        <v>786</v>
-[...4 lines deleted...]
-      </c>
+        <v>1072</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D476"/>
       <c r="E476" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F476" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G476" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H476" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I476" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9">
       <c r="A477" t="s">
-        <v>787</v>
+        <v>1073</v>
       </c>
       <c r="B477" t="s">
-        <v>788</v>
-[...4 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D477"/>
       <c r="E477" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F477" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G477" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H477" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I477" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9">
       <c r="A478" t="s">
-        <v>789</v>
+        <v>1075</v>
       </c>
       <c r="B478" t="s">
-        <v>790</v>
-[...4 lines deleted...]
-      </c>
+        <v>1076</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D478"/>
       <c r="E478" t="s">
-        <v>333</v>
+        <v>14</v>
       </c>
       <c r="F478" t="s">
-        <v>14</v>
+        <v>444</v>
       </c>
       <c r="G478" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H478" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I478" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9">
       <c r="A479" t="s">
-        <v>791</v>
+        <v>1078</v>
       </c>
       <c r="B479" t="s">
-        <v>792</v>
-[...4 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D479"/>
       <c r="E479" t="s">
-        <v>333</v>
+        <v>14</v>
       </c>
       <c r="F479" t="s">
-        <v>14</v>
+        <v>444</v>
       </c>
       <c r="G479" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H479" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I479" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="480" spans="1:9">
       <c r="A480" t="s">
-        <v>793</v>
+        <v>1081</v>
       </c>
       <c r="B480" t="s">
-        <v>794</v>
-[...4 lines deleted...]
-      </c>
+        <v>1082</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D480"/>
       <c r="E480" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F480" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G480" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H480" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I480" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="481" spans="1:9">
       <c r="A481" t="s">
-        <v>795</v>
+        <v>1083</v>
       </c>
       <c r="B481" t="s">
-        <v>796</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="C481" t="s">
+        <v>329</v>
+      </c>
+      <c r="D481"/>
       <c r="E481" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F481" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G481" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H481" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I481" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="482" spans="1:9">
       <c r="A482" t="s">
-        <v>797</v>
+        <v>1085</v>
       </c>
       <c r="B482" t="s">
-        <v>798</v>
-[...4 lines deleted...]
-      </c>
+        <v>1086</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D482"/>
       <c r="E482" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F482" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G482" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H482" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I482" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9">
       <c r="A483" t="s">
-        <v>799</v>
+        <v>1088</v>
       </c>
       <c r="B483" t="s">
-        <v>800</v>
-[...4 lines deleted...]
-      </c>
+        <v>1089</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D483"/>
       <c r="E483" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F483" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G483" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H483" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I483" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9">
       <c r="A484" t="s">
-        <v>801</v>
+        <v>1091</v>
       </c>
       <c r="B484">
         <v>5258963121</v>
       </c>
-      <c r="C484"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C484" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D484"/>
       <c r="E484" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F484" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G484" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H484" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I484" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9">
       <c r="A485" t="s">
-        <v>802</v>
+        <v>1093</v>
       </c>
       <c r="B485">
         <v>1234</v>
       </c>
-      <c r="C485"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C485" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D485"/>
       <c r="E485" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F485" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G485" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H485" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I485" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="486" spans="1:9">
       <c r="A486" t="s">
-        <v>803</v>
+        <v>1094</v>
       </c>
       <c r="B486" t="s">
-        <v>804</v>
-[...4 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D486"/>
       <c r="E486" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F486" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G486" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H486" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I486" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9">
       <c r="A487" t="s">
-        <v>805</v>
+        <v>1097</v>
       </c>
       <c r="B487" t="s">
-        <v>806</v>
-[...4 lines deleted...]
-      </c>
+        <v>1098</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D487"/>
       <c r="E487" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F487" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G487" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H487" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I487" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="488" spans="1:9">
       <c r="A488" t="s">
-        <v>807</v>
+        <v>1100</v>
       </c>
       <c r="B488" t="s">
-        <v>808</v>
-[...4 lines deleted...]
-      </c>
+        <v>1101</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D488"/>
       <c r="E488" t="s">
-        <v>13</v>
+        <v>1102</v>
       </c>
       <c r="F488" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G488" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H488" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I488" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="489" spans="1:9">
       <c r="A489" t="s">
-        <v>810</v>
+        <v>1103</v>
       </c>
       <c r="B489"/>
-      <c r="C489"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C489" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D489"/>
       <c r="E489" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F489" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G489" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H489" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I489" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="490" spans="1:9">
       <c r="A490" t="s">
-        <v>811</v>
+        <v>1105</v>
       </c>
       <c r="B490">
         <v>1234567</v>
       </c>
-      <c r="C490"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C490" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D490"/>
       <c r="E490" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F490" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G490" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H490" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I490" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9">
       <c r="A491" t="s">
-        <v>813</v>
+        <v>1107</v>
       </c>
       <c r="B491">
         <v>43322</v>
       </c>
-      <c r="C491"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C491" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D491"/>
       <c r="E491" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F491" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G491" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H491" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I491" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="492" spans="1:9">
       <c r="A492" t="s">
-        <v>814</v>
+        <v>1108</v>
       </c>
       <c r="B492" t="s">
-        <v>815</v>
-[...4 lines deleted...]
-      </c>
+        <v>1109</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D492"/>
       <c r="E492" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F492" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G492" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H492" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I492" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="493" spans="1:9">
       <c r="A493" t="s">
-        <v>816</v>
+        <v>1110</v>
       </c>
       <c r="B493" t="s">
-        <v>817</v>
-[...4 lines deleted...]
-      </c>
+        <v>1111</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D493"/>
       <c r="E493" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F493" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G493" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H493" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I493" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9">
       <c r="A494" t="s">
-        <v>818</v>
+        <v>1112</v>
       </c>
       <c r="B494" t="s">
-        <v>819</v>
-[...4 lines deleted...]
-      </c>
+        <v>1113</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D494"/>
       <c r="E494" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F494" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G494" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H494" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I494" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9">
       <c r="A495" t="s">
-        <v>820</v>
+        <v>1114</v>
       </c>
       <c r="B495" t="s">
-        <v>821</v>
-[...4 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D495"/>
       <c r="E495" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F495" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G495" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H495" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I495" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="496" spans="1:9">
       <c r="A496" t="s">
-        <v>822</v>
+        <v>1116</v>
       </c>
       <c r="B496" t="s">
-        <v>823</v>
-[...4 lines deleted...]
-      </c>
+        <v>1117</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D496"/>
       <c r="E496" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F496" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G496" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H496" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I496" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="497" spans="1:9">
       <c r="A497" t="s">
-        <v>824</v>
+        <v>1118</v>
       </c>
       <c r="B497" t="s">
-        <v>825</v>
-[...4 lines deleted...]
-      </c>
+        <v>1119</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D497"/>
       <c r="E497" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F497" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G497" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H497" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I497" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9">
       <c r="A498" t="s">
-        <v>826</v>
+        <v>1120</v>
       </c>
       <c r="B498" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-      </c>
+        <v>1121</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D498"/>
       <c r="E498" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F498" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G498" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H498" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I498" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="499" spans="1:9">
       <c r="A499" t="s">
-        <v>828</v>
+        <v>1122</v>
       </c>
       <c r="B499" t="s">
-        <v>829</v>
-[...4 lines deleted...]
-      </c>
+        <v>1123</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D499"/>
       <c r="E499" t="s">
-        <v>812</v>
+        <v>14</v>
       </c>
       <c r="F499" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G499" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H499" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I499" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="500" spans="1:9">
       <c r="A500" t="s">
-        <v>830</v>
+        <v>1124</v>
       </c>
       <c r="B500" t="s">
-        <v>831</v>
-[...4 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D500"/>
       <c r="E500" t="s">
-        <v>812</v>
+        <v>619</v>
       </c>
       <c r="F500" t="s">
-        <v>14</v>
+        <v>1106</v>
       </c>
       <c r="G500" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H500" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I500" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="501" spans="1:9">
       <c r="A501" t="s">
-        <v>832</v>
+        <v>1126</v>
       </c>
       <c r="B501" t="s">
-        <v>833</v>
-[...4 lines deleted...]
-      </c>
+        <v>1127</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D501"/>
       <c r="E501" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F501" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G501" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H501" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I501" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="502" spans="1:9">
       <c r="A502" t="s">
-        <v>834</v>
+        <v>1129</v>
       </c>
       <c r="B502"/>
-      <c r="C502"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C502" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D502"/>
       <c r="E502" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F502" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G502" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H502" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I502" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="503" spans="1:9">
       <c r="A503" t="s">
-        <v>835</v>
+        <v>1131</v>
       </c>
       <c r="B503"/>
-      <c r="C503"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C503" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D503"/>
       <c r="E503" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F503" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G503" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H503" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I503" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="504" spans="1:9">
       <c r="A504" t="s">
-        <v>836</v>
+        <v>1133</v>
       </c>
       <c r="B504"/>
-      <c r="C504"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C504" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D504"/>
       <c r="E504" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F504" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G504" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H504" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I504" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="505" spans="1:9">
       <c r="A505" t="s">
-        <v>837</v>
+        <v>1135</v>
       </c>
       <c r="B505"/>
-      <c r="C505"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C505" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D505"/>
       <c r="E505" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F505" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G505" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H505" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I505" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="506" spans="1:9">
       <c r="A506" t="s">
-        <v>838</v>
+        <v>1136</v>
       </c>
       <c r="B506"/>
-      <c r="C506"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C506" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D506"/>
       <c r="E506" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F506" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G506" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H506" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I506" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="507" spans="1:9">
       <c r="A507" t="s">
-        <v>839</v>
+        <v>1138</v>
       </c>
       <c r="B507" t="s">
-        <v>840</v>
-[...4 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D507"/>
       <c r="E507" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F507" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G507" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H507" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I507" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="508" spans="1:9">
       <c r="A508" t="s">
-        <v>841</v>
+        <v>1141</v>
       </c>
       <c r="B508"/>
-      <c r="C508"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C508" t="s">
+        <v>312</v>
+      </c>
+      <c r="D508"/>
       <c r="E508" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F508" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G508" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H508" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I508" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="509" spans="1:9">
       <c r="A509" t="s">
-        <v>842</v>
+        <v>1142</v>
       </c>
       <c r="B509"/>
-      <c r="C509"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C509" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D509"/>
       <c r="E509" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F509" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G509" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H509" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I509" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="510" spans="1:9">
       <c r="A510" t="s">
-        <v>843</v>
+        <v>1144</v>
       </c>
       <c r="B510"/>
-      <c r="C510"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C510" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D510"/>
       <c r="E510" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F510" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G510" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H510" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I510" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="511" spans="1:9">
       <c r="A511" t="s">
-        <v>844</v>
+        <v>1146</v>
       </c>
       <c r="B511" t="s">
-        <v>845</v>
-[...4 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D511"/>
       <c r="E511" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F511" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G511" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H511" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I511" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="512" spans="1:9">
       <c r="A512" t="s">
-        <v>846</v>
+        <v>1149</v>
       </c>
       <c r="B512"/>
-      <c r="C512"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C512" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D512"/>
       <c r="E512" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F512" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G512" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H512" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I512" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="513" spans="1:9">
       <c r="A513" t="s">
-        <v>847</v>
+        <v>1151</v>
       </c>
       <c r="B513"/>
       <c r="C513"/>
-      <c r="D513" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D513"/>
       <c r="E513" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F513" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G513" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H513" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I513" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="514" spans="1:9">
       <c r="A514" t="s">
-        <v>848</v>
+        <v>1152</v>
       </c>
       <c r="B514"/>
-      <c r="C514"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C514" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D514"/>
       <c r="E514" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F514" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G514" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H514" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I514" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="515" spans="1:9">
       <c r="A515" t="s">
-        <v>849</v>
+        <v>1154</v>
       </c>
       <c r="B515"/>
-      <c r="C515"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C515" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D515"/>
       <c r="E515" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F515" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G515" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H515" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I515" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="516" spans="1:9">
       <c r="A516" t="s">
-        <v>850</v>
+        <v>1155</v>
       </c>
       <c r="B516" t="s">
-        <v>851</v>
-[...4 lines deleted...]
-      </c>
+        <v>1156</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D516"/>
       <c r="E516" t="s">
-        <v>13</v>
+        <v>619</v>
       </c>
       <c r="F516" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G516" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H516" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I516" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="517" spans="1:9">
       <c r="A517" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C517" t="s">
+        <v>69</v>
+      </c>
+      <c r="D517"/>
+      <c r="E517" t="s">
+        <v>619</v>
+      </c>
+      <c r="F517" t="s">
+        <v>15</v>
+      </c>
+      <c r="G517" t="s">
+        <v>16</v>
+      </c>
+      <c r="H517" t="s">
+        <v>23</v>
+      </c>
+      <c r="I517" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="518" spans="1:9">
+      <c r="A518" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B518"/>
+      <c r="C518" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D518"/>
+      <c r="E518" t="s">
+        <v>14</v>
+      </c>
+      <c r="F518" t="s">
+        <v>15</v>
+      </c>
+      <c r="G518" t="s">
+        <v>16</v>
+      </c>
+      <c r="H518" t="s">
+        <v>23</v>
+      </c>
+      <c r="I518" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="519" spans="1:9">
+      <c r="A519" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B519"/>
+      <c r="C519" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D519"/>
+      <c r="E519" t="s">
+        <v>14</v>
+      </c>
+      <c r="F519" t="s">
+        <v>15</v>
+      </c>
+      <c r="G519" t="s">
+        <v>16</v>
+      </c>
+      <c r="H519" t="s">
+        <v>23</v>
+      </c>
+      <c r="I519" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="520" spans="1:9">
+      <c r="A520" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B520"/>
+      <c r="C520" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D520"/>
+      <c r="E520" t="s">
+        <v>22</v>
+      </c>
+      <c r="F520" t="s">
+        <v>15</v>
+      </c>
+      <c r="G520" t="s">
+        <v>16</v>
+      </c>
+      <c r="H520" t="s">
+        <v>23</v>
+      </c>
+      <c r="I520" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="521" spans="1:9">
+      <c r="A521" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B521"/>
+      <c r="C521" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D521"/>
+      <c r="E521" t="s">
+        <v>619</v>
+      </c>
+      <c r="F521" t="s">
+        <v>15</v>
+      </c>
+      <c r="G521" t="s">
+        <v>16</v>
+      </c>
+      <c r="H521" t="s">
+        <v>23</v>
+      </c>
+      <c r="I521" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="522" spans="1:9">
+      <c r="A522" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B522"/>
+      <c r="C522" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D522"/>
+      <c r="E522" t="s">
+        <v>22</v>
+      </c>
+      <c r="F522" t="s">
+        <v>15</v>
+      </c>
+      <c r="G522" t="s">
+        <v>16</v>
+      </c>
+      <c r="H522" t="s">
+        <v>23</v>
+      </c>
+      <c r="I522" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="523" spans="1:9">
+      <c r="A523" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B523"/>
+      <c r="C523" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D523"/>
+      <c r="E523" t="s">
+        <v>70</v>
+      </c>
+      <c r="F523" t="s">
+        <v>15</v>
+      </c>
+      <c r="G523" t="s">
+        <v>16</v>
+      </c>
+      <c r="H523" t="s">
+        <v>23</v>
+      </c>
+      <c r="I523" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="524" spans="1:9">
+      <c r="A524" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B524"/>
+      <c r="C524" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D524"/>
+      <c r="E524" t="s">
+        <v>14</v>
+      </c>
+      <c r="F524" t="s">
+        <v>15</v>
+      </c>
+      <c r="G524" t="s">
+        <v>16</v>
+      </c>
+      <c r="H524" t="s">
+        <v>23</v>
+      </c>
+      <c r="I524" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="525" spans="1:9">
+      <c r="A525" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B525"/>
+      <c r="C525" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D525"/>
+      <c r="E525" t="s">
+        <v>14</v>
+      </c>
+      <c r="F525" t="s">
+        <v>15</v>
+      </c>
+      <c r="G525" t="s">
+        <v>16</v>
+      </c>
+      <c r="H525" t="s">
+        <v>23</v>
+      </c>
+      <c r="I525" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="526" spans="1:9">
+      <c r="A526" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B526"/>
+      <c r="C526" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D526"/>
+      <c r="E526" t="s">
+        <v>14</v>
+      </c>
+      <c r="F526" t="s">
+        <v>15</v>
+      </c>
+      <c r="G526" t="s">
+        <v>16</v>
+      </c>
+      <c r="H526" t="s">
+        <v>30</v>
+      </c>
+      <c r="I526" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="527" spans="1:9">
+      <c r="A527" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B527"/>
+      <c r="C527" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D527"/>
+      <c r="E527" t="s">
+        <v>22</v>
+      </c>
+      <c r="F527" t="s">
+        <v>15</v>
+      </c>
+      <c r="G527" t="s">
+        <v>16</v>
+      </c>
+      <c r="H527" t="s">
+        <v>30</v>
+      </c>
+      <c r="I527" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="528" spans="1:9">
+      <c r="A528" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B528"/>
+      <c r="C528" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D528"/>
+      <c r="E528" t="s">
+        <v>14</v>
+      </c>
+      <c r="F528" t="s">
+        <v>15</v>
+      </c>
+      <c r="G528" t="s">
+        <v>16</v>
+      </c>
+      <c r="H528" t="s">
+        <v>71</v>
+      </c>
+      <c r="I528" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="529" spans="1:9">
+      <c r="A529" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B529"/>
+      <c r="C529" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D529"/>
+      <c r="E529" t="s">
+        <v>818</v>
+      </c>
+      <c r="F529" t="s">
+        <v>15</v>
+      </c>
+      <c r="G529" t="s">
+        <v>16</v>
+      </c>
+      <c r="H529" t="s">
+        <v>23</v>
+      </c>
+      <c r="I529" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="530" spans="1:9">
+      <c r="A530" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B530"/>
+      <c r="C530" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D530"/>
+      <c r="E530" t="s">
         <v>852</v>
       </c>
-      <c r="B517" t="s">
-[...294 lines deleted...]
-      </c>
       <c r="F530" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G530" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H530" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I530" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="531" spans="1:9">
       <c r="A531" t="s">
-        <v>867</v>
+        <v>1183</v>
       </c>
       <c r="B531"/>
-      <c r="C531"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C531" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D531"/>
       <c r="E531" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F531" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G531" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H531" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I531" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="532" spans="1:9">
       <c r="A532" t="s">
-        <v>868</v>
+        <v>1185</v>
       </c>
       <c r="B532"/>
-      <c r="C532"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C532" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D532"/>
       <c r="E532" t="s">
-        <v>13</v>
+        <v>818</v>
       </c>
       <c r="F532" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G532" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H532" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I532" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="533" spans="1:9">
       <c r="A533" t="s">
-        <v>869</v>
+        <v>1187</v>
       </c>
       <c r="B533"/>
-      <c r="C533"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C533" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D533"/>
       <c r="E533" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F533" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G533" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H533" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I533" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="534" spans="1:9">
       <c r="A534" t="s">
-        <v>870</v>
+        <v>1189</v>
       </c>
       <c r="B534"/>
-      <c r="C534"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C534" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D534"/>
       <c r="E534" t="s">
-        <v>13</v>
+        <v>818</v>
       </c>
       <c r="F534" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G534" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H534" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I534" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="535" spans="1:9">
       <c r="A535" t="s">
-        <v>871</v>
+        <v>1191</v>
       </c>
       <c r="B535"/>
-      <c r="C535"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C535" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D535"/>
       <c r="E535" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F535" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G535" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H535" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I535" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="536" spans="1:9">
       <c r="A536" t="s">
-        <v>872</v>
+        <v>1193</v>
       </c>
       <c r="B536"/>
-      <c r="C536"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C536" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D536"/>
       <c r="E536" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F536" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G536" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H536" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I536" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="537" spans="1:9">
       <c r="A537" t="s">
-        <v>873</v>
+        <v>1195</v>
       </c>
       <c r="B537"/>
-      <c r="C537"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C537" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D537"/>
       <c r="E537" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F537" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G537" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H537" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I537" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="538" spans="1:9">
       <c r="A538" t="s">
-        <v>874</v>
+        <v>1197</v>
       </c>
       <c r="B538"/>
-      <c r="C538"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C538" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D538"/>
       <c r="E538" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F538" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G538" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H538" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I538" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="539" spans="1:9">
       <c r="A539" t="s">
-        <v>875</v>
+        <v>1199</v>
       </c>
       <c r="B539"/>
-      <c r="C539"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C539" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D539"/>
       <c r="E539" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F539" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G539" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H539" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I539" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="540" spans="1:9">
       <c r="A540" t="s">
-        <v>876</v>
+        <v>1201</v>
       </c>
       <c r="B540"/>
-      <c r="C540"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C540" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D540"/>
       <c r="E540" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F540" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G540" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H540" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I540" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="541" spans="1:9">
       <c r="A541" t="s">
-        <v>877</v>
+        <v>1202</v>
       </c>
       <c r="B541"/>
-      <c r="C541"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C541" t="s">
+        <v>77</v>
+      </c>
+      <c r="D541"/>
       <c r="E541" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F541" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G541" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H541" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I541" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="542" spans="1:9">
       <c r="A542" t="s">
-        <v>878</v>
+        <v>1203</v>
       </c>
       <c r="B542"/>
-      <c r="C542"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C542" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D542"/>
       <c r="E542" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F542" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G542" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H542" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I542" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="543" spans="1:9">
       <c r="A543" t="s">
-        <v>879</v>
+        <v>1205</v>
       </c>
       <c r="B543"/>
-      <c r="C543"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C543" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D543"/>
       <c r="E543" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F543" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G543" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H543" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I543" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="544" spans="1:9">
       <c r="A544" t="s">
-        <v>880</v>
+        <v>1207</v>
       </c>
       <c r="B544"/>
-      <c r="C544"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C544" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D544"/>
       <c r="E544" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F544" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G544" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H544" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I544" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="545" spans="1:9">
       <c r="A545" t="s">
-        <v>881</v>
+        <v>1209</v>
       </c>
       <c r="B545"/>
-      <c r="C545"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C545" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D545"/>
       <c r="E545" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F545" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G545" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H545" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I545" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="546" spans="1:9">
       <c r="A546" t="s">
-        <v>882</v>
+        <v>1211</v>
       </c>
       <c r="B546"/>
-      <c r="C546"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C546" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D546"/>
       <c r="E546" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F546" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G546" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H546" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I546" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="547" spans="1:9">
       <c r="A547" t="s">
-        <v>883</v>
+        <v>1212</v>
       </c>
       <c r="B547"/>
-      <c r="C547"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C547" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D547"/>
       <c r="E547" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F547" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G547" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H547" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I547" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="548" spans="1:9">
       <c r="A548" t="s">
-        <v>884</v>
+        <v>1214</v>
       </c>
       <c r="B548"/>
-      <c r="C548"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C548" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D548"/>
       <c r="E548" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F548" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G548" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H548" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I548" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="549" spans="1:9">
       <c r="A549" t="s">
-        <v>885</v>
+        <v>1215</v>
       </c>
       <c r="B549"/>
-      <c r="C549"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C549" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D549"/>
       <c r="E549" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F549" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G549" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H549" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I549" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="550" spans="1:9">
       <c r="A550" t="s">
-        <v>886</v>
+        <v>1217</v>
       </c>
       <c r="B550"/>
-      <c r="C550"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C550" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D550"/>
       <c r="E550" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F550" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G550" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H550" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I550" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9">
       <c r="A551" t="s">
-        <v>887</v>
+        <v>1218</v>
       </c>
       <c r="B551"/>
-      <c r="C551"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C551" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D551"/>
       <c r="E551" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F551" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G551" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H551" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I551" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="552" spans="1:9">
       <c r="A552" t="s">
-        <v>888</v>
+        <v>1219</v>
       </c>
       <c r="B552"/>
-      <c r="C552"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C552" t="s">
+        <v>694</v>
+      </c>
+      <c r="D552"/>
       <c r="E552" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F552" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G552" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H552" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I552" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="553" spans="1:9">
       <c r="A553" t="s">
-        <v>889</v>
+        <v>1220</v>
       </c>
       <c r="B553"/>
-      <c r="C553"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C553" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D553"/>
       <c r="E553" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F553" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G553" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H553" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I553" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="554" spans="1:9">
       <c r="A554" t="s">
-        <v>890</v>
+        <v>1221</v>
       </c>
       <c r="B554"/>
-      <c r="C554"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C554" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D554"/>
       <c r="E554" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F554" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G554" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H554" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I554" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="555" spans="1:9">
       <c r="A555" t="s">
-        <v>891</v>
+        <v>1223</v>
       </c>
       <c r="B555"/>
-      <c r="C555"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C555" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D555"/>
       <c r="E555" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F555" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G555" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H555" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I555" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="556" spans="1:9">
       <c r="A556" t="s">
-        <v>892</v>
+        <v>1225</v>
       </c>
       <c r="B556"/>
-      <c r="C556"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C556" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D556"/>
       <c r="E556" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F556" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G556" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H556" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I556" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="557" spans="1:9">
       <c r="A557" t="s">
-        <v>893</v>
+        <v>1227</v>
       </c>
       <c r="B557"/>
-      <c r="C557"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C557" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D557"/>
       <c r="E557" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F557" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G557" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H557" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I557" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="558" spans="1:9">
       <c r="A558" t="s">
-        <v>894</v>
+        <v>1229</v>
       </c>
       <c r="B558"/>
-      <c r="C558"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C558" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D558"/>
       <c r="E558" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F558" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G558" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H558" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I558" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="559" spans="1:9">
       <c r="A559" t="s">
-        <v>895</v>
+        <v>1231</v>
       </c>
       <c r="B559"/>
-      <c r="C559"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C559" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D559"/>
       <c r="E559" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F559" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G559" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H559" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I559" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9">
       <c r="A560" t="s">
-        <v>896</v>
+        <v>1233</v>
       </c>
       <c r="B560"/>
-      <c r="C560"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C560" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D560"/>
       <c r="E560" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F560" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G560" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H560" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I560" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="561" spans="1:9">
       <c r="A561" t="s">
-        <v>897</v>
+        <v>1235</v>
       </c>
       <c r="B561"/>
-      <c r="C561"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C561" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D561"/>
       <c r="E561" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F561" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G561" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H561" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I561" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="562" spans="1:9">
       <c r="A562" t="s">
-        <v>898</v>
+        <v>1237</v>
       </c>
       <c r="B562"/>
-      <c r="C562"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C562" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D562"/>
       <c r="E562" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F562" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G562" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H562" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I562" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="563" spans="1:9">
       <c r="A563" t="s">
-        <v>899</v>
+        <v>1239</v>
       </c>
       <c r="B563"/>
-      <c r="C563"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C563" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D563"/>
       <c r="E563" t="s">
-        <v>13</v>
+        <v>852</v>
       </c>
       <c r="F563" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G563" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H563" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I563" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="564" spans="1:9">
       <c r="A564" t="s">
-        <v>900</v>
+        <v>1241</v>
       </c>
       <c r="B564"/>
-      <c r="C564"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C564" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D564"/>
       <c r="E564" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F564" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G564" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H564" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I564" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="565" spans="1:9">
       <c r="A565" t="s">
-        <v>901</v>
+        <v>1243</v>
       </c>
       <c r="B565"/>
-      <c r="C565"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C565" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D565"/>
       <c r="E565" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F565" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G565" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H565" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I565" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="566" spans="1:9">
       <c r="A566" t="s">
-        <v>902</v>
+        <v>1245</v>
       </c>
       <c r="B566"/>
-      <c r="C566"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C566" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D566"/>
       <c r="E566" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F566" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G566" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H566" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I566" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="567" spans="1:9">
       <c r="A567" t="s">
-        <v>903</v>
+        <v>1247</v>
       </c>
       <c r="B567"/>
-      <c r="C567"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C567" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D567"/>
       <c r="E567" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F567" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G567" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H567" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I567" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="568" spans="1:9">
       <c r="A568" t="s">
-        <v>904</v>
+        <v>1249</v>
       </c>
       <c r="B568"/>
-      <c r="C568"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C568" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D568"/>
       <c r="E568" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F568" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G568" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H568" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I568" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="569" spans="1:9">
       <c r="A569" t="s">
-        <v>905</v>
+        <v>1251</v>
       </c>
       <c r="B569"/>
-      <c r="C569"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C569" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D569"/>
       <c r="E569" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F569" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G569" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H569" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I569" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="570" spans="1:9">
       <c r="A570" t="s">
-        <v>906</v>
+        <v>1253</v>
       </c>
       <c r="B570"/>
-      <c r="C570"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C570" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D570"/>
       <c r="E570" t="s">
-        <v>13</v>
+        <v>619</v>
       </c>
       <c r="F570" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G570" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-    <row r="571" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H570" t="s">
+        <v>30</v>
+      </c>
+      <c r="I570"/>
+    </row>
+    <row r="571" spans="1:9">
       <c r="A571" t="s">
-        <v>907</v>
+        <v>1255</v>
       </c>
       <c r="B571"/>
-      <c r="C571"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C571" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D571"/>
       <c r="E571" t="s">
-        <v>13</v>
+        <v>818</v>
       </c>
       <c r="F571" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G571" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H571" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I571" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="572" spans="1:9">
       <c r="A572" t="s">
-        <v>908</v>
+        <v>1257</v>
       </c>
       <c r="B572"/>
-      <c r="C572"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C572" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D572"/>
       <c r="E572" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F572" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G572" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H572" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I572" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="573" spans="1:9">
       <c r="A573" t="s">
-        <v>909</v>
+        <v>1259</v>
       </c>
       <c r="B573" t="s">
-        <v>910</v>
-[...4 lines deleted...]
-      </c>
+        <v>1260</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D573"/>
       <c r="E573" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F573" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G573" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H573" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I573" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="574" spans="1:9">
       <c r="A574" t="s">
-        <v>911</v>
+        <v>1262</v>
       </c>
       <c r="B574"/>
-      <c r="C574"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C574" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D574"/>
       <c r="E574" t="s">
-        <v>13</v>
+        <v>619</v>
       </c>
       <c r="F574" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G574" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H574" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I574" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="575" spans="1:9">
       <c r="A575" t="s">
-        <v>912</v>
+        <v>1263</v>
       </c>
       <c r="B575"/>
-      <c r="C575"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C575" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D575"/>
       <c r="E575" t="s">
-        <v>13</v>
+        <v>619</v>
       </c>
       <c r="F575" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G575" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-    <row r="576" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H575" t="s">
+        <v>30</v>
+      </c>
+      <c r="I575"/>
+    </row>
+    <row r="576" spans="1:9">
       <c r="A576" t="s">
-        <v>913</v>
+        <v>1264</v>
       </c>
       <c r="B576" t="s">
-        <v>914</v>
-[...4 lines deleted...]
-      </c>
+        <v>1265</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D576"/>
       <c r="E576" t="s">
-        <v>13</v>
+        <v>619</v>
       </c>
       <c r="F576" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G576" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H576" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I576" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="577" spans="1:9">
       <c r="A577" t="s">
-        <v>915</v>
+        <v>1267</v>
       </c>
       <c r="B577" t="s">
-        <v>916</v>
-[...4 lines deleted...]
-      </c>
+        <v>1268</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D577"/>
       <c r="E577" t="s">
-        <v>13</v>
+        <v>619</v>
       </c>
       <c r="F577" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G577" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H577" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I577" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="578" spans="1:9">
       <c r="A578" t="s">
-        <v>917</v>
+        <v>1270</v>
       </c>
       <c r="B578" t="s">
-        <v>918</v>
-[...4 lines deleted...]
-      </c>
+        <v>1271</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D578"/>
       <c r="E578" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F578" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G578" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H578" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I578" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="579" spans="1:9">
       <c r="A579" t="s">
-        <v>919</v>
+        <v>1273</v>
       </c>
       <c r="B579" t="s">
-        <v>920</v>
-[...4 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D579"/>
       <c r="E579" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F579" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G579" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H579" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I579" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="580" spans="1:9">
       <c r="A580" t="s">
-        <v>921</v>
+        <v>1276</v>
       </c>
       <c r="B580"/>
-      <c r="C580"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C580" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D580"/>
       <c r="E580" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F580" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G580" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H580" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I580" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="581" spans="1:9">
       <c r="A581" t="s">
-        <v>922</v>
+        <v>1278</v>
       </c>
       <c r="B581"/>
-      <c r="C581"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C581" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D581"/>
       <c r="E581" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F581" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G581" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-    <row r="582" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H581" t="s">
+        <v>30</v>
+      </c>
+      <c r="I581"/>
+    </row>
+    <row r="582" spans="1:9">
       <c r="A582" t="s">
-        <v>923</v>
+        <v>1280</v>
       </c>
       <c r="B582"/>
-      <c r="C582"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C582" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D582"/>
       <c r="E582" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F582" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G582" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-    <row r="583" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H582" t="s">
+        <v>30</v>
+      </c>
+      <c r="I582"/>
+    </row>
+    <row r="583" spans="1:9">
       <c r="A583" t="s">
-        <v>924</v>
+        <v>1282</v>
       </c>
       <c r="B583"/>
-      <c r="C583"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C583" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D583"/>
       <c r="E583" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F583" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G583" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-    <row r="584" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H583" t="s">
+        <v>30</v>
+      </c>
+      <c r="I583"/>
+    </row>
+    <row r="584" spans="1:9">
       <c r="A584" t="s">
-        <v>925</v>
+        <v>1284</v>
       </c>
       <c r="B584"/>
-      <c r="C584"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C584" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D584"/>
       <c r="E584" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F584" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G584" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H584" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I584" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="585" spans="1:9">
       <c r="A585" t="s">
-        <v>926</v>
+        <v>1286</v>
       </c>
       <c r="B585"/>
-      <c r="C585"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C585" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D585"/>
       <c r="E585" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F585" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G585" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H585" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I585" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="586" spans="1:9">
       <c r="A586" t="s">
-        <v>927</v>
+        <v>1288</v>
       </c>
       <c r="B586" t="s">
-        <v>928</v>
-[...4 lines deleted...]
-      </c>
+        <v>1289</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D586"/>
       <c r="E586" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F586" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G586" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H586" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I586" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="587" spans="1:9">
       <c r="A587" t="s">
-        <v>929</v>
+        <v>1291</v>
       </c>
       <c r="B587" t="s">
-        <v>930</v>
-[...4 lines deleted...]
-      </c>
+        <v>1292</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D587"/>
       <c r="E587" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F587" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G587" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H587" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I587" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="588" spans="1:9">
       <c r="A588" t="s">
-        <v>931</v>
+        <v>1294</v>
       </c>
       <c r="B588"/>
-      <c r="C588"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C588" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D588"/>
       <c r="E588" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F588" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G588" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H588" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I588" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="589" spans="1:9">
       <c r="A589" t="s">
-        <v>932</v>
+        <v>1296</v>
       </c>
       <c r="B589"/>
-      <c r="C589"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C589" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D589"/>
       <c r="E589" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F589" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G589" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H589" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I589" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="590" spans="1:9">
       <c r="A590" t="s">
-        <v>933</v>
+        <v>1298</v>
       </c>
       <c r="B590" t="s">
-        <v>934</v>
-[...4 lines deleted...]
-      </c>
+        <v>1299</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D590"/>
       <c r="E590" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F590" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G590" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H590" t="s">
-        <v>16</v>
+        <v>30</v>
+      </c>
+      <c r="I590" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>