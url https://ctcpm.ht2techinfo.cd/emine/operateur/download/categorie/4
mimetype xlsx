--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,3455 +12,6119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2023">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-COOPERATIVES-MINIERES)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
+    <t>SIGLE</t>
+  </si>
+  <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>NAMOYA MINING</t>
   </si>
   <si>
     <t>A0700153A</t>
   </si>
   <si>
     <t>Artisanal</t>
   </si>
   <si>
     <t>Les coopératives minières</t>
   </si>
   <si>
     <t>Privé-privé</t>
   </si>
   <si>
     <t>Maniema</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE  LAJI </t>
   </si>
   <si>
+    <t>CMLAJI</t>
+  </si>
+  <si>
     <t>En recherche</t>
   </si>
   <si>
     <t>Kwilu</t>
   </si>
   <si>
     <t>COOPERATIVE DES EXPLOITANTS MINIERS DE DIAMANT ARTISANAL DE BANDUNDU</t>
   </si>
   <si>
+    <t>CMDAB</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ESPERANCE</t>
   </si>
   <si>
+    <t>CMESPERANCE</t>
+  </si>
+  <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
+    <t>CM ESPERANCE</t>
+  </si>
+  <si>
     <t>Entreprise privée</t>
   </si>
   <si>
     <t>Kinshasa</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE ET ARTISANALE DU KATANGA </t>
   </si>
   <si>
+    <t>"COMAKAT"</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE AGROFORESTIERE DE TSHIMUNA-MIABI</t>
   </si>
   <si>
+    <t>COOMATSHIM</t>
+  </si>
+  <si>
     <t>Kasaï-Oriental</t>
   </si>
   <si>
     <t>MINING DEVELOPPEMENT SYSTEM</t>
   </si>
   <si>
+    <t>MDS</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE KABINDA</t>
   </si>
   <si>
+    <t>CMKA</t>
+  </si>
+  <si>
     <t>UNION NATIONALE DES EXPLOITANTS MINIERS ARTISANAUX AU CONGO</t>
   </si>
   <si>
+    <t>UNEMAC</t>
+  </si>
+  <si>
     <t>En production</t>
   </si>
   <si>
     <t>Kasaï</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MUKENDI ET FRERES</t>
   </si>
   <si>
+    <t>SOCOMUF</t>
+  </si>
+  <si>
     <t>Coopérative minière pour le Développement du Territoire de Lwilu "COMIDTL"</t>
   </si>
   <si>
+    <t>COMIDTL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Mima </t>
   </si>
   <si>
+    <t>"MIMA"</t>
+  </si>
+  <si>
     <t>COOPERATIVE AGR MINIERE DE BOYA</t>
   </si>
   <si>
+    <t>CAMIB</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE DEVELOPPEMENT DU CONGO</t>
   </si>
   <si>
+    <t>COODECO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE BON SAMARITAIN</t>
   </si>
   <si>
+    <t xml:space="preserve"> BON SAMARITAIN</t>
+  </si>
+  <si>
     <t>COOPERATIVE DE DEVELOPPEMENT DU KASAI</t>
   </si>
   <si>
+    <t>COODEKA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE NGULUNGU</t>
   </si>
   <si>
+    <t>COMING</t>
+  </si>
+  <si>
     <t>COOPERATIVE BANA KOLWESI</t>
   </si>
   <si>
+    <t>BANA KOLWEZI</t>
+  </si>
+  <si>
     <t>COOPERATIVE DES EXPLOITANTS MINIERS ARTISANAUX ET AGRICOLE DE LWIZA</t>
   </si>
   <si>
+    <t xml:space="preserve"> COEMAL</t>
+  </si>
+  <si>
     <t>Kasaï-Central</t>
   </si>
   <si>
     <t>Coopérative Maniema Minérale Développement "MAMINDEV"</t>
   </si>
   <si>
+    <t>MAMINDEV</t>
+  </si>
+  <si>
     <t>EXPLOITATANTS MINIERS DU KATANGA EN COOPERATIVE</t>
   </si>
   <si>
+    <t>EMAKC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière </t>
   </si>
   <si>
+    <t>VIS-VERSA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE DEVELOPPEMENT DU KATANGA</t>
   </si>
   <si>
+    <t>COMIDEK</t>
+  </si>
+  <si>
     <t>Tshopo</t>
   </si>
   <si>
     <t>COOPERATIVE POPULAIRE DES EXPLOITANTS MINIERS CONGOLAIS</t>
   </si>
   <si>
+    <t>COPEMAC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ELIE</t>
   </si>
   <si>
+    <t>COMELI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MAADINI KWAKILIMO</t>
   </si>
   <si>
+    <t>"CMKK"</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ELUSEE</t>
   </si>
   <si>
+    <t>COMELYS</t>
+  </si>
+  <si>
     <t>COOPERATIVE DOING INNOVATIVE BUSINESS WITH EMMANUEL</t>
   </si>
   <si>
+    <t>DIBWE</t>
+  </si>
+  <si>
     <t>COOPERATIVE MIENIERE ET DEVELOPPEMENT DIKULUWE</t>
   </si>
   <si>
+    <t>CMDD</t>
+  </si>
+  <si>
     <t>Coopérative Minière Mombo "COMIMO"</t>
   </si>
   <si>
+    <t>COMIMO</t>
+  </si>
+  <si>
     <t>COOPERATIVE DES EXPLOITANTS MINIERS DU CONGO</t>
   </si>
   <si>
+    <t>CEMICO</t>
+  </si>
+  <si>
     <t>COPERATIVE MINIERE  BAHATI</t>
   </si>
   <si>
+    <t>COOMIBA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DU MANIEMA</t>
   </si>
   <si>
+    <t>COMIDEM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  des Creuseurs d'Or et Diamant de Lwiza </t>
   </si>
   <si>
+    <t>COMICORDIA LWIZA</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Creuseurs Affectés "COMICA"</t>
   </si>
   <si>
+    <t>COMICA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU REVEIL DU MANIERE</t>
   </si>
   <si>
+    <t>COMIREMA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE TUMAINI</t>
   </si>
   <si>
     <t>A1305718 F</t>
   </si>
   <si>
+    <t>COMITU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE EKOYA MBOKA</t>
   </si>
   <si>
+    <t>COMIEKO</t>
+  </si>
+  <si>
     <t>COOPERATIVE WOTE PAMOJA</t>
   </si>
   <si>
+    <t>COWPAM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE CONFIANCE AU SOUS-SOL</t>
   </si>
   <si>
+    <t>COMICOSS</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE KASAI MANING</t>
   </si>
   <si>
+    <t>COKAMI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE KAMA</t>
   </si>
   <si>
+    <t>COOMIKAM</t>
+  </si>
+  <si>
     <t>Coopérative Minière d'Imongo "COMIMO"</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière lKasaï Mining </t>
   </si>
   <si>
+    <t>COMIKAM</t>
+  </si>
+  <si>
     <t>ASSOCIATION COOPERATIVE MINIERE DES JEUNES DES OEUVRES DU CONGO</t>
   </si>
   <si>
+    <t>ACMJDC</t>
+  </si>
+  <si>
     <t>Coopérative d' Exploitants Artisanaux  Miniers de Banalia "CODEXAMIBA"</t>
   </si>
   <si>
+    <t>CODEXAMIBA</t>
+  </si>
+  <si>
     <t>COOPERATIVE DYNAMIQUE DES EXPLOITANTS MINIERS ,AGRICOLES, PECHE ELEVAGE</t>
   </si>
   <si>
+    <t>"CDEMAPE"</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE DIAMANT DE TSHIKAPA</t>
   </si>
   <si>
+    <t>COMIDIAT</t>
+  </si>
+  <si>
     <t>Coopérative Minière AXAEQUO</t>
   </si>
   <si>
+    <t xml:space="preserve"> AXAEQUO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Collectif de l'Exploitation Minière de Tshikapa </t>
   </si>
   <si>
+    <t>CEMT</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MAZERTY MULTISYSTEME</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIMAMUD</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES EXPLOITANTS MINIERS ARTISANAUX DU KATANGA</t>
   </si>
   <si>
+    <t>"COOPEMIAK"</t>
+  </si>
+  <si>
     <t>ASSOCIATION COOPERATIVE MINIERE MASHITA GIZUNGU</t>
   </si>
   <si>
+    <t>ACOOMIMAG</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ALFAJIRI</t>
   </si>
   <si>
+    <t>"COMIMA"</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET PAYSANNE DUN KATANGA</t>
   </si>
   <si>
+    <t>CMPK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU MAXIMUM</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIMAX</t>
+  </si>
+  <si>
     <t>Haut-Uélé</t>
   </si>
   <si>
     <t>COOOPERATIVE MINIERE DE LUALABA</t>
   </si>
   <si>
+    <t>COMIL</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE RAISON DE PROSPERE</t>
   </si>
   <si>
+    <t>COMIRAP</t>
+  </si>
+  <si>
     <t>GRANDE COOPERATIVE MINIERE DE LUALABA</t>
   </si>
   <si>
+    <t>GCML</t>
+  </si>
+  <si>
     <t>ASSOCIATION COOPERATIVE MINIERELA FRATERNITE</t>
   </si>
   <si>
+    <t>ASCOMIFRA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MODERNE DES MINES ET DEVELOPPEMENT</t>
   </si>
   <si>
+    <t>CMMD</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE HOPE XINING CONGO</t>
   </si>
   <si>
+    <t>HMC</t>
+  </si>
+  <si>
     <t>COOPERAIVE MINIERE LA LUMIERE DES EXPLOITANTS MINIERS ARTISANAUX</t>
   </si>
   <si>
+    <t>COMILE-A</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative des Mines </t>
   </si>
   <si>
+    <t xml:space="preserve"> LACOMI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE MILELE</t>
   </si>
   <si>
+    <t>COMMIL</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE TANGANYIKA</t>
   </si>
   <si>
+    <t>CMT/BUTALE</t>
+  </si>
+  <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>COOPERTAIVE MINIERE  YENGO/KATANGA</t>
   </si>
   <si>
+    <t>CMTK</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Tshikapa</t>
   </si>
   <si>
+    <t>COMIT</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE VITAMED</t>
   </si>
   <si>
+    <t>CMV</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DE LUALABA</t>
   </si>
   <si>
+    <t>COMIDEL</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE KAMBEMBE</t>
   </si>
   <si>
+    <t>COMIKA (COOPERATIVE)</t>
+  </si>
+  <si>
     <t>Haut-Lomami</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE ET AGRICOLE DE MALEMBA-NKULU</t>
   </si>
   <si>
+    <t>COMIAM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Bâtissons le Grand Kasaï </t>
   </si>
   <si>
+    <t xml:space="preserve"> BGK </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE NEGOCE ET D'ASSISTANCE AUX NECESSITEUX</t>
   </si>
   <si>
+    <t>COMINAM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE GANANGA</t>
   </si>
   <si>
+    <t>COMIGAN</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE BACHIMBA</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIBACH</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MACK</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIMA</t>
+  </si>
+  <si>
     <t>COOPERAIVE MINIERE POUR LA PROMOTION RURALE DU KATANGA</t>
   </si>
   <si>
     <t>A1400576S</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIPRUK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES PATRIOTES POUR LE DEVELOPPEMENT DU KATANGA</t>
   </si>
   <si>
+    <t xml:space="preserve"> "COMIPDK"</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE BACHIMBA </t>
   </si>
   <si>
+    <t>"COMIBACH"</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIEREPOUR LA JEUNESSE KATANGAISE</t>
   </si>
   <si>
+    <t xml:space="preserve"> "CMPJK" </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE MANONO</t>
   </si>
   <si>
+    <t>COMIMANO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE TWIKATANE</t>
   </si>
   <si>
+    <t xml:space="preserve"> CMT</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET AGROCOLE KINTUTANKI</t>
   </si>
   <si>
+    <t>COMAK</t>
+  </si>
+  <si>
     <t>COOPERATIVE AGRICOLE ET MINIERE DU CONGO</t>
   </si>
   <si>
+    <t>COAMICO</t>
+  </si>
+  <si>
     <t xml:space="preserve">MINING COOPERATIVE KATANGA </t>
   </si>
   <si>
+    <t xml:space="preserve"> "MICOKAT"</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE MPAMA BISIE</t>
   </si>
   <si>
+    <t>COMIMPA</t>
+  </si>
+  <si>
     <t>KOLWEZI GRANDE COOPERATIVE MINIERE</t>
   </si>
   <si>
+    <t xml:space="preserve"> KGCM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE DEVELOPPEMENT POUR LA RECONSTRUCTION</t>
   </si>
   <si>
+    <t>COMIDER</t>
+  </si>
+  <si>
     <t>Nord-Kivu</t>
   </si>
   <si>
     <t>COOPERATIVE DES CREUSEURS ARTISANAUX DE MPAMA BISIE</t>
   </si>
   <si>
+    <t>COCABI</t>
+  </si>
+  <si>
     <t>COOPERATIVE DES EXPLOITANTS MINIERS KAMARO</t>
   </si>
   <si>
+    <t>CEMIKA</t>
+  </si>
+  <si>
     <t>Coopérative d'Exploitants  Artisanaux de Masisi</t>
   </si>
   <si>
+    <t xml:space="preserve"> COOPERAMMA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Amis de la Lowa </t>
   </si>
   <si>
+    <t>COMIALO</t>
+  </si>
+  <si>
     <t>Coopérative d’Exploitants Miniers Artisanaux  pour le Développement Communautaire "CEMADECO"</t>
   </si>
   <si>
     <t>Coopérative Minière  pour un Développement Intégral "COMIDEI"</t>
   </si>
   <si>
     <t>COOPERATIVE POUR LR DEVELOPPEMENT MINIER REGIONAL</t>
   </si>
   <si>
+    <t>CDMRK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES EXPLOITANTS ARTISANAUX DU CONGO</t>
   </si>
   <si>
+    <t>COMINECO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE UMOJA NI NGUVU</t>
   </si>
   <si>
+    <t xml:space="preserve">COMUNG  </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE KALIBA</t>
   </si>
   <si>
+    <t>COMI KALIBA</t>
+  </si>
+  <si>
     <t>Sud-Kivu</t>
   </si>
   <si>
     <t>Coopérative Agricole et Minière de Kilwa</t>
   </si>
   <si>
+    <t xml:space="preserve"> "COA MIKIL"</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Bien-Etre Communautaire de Kalehe COMBECKA</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMBECKA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Générale du Katanga Minier </t>
   </si>
   <si>
+    <t>"COGEKAM"</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DE FIZI</t>
   </si>
   <si>
+    <t>COOMIFI</t>
+  </si>
+  <si>
     <t>L'ASSOCIATION COOPERATIVE MINIERE MWITOBO KILUMBA</t>
   </si>
   <si>
+    <t xml:space="preserve"> COOPMK</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE DES EXPLOITANTS MINIERES UMOJA </t>
   </si>
   <si>
+    <t>COOPEMU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DU KATANGA pour le Développement  du Katanga</t>
   </si>
   <si>
+    <t xml:space="preserve"> CMDK</t>
+  </si>
+  <si>
     <t>Coopérative miniere de Kagulu/Massanga</t>
   </si>
   <si>
+    <t>COOMIKAMA</t>
+  </si>
+  <si>
     <t xml:space="preserve">association Coopérative Minière Nkulu </t>
   </si>
   <si>
+    <t>"ASCOMI-NKL"</t>
+  </si>
+  <si>
     <t>Coopérative de Ulindi/Lubila</t>
   </si>
   <si>
+    <t>COOMILU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES CREUSEURS ARTISANAUX ELARGIS DE SHABUNDA</t>
   </si>
   <si>
+    <t>COOMICRAESHA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE BITAMBI II</t>
   </si>
   <si>
+    <t>COMIBI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR L'EXPLOITATION ARTISANAL</t>
   </si>
   <si>
+    <t>COMIPEA</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE TUUNGANA </t>
   </si>
   <si>
+    <t>COOMITU</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Dunia Tujenge </t>
   </si>
   <si>
+    <t>CMDT</t>
+  </si>
+  <si>
     <t>COOPERATIVE DES ARTISANAUX DU CONGO</t>
   </si>
   <si>
+    <t>C.A.C</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE HESHIMA</t>
   </si>
   <si>
+    <t>HESHIMA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE KIMBI</t>
   </si>
   <si>
+    <t>COOMIKI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE LUKIABINKO/BABOTYA</t>
   </si>
   <si>
+    <t>COMILUBA</t>
+  </si>
+  <si>
     <t>La Renaissance Coopérative</t>
   </si>
   <si>
+    <t>RECO</t>
+  </si>
+  <si>
     <t>Congo Mining Coopérative</t>
   </si>
   <si>
+    <t>CMCO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour la Paix et le Développement Social </t>
   </si>
   <si>
+    <t>CMPDS</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE NKULU</t>
   </si>
   <si>
+    <t>COOMINK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Unissons-nous pour le Développement </t>
   </si>
   <si>
+    <t>COMUDEV</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE KATCHUNGU YELA </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière de Kisenge </t>
   </si>
   <si>
+    <t>COMIKIS</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE KAMPA FRERES</t>
   </si>
   <si>
+    <t>COOMIKAF</t>
+  </si>
+  <si>
     <t>Coopérative Minière les Aigles</t>
   </si>
   <si>
+    <t xml:space="preserve"> A.G.L.</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE  DE MATILI KANYUKI</t>
   </si>
   <si>
+    <t>COMIMAK</t>
+  </si>
+  <si>
     <t>Coopérative Minière Wamini fu Wa Katanga</t>
   </si>
   <si>
+    <t xml:space="preserve"> C.M.W.K</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE BYAZI, IBUTUBUTU,KAPIMBI</t>
   </si>
   <si>
+    <t>COOPMBYAIKA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE BATALI</t>
   </si>
   <si>
+    <t>COOMIBAT</t>
+  </si>
+  <si>
     <t>Société Coopérative Solidarité JAMAA Letu</t>
   </si>
   <si>
+    <t>S.J.L</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DES EXPLOITANTS ARTISANAUX </t>
   </si>
   <si>
+    <t>COMIDEA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE MBINGA-SUD</t>
   </si>
   <si>
+    <t>COMIMS</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERES DES EXPLOITANTS ARTISANAUX DE TCHAMPUNDU</t>
   </si>
   <si>
+    <t>COOMEATCHA</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE TRAITEMENT DES DECHETS </t>
   </si>
   <si>
+    <t>COMITRAID</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE MOJANI NGUVU</t>
   </si>
   <si>
+    <t>COMUNG</t>
+  </si>
+  <si>
     <t>Coopérative Minière Maadini kwa Maendeleo  "C.M.K.M."</t>
   </si>
   <si>
+    <t>C.M.K.M.</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE MWENGA </t>
   </si>
   <si>
+    <t>COMIM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Dibwe pour le Développement "COMIDID"</t>
   </si>
   <si>
+    <t>COMIDID</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement Communautaire "CMPDC"</t>
   </si>
   <si>
+    <t>CMDC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT INTEGRAL</t>
   </si>
   <si>
+    <t>COMIDI</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement et l'Ascension Populaire "COMIDAP"</t>
   </si>
   <si>
+    <t>COMIDAP</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU SU-DKIVU</t>
   </si>
   <si>
+    <t>COMISK</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement Multisectoriel "COMIDEM"</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE/AGRICOLE</t>
   </si>
   <si>
+    <t>COMINAGRI</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Artisanaux du Congo </t>
   </si>
   <si>
+    <t>CAC</t>
+  </si>
+  <si>
     <t>Coopérative des Mines "COOPEMINES"</t>
   </si>
   <si>
+    <t xml:space="preserve"> COOPEMINES</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de Loango  </t>
   </si>
   <si>
+    <t>COMILO</t>
+  </si>
+  <si>
     <t>Katanga Mines Coopérative "KAMICO"</t>
   </si>
   <si>
+    <t xml:space="preserve"> KAMICO</t>
+  </si>
+  <si>
     <t>Coopérative Minière Icengelo "C.M.I."</t>
   </si>
   <si>
+    <t>C.M.I.</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développement Intégré de Pweto "COMIDIP"</t>
   </si>
   <si>
+    <t>COMIDIP</t>
+  </si>
+  <si>
     <t>Coopérative Minière Construction and Mining Service "CoMiSer.COOP"</t>
   </si>
   <si>
     <t>Coopérative Minière la Providence "COMIPRO"</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIPRO</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développement Intégré du Congo "COMIDICO"</t>
   </si>
   <si>
+    <t>COMIDICO</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kayuma "COMIKAY"</t>
   </si>
   <si>
+    <t>COMIKAY</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE SIMPLIFIEE</t>
   </si>
   <si>
+    <t xml:space="preserve"> SCOOPS</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE LWIKA </t>
   </si>
   <si>
+    <t>CMDL</t>
+  </si>
+  <si>
     <t>Coopérative Minière Port-Etendard "COMIPET"</t>
   </si>
   <si>
+    <t>COMIPET</t>
+  </si>
+  <si>
     <t>Coopérative Minière Union Fait la Force ''UFF''</t>
   </si>
   <si>
+    <t>CFF</t>
+  </si>
+  <si>
     <t>Coopérative Minière AKILI ''COMIAK''</t>
   </si>
   <si>
+    <t>'COMIAK</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOLIDARITE POUR LE DEVELOPPEMENT EN COOPERATIVE MINIERE </t>
   </si>
   <si>
+    <t>SODECM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE CHOTA</t>
   </si>
   <si>
+    <t xml:space="preserve"> CHOTA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DES JEUNES CONGOLAIS</t>
   </si>
   <si>
+    <t>CMDJC</t>
+  </si>
+  <si>
     <t>ASSOCIATION  PAYSANNE DU KATANGA</t>
   </si>
   <si>
+    <t>APM</t>
+  </si>
+  <si>
     <t>COOPERATIVE  MINIERE ET AGRICOLE DU KATANGA</t>
   </si>
   <si>
+    <t>COMIAGRIK</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Bien-être des Artisanaux du Katanga</t>
   </si>
   <si>
+    <t>COMIBAKAT</t>
+  </si>
+  <si>
     <t>Public</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DE KATOTO</t>
   </si>
   <si>
+    <t>C.M.K.</t>
+  </si>
+  <si>
     <t>Coopérative des Exploitants Miniers pour le Développement Intégral ''CEMDI''</t>
   </si>
   <si>
+    <t>CEMDI</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kaulu Mannno ''COMIKAM''</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE MASUKU</t>
   </si>
   <si>
+    <t>COMIMAS</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE DEVELOPPEMENT RURAL</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DES ARTISANAUX DE LUALABA </t>
   </si>
   <si>
+    <t>COMIAL</t>
+  </si>
+  <si>
     <t>Coopérative Minière Espoir ''COME''</t>
   </si>
   <si>
+    <t>COME</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU GRABEN</t>
   </si>
   <si>
+    <t>COMIGRA</t>
+  </si>
+  <si>
     <t>Coopérative Féminine Artisanale du Katanga ''COFEMAK''</t>
   </si>
   <si>
+    <t>COFEMAK</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement Intégral du Congo "CMDIC''</t>
   </si>
   <si>
+    <t>CMDIC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE BIALA MUKANGA</t>
   </si>
   <si>
+    <t>COMIBIALA MUKANGA</t>
+  </si>
+  <si>
     <t xml:space="preserve">GENERALE DES COOPERATIVE MINIERES DU KATANGA </t>
   </si>
   <si>
+    <t>GECOMIKAT</t>
+  </si>
+  <si>
     <t>Copper Minerais Cooperative and Développment ''COMICOD''</t>
   </si>
   <si>
+    <t>COMICOD</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kaulu Minda ''COMIKAMIN''</t>
   </si>
   <si>
+    <t>COMIKAMIN</t>
+  </si>
+  <si>
     <t>Coopérative agropastorale et Minière Tuungana Asbl "CAPMT/ASBL</t>
   </si>
   <si>
+    <t>CAPMT/ASBL</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DU HAUT LOMAMI</t>
   </si>
   <si>
+    <t>CMDHL</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE UMOJA DU KATANGA</t>
   </si>
   <si>
+    <t>COMUKAT</t>
+  </si>
+  <si>
     <t>COOPERATIVE FEMININE MINIERE ET AGRICOLE</t>
   </si>
   <si>
+    <t>COOFEMACO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES EXPLOITANTS PIONNIERS DU DEVELOPPEMENT</t>
   </si>
   <si>
+    <t>COMED</t>
+  </si>
+  <si>
     <t>COOPERATIVE DU TERRITOIRE DE LUBUDI</t>
   </si>
   <si>
+    <t>COMITEL</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour l'Emergence de la Classe Moyenne "CMECM"</t>
   </si>
   <si>
+    <t>CMECM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE PROGRES SOCIAL</t>
   </si>
   <si>
+    <t>CMPSA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE KATANGA PROGRESS</t>
   </si>
   <si>
+    <t>COMIKAP</t>
+  </si>
+  <si>
     <t>Coopérative Minière Assist. Comm. Nécess. du Katanga "COMIANKA"</t>
   </si>
   <si>
+    <t>COMIANKA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET AGRICOLE POUR LE DEVELOPPEMENT MAENDELEO</t>
   </si>
   <si>
+    <t>CMAD MAENDELEO</t>
+  </si>
+  <si>
     <t xml:space="preserve">LUBUMBASHI GRANDE COOPERATIVE MINIERE </t>
   </si>
   <si>
+    <t>LGCM</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière  KABAKA " KABAKA DEVELOPPEMENT"</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE RAISON DE PROSPERER</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE KAMU MINING CONGO</t>
   </si>
   <si>
     <t>COOPERATIVE DE DEVELOPPEMENT MINIERE DE BAS-CONGO</t>
   </si>
   <si>
+    <t>"CODEMBAC"</t>
+  </si>
+  <si>
     <t>Kongo central</t>
   </si>
   <si>
     <t>ASSOCIATION COOPERATIVE MINIERE CANANA</t>
   </si>
   <si>
+    <t xml:space="preserve"> ASCOMICAN </t>
+  </si>
+  <si>
     <t>Bas-Uele</t>
   </si>
   <si>
     <t>COOP. MIN. ET AGRICOLE MATANDU PR LA PROMOTION ET LE DEVELOPPEMENT DES EXPLOITATANTS MINIERS ARTISANAUX</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIAMAPRODEMA </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE D'ENCADREMENT DE DEMOBILISES ET EX.CAMBATTANTS MAYI-MAYI</t>
   </si>
   <si>
     <t>A1112921 H</t>
   </si>
   <si>
+    <t>COMEDECOM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE KISAMAMBA</t>
   </si>
   <si>
+    <t>KISAMAMBA</t>
+  </si>
+  <si>
     <t>COOPERATIVE KATANGAISE D'EXPLOITATIONS MINIERS ET ARTISANAL</t>
   </si>
   <si>
+    <t>COKEMA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET LE DEVELOPPEMENT DU KATANGA</t>
   </si>
   <si>
     <t>A1520767Q</t>
   </si>
   <si>
     <t>Coopérative Minière Kapya « FOMKA »</t>
   </si>
   <si>
+    <t xml:space="preserve">FOMKA </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DU CONGO PAR LE KATANGA</t>
   </si>
   <si>
+    <t>CMDCOK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE LUPETO</t>
   </si>
   <si>
     <t>A0815428E</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMILU</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développement du Katanga</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIDEKAT</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE D'ENCADREMENT DES PERSONNES VULNERABLES</t>
   </si>
   <si>
+    <t>CMEPV</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE MANING VISION </t>
   </si>
   <si>
+    <t xml:space="preserve"> MV</t>
+  </si>
+  <si>
     <t>Coopérative Minière d’Encadrement Des Exploitants Artisanaux pour la Promotion de le Classe Moyenne « COMEEPPROC »</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMEEPPROC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE D'ENCADREMENT DES EXPLOITANTS POUR LE BIENETRE DES VEUVES ET DES ORPHELINS</t>
   </si>
   <si>
+    <t>COMEBEVO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ARTISANALE DU KATANGA</t>
   </si>
   <si>
+    <t xml:space="preserve">CAM </t>
+  </si>
+  <si>
     <t>COOPERATIVE  DYABYO NA BANTU</t>
   </si>
   <si>
+    <t>COMIDYBA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE SOLIDARITE AFRICAINE</t>
   </si>
   <si>
+    <t>CMSA</t>
+  </si>
+  <si>
     <t>COOERATIVE MINIERE MAISHA</t>
   </si>
   <si>
+    <t>MAISHA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MAISHA MEMA</t>
   </si>
   <si>
+    <t xml:space="preserve">CMMMK </t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE  UYAJ </t>
   </si>
   <si>
+    <t xml:space="preserve">UYAJ </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ARTISANALE SOUTIEN AUX ARTISANS MINIERS</t>
   </si>
   <si>
+    <t>SAM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT AUTOCENTRE</t>
   </si>
   <si>
+    <t>CODAC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE LEZA WA LUSA</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMI.L.W.L</t>
+  </si>
+  <si>
     <t>COOPERATIVE POUR LE DEVELOPPEMENT ACCELERE DU CONGO</t>
   </si>
   <si>
+    <t>COMIDAC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MULTISECTORIELLE POUR LE  DEVELOPPEMENT DU CONGO</t>
   </si>
   <si>
+    <t>COMUDECOM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE FONDATION MAYANDA</t>
   </si>
   <si>
+    <t>CMFM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES CREUSEURS WA TSHIMBA MAANDI 1IER</t>
   </si>
   <si>
+    <t>CMTM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MAISON PUNGWE</t>
   </si>
   <si>
+    <t>CMMP</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DIESEDIA LUMUMBA NKAYI</t>
   </si>
   <si>
+    <t>DIMUKA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR L'ENCADREMENT ET LE DEVELOPPEMENT DES CREUSEURS DU CONGO/ESPOIR</t>
   </si>
   <si>
+    <t>CMDCO/ ESPOIR</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MKOMBOZI</t>
   </si>
   <si>
+    <t>CMMKO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE KUIMINIA PAMO</t>
   </si>
   <si>
+    <t>CMIKUPA</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE DE PROSPECTION EXPLOITATION MINIERE ARTISANALE ET DES SERVICES </t>
   </si>
   <si>
+    <t xml:space="preserve"> COPEMAS</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE AGRICOLE DE DEVELOPPEMENT DES TRAVAUX AU KATANGA </t>
   </si>
   <si>
+    <t>CMADTK</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement « COMIDEV »</t>
   </si>
   <si>
+    <t>COMIDEV</t>
+  </si>
+  <si>
     <t>Nature</t>
   </si>
   <si>
     <t>Coopérative des Artisans Miniers du Congo « CAMC »</t>
   </si>
   <si>
+    <t>CAMC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT BUNDWE</t>
   </si>
   <si>
+    <t>COMIDB</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE EL-GIBRON</t>
   </si>
   <si>
+    <t xml:space="preserve">CME </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE AMANI</t>
   </si>
   <si>
+    <t>AMANI</t>
+  </si>
+  <si>
     <t>Coopérative Minière TUJENGE « COMIT »</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE KAYAMBA </t>
   </si>
   <si>
+    <t>COMIKAYA</t>
+  </si>
+  <si>
     <t>COOPERATIVE  KAZI KWA AMANI</t>
   </si>
   <si>
+    <t>COMI KAZI KWA AMANI</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE DEVELOPPEMENT POUR LES EXPLOITANTS MINIERS DU KATANGA </t>
   </si>
   <si>
+    <t>CDEMK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE FONDATIONCHRIST</t>
   </si>
   <si>
+    <t>CMF</t>
+  </si>
+  <si>
     <t>COOPERATIVE POUR LE DEVELOPPEMENT COMMUNAUTAIRE BULUBA I BUKATA</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIDECOBIB</t>
+  </si>
+  <si>
     <t>Coopérative Minière Rabi « COMIRA »</t>
   </si>
   <si>
+    <t>COMIRA</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE COOPERATIVE MINIERE DE KUINGA </t>
   </si>
   <si>
+    <t>SOKOMIKI</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière et Agrico- Pastorale, Progrès Social « CMAPS »</t>
   </si>
   <si>
+    <t>CMAPS</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ARTISANALE DES PERSONNES DESEOUVREES</t>
   </si>
   <si>
+    <t xml:space="preserve">  CMAPO </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE PAKI POUR LE DEVELOPPEMENT</t>
   </si>
   <si>
+    <t>CMPDA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Prospérité pour tous « PPT »</t>
   </si>
   <si>
+    <t>PPT</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIEREDE WAKUTALA WAKUMONA</t>
   </si>
   <si>
+    <t>COMIWA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE PROGES SOCIAL DE L'EXPLOITANT MINIER ARTISANAL</t>
   </si>
   <si>
+    <t xml:space="preserve"> PSODEMA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MULTISECTORIELLE DE DEVELOPPEMENT DU KATNGA</t>
   </si>
   <si>
+    <t xml:space="preserve">COMUDECAT </t>
+  </si>
+  <si>
     <t>ASSOCIATION COOPERATIVE MUITOBO KILUMBA</t>
   </si>
   <si>
+    <t xml:space="preserve">COOPMK </t>
+  </si>
+  <si>
     <t xml:space="preserve">COOP. EXPLOIT. MIN. ARTIS. SOLIDAIRE DU KATANGA </t>
   </si>
   <si>
+    <t>CEMASKAT</t>
+  </si>
+  <si>
     <t>COOP. MIN. PR LE DEV. DE LA PROVINCE DU KATANGA</t>
   </si>
   <si>
+    <t>CMDPK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DEBOUT POUR LE DEVELOPPEMENT MULTISECTORIEL</t>
   </si>
   <si>
+    <t>CMDKM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE TERRE PROMISE</t>
   </si>
   <si>
+    <t>COMITEPRO</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE DE BAKONGOLO/MANONO</t>
   </si>
   <si>
+    <t>SOCOMIBA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Ligue des Jeunes Unis pour le Développement de Watsa « LUJUDEWA »</t>
   </si>
   <si>
+    <t>LUJUDEWA</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Orpailleurs de Abinva «COMORA»</t>
   </si>
   <si>
+    <t>COMORA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Action pour le Développement de Rambi «A.D.I.R.»</t>
   </si>
   <si>
+    <t>A.D.I.R</t>
+  </si>
+  <si>
     <t>Coopérative Minière Faradje, Dungu, Poko « FADUPO »</t>
   </si>
   <si>
+    <t>FADUPO</t>
+  </si>
+  <si>
     <t>Coopérative d’Exploitants Miniers de Watsa « SOCEMIWASCOOP- CA»</t>
   </si>
   <si>
+    <t xml:space="preserve"> SOCEMIWASCOOP- CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Débout Congolais «D.C»</t>
   </si>
   <si>
+    <t>D.C</t>
+  </si>
+  <si>
     <t>Coopérative Minière Jérusalem Ville de Paix « J.V.P »</t>
   </si>
   <si>
+    <t xml:space="preserve"> J.V.P </t>
+  </si>
+  <si>
     <t>Coopérative Minière Arche de Noé « ARNO »</t>
   </si>
   <si>
+    <t>ARNO</t>
+  </si>
+  <si>
     <t>Coopérative Minière CHARITAS « CHAR »</t>
   </si>
   <si>
+    <t>CHAR</t>
+  </si>
+  <si>
     <t>Coopérative Minière Droit Chemin « D.CH</t>
   </si>
   <si>
+    <t xml:space="preserve"> D.CH</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement « COMID »</t>
   </si>
   <si>
     <t>Coopérative Minière Somibaf et Groupe Fabrice</t>
   </si>
   <si>
+    <t>COOMISCO-GF</t>
+  </si>
+  <si>
     <t>Coopérative Minière Yezu Aza Bien « COMYAB COOPCA »</t>
   </si>
   <si>
     <t>COMYAB COOPCA</t>
   </si>
   <si>
     <t>Coopérative Minière Congo Mapendano « CM »</t>
   </si>
   <si>
+    <t>CM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Maboko Mosolo « MM »</t>
   </si>
   <si>
+    <t>MM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Maranatha « MARA »</t>
   </si>
   <si>
+    <t>MARA</t>
+  </si>
+  <si>
     <t>Coopérative Minière d’Apumo Enva « COOPEMAE »</t>
   </si>
   <si>
+    <t>COOPEMAE</t>
+  </si>
+  <si>
     <t>Coopérative Minière Service Mining « SM »</t>
   </si>
   <si>
+    <t>SM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Déogratias « DEO »</t>
   </si>
   <si>
+    <t>DEO</t>
+  </si>
+  <si>
     <t>Coopérative Minière Agri. Pr Emerg. Creuseurs du HUélé « Coopérative Minière Agri. Pr Emerg. Creuseurs du HUélé « COMAMECH » »</t>
   </si>
   <si>
+    <t xml:space="preserve"> « COMAMECH »</t>
+  </si>
+  <si>
     <t>Coopérative Minière Aigle de Dieu « ADD »</t>
   </si>
   <si>
+    <t>ADD</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement de Matiko « COMADEMA »</t>
   </si>
   <si>
+    <t>COMADEMA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Tozala na Bomoko « COMITOB O »</t>
   </si>
   <si>
+    <t>COMITOB O</t>
+  </si>
+  <si>
     <t>Coopérative Minière qui sait l’avenir « COMISA »</t>
   </si>
   <si>
+    <t>COMISA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Espoir de l’Avenir « COMEA »</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMEA</t>
+  </si>
+  <si>
     <t>Coopérative Minière et AGRICOLE TOBIKI « COMIATO»</t>
   </si>
   <si>
+    <t>COMIATO</t>
+  </si>
+  <si>
     <t>Coopérative Minière KAKE « COMIKKE »</t>
   </si>
   <si>
+    <t>COMIKKE</t>
+  </si>
+  <si>
     <t>Coopérative Minière Merci SEIGNEUR « MS »</t>
   </si>
   <si>
+    <t>MS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Vumela « CMW »</t>
   </si>
   <si>
+    <t>CMW</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE COOPERATIVE MINIERE NDO-OKEMBO </t>
   </si>
   <si>
+    <t>SOCOMINKOK</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Exploitants Artisanaux Pour le Développement « COOMEAD »</t>
   </si>
   <si>
+    <t xml:space="preserve">COOMEAD </t>
+  </si>
+  <si>
     <t>Ituri</t>
   </si>
   <si>
     <t>Coopérative Minière Oracle « COOPEMO »</t>
   </si>
   <si>
+    <t xml:space="preserve"> COOPEMO</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Exploitants Artisanaux de l’ITURI « COOMIDI »</t>
   </si>
   <si>
+    <t>COOMIDI</t>
+  </si>
+  <si>
     <t>Solidarité des Miniers en coopérative « SOMICO »</t>
   </si>
   <si>
+    <t>SOMICO</t>
+  </si>
+  <si>
     <t>Coopérative Minière D’Or de l’Ituri « COOMORI »</t>
   </si>
   <si>
+    <t>COOMORI</t>
+  </si>
+  <si>
     <t>ALLIANCE DES BALESES ASSOCIES EN COOPERATIVE</t>
   </si>
   <si>
+    <t xml:space="preserve"> ABAACO</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Orpailleurs de l’ITURI « COMOI- COOPCA »</t>
   </si>
   <si>
+    <t>COMOI- COOPCA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Umoja UREBA « COOMUBA »</t>
   </si>
   <si>
+    <t>COOMUBA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Dynamic Small MINING « DYNAMIC COOP - CA</t>
   </si>
   <si>
+    <t xml:space="preserve"> DYNAMIC COOP - CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière KONJI OBI PKANGA « CKOKP »</t>
   </si>
   <si>
+    <t>CKOKP</t>
+  </si>
+  <si>
     <t>Coop. des Exploit. Miniers Artisanaux de L’ITURI « COOP. E. MI »</t>
   </si>
   <si>
+    <t xml:space="preserve">COOP. E. MI </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière KINAMA </t>
   </si>
   <si>
     <t>Coop. Min. des Expl. Mat. Const</t>
   </si>
   <si>
+    <t>C00EMACO</t>
+  </si>
+  <si>
     <t>Coopérative Minière KASEREKA SIKWA et ASSOCIES</t>
   </si>
   <si>
+    <t>COOMI. KS K</t>
+  </si>
+  <si>
     <t>Coopérative Minière TUUNGANE KWA KUDJENGA</t>
   </si>
   <si>
+    <t>COOMITUK</t>
+  </si>
+  <si>
     <t>Coopérative Minière MOZINDO Ada Valère</t>
   </si>
   <si>
+    <t>COMIMAV COOP – CA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU</t>
   </si>
   <si>
+    <t>COO. MI. CO</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développement des ORPAILLEURS</t>
   </si>
   <si>
+    <t>COMIDOR</t>
+  </si>
+  <si>
     <t>COOP.MIN.POUR LE DEVELOPPEMENT INTEGRAL DANS LE SECTEUR MINIER</t>
   </si>
   <si>
+    <t>COMIDI/ SARL</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière NILINGA</t>
   </si>
   <si>
+    <t>COMINI COOP – CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Lumière Du Soir</t>
   </si>
   <si>
+    <t>COOMILUSO</t>
+  </si>
+  <si>
     <t>Coopérative de Développement Minièr de l’ITURI</t>
   </si>
   <si>
+    <t>COODEMI</t>
+  </si>
+  <si>
     <t>Coopérative Minière Maendeleo De l’ITURI</t>
   </si>
   <si>
+    <t>COOMIMA – ITURI</t>
+  </si>
+  <si>
     <t>Coop. Minière de Développement Communautaire SCOOPS</t>
   </si>
   <si>
+    <t>CMDC SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Pour les Congolais</t>
   </si>
   <si>
+    <t>CMC</t>
+  </si>
+  <si>
     <t>Coopérative Minière Admin.Foyers Min. Artis. Terr. Djugu</t>
   </si>
   <si>
+    <t>CAFMAD</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement Social</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDES COOPCA </t>
+  </si>
+  <si>
     <t>Coopérative Minière Initiative Encadr. Jeunesse pr Dév.</t>
   </si>
   <si>
+    <t>IDJD</t>
+  </si>
+  <si>
     <t>Coopérative Minière Ngayo-Congo</t>
   </si>
   <si>
+    <t>CMNC</t>
+  </si>
+  <si>
     <t>Coopérative Minière Baeta</t>
   </si>
   <si>
     <t>COOPERATIVE DES EXPLOITANTS DU DIAMANT ARTISANAL AU CONGO ONG ASBL</t>
   </si>
   <si>
+    <t>CEDAR CONGO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE DIKONGAYI ELAMEJI</t>
   </si>
   <si>
+    <t>MIDIELA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MUAKAM KALUNGA MINING COMPANY</t>
   </si>
   <si>
+    <t>MKC</t>
+  </si>
+  <si>
     <t>RENAISSANCE COOPERATIVE</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DE KAPANDA</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE MUKWIZA</t>
   </si>
   <si>
+    <t>CMM</t>
+  </si>
+  <si>
     <t>COOP. DOING INNOVAT. BUSINESS WITH EMMANUEL</t>
   </si>
   <si>
     <t>COOPERATIVE AGRO-MINIERE DE TSHIENDA</t>
   </si>
   <si>
+    <t>CAMIT</t>
+  </si>
+  <si>
     <t>COOPERATIVE D'EXPLOITATION ARTISANALE DES MINERAIS ET AGROPASTORALE UNIE DU KASAI ORIENTAL</t>
   </si>
   <si>
+    <t>CEAMAPUK</t>
+  </si>
+  <si>
     <t>COOPERATIVE DE PROMOTION INDUSTRIEL</t>
   </si>
   <si>
+    <t>COOPINDU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE LUBULANJI</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MINIERE HOSANNA</t>
   </si>
   <si>
+    <t>HOSANNA</t>
+  </si>
+  <si>
     <t>COOPERATIVE AGRO-PASTORALE ET D'EXPLOITATION MINIERE ARTISANALE DE BENA NADYA TSHIVENDA</t>
   </si>
   <si>
+    <t>CAPEMANT</t>
+  </si>
+  <si>
     <t>Coopérative Minière DUNIA</t>
   </si>
   <si>
+    <t>COMIDU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MIERE VEVE WANGAJA</t>
   </si>
   <si>
+    <t>C.M.VE.WA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE 03  ESPERANCE</t>
   </si>
   <si>
     <t>Kwango</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE ALPHA</t>
   </si>
   <si>
+    <t>CMA</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière « BIABI »</t>
   </si>
   <si>
+    <t>BIABI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE VEVE WANGA</t>
   </si>
   <si>
+    <t>CMVEWA</t>
+  </si>
+  <si>
     <t>Lomami</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE D'ELILA</t>
   </si>
   <si>
+    <t>COM’ELILA</t>
+  </si>
+  <si>
     <t>UNION DES EXPLOITANTS ARTISANAUX MINIERS DU CONGO</t>
   </si>
   <si>
+    <t>UEM AC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE SOLIDARITE DES OCCUPANTS DU SOL POUR LE DEVELOPPEMENT</t>
   </si>
   <si>
+    <t>SOSD</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE BAUSE</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DE PANGI</t>
   </si>
   <si>
+    <t>COMIPA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ILIMBA GUNGA</t>
   </si>
   <si>
+    <t>COMUGA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MWIKOLO O’ KESE</t>
   </si>
   <si>
+    <t>CMMK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE N'ZIBU</t>
   </si>
   <si>
+    <t>COMINZI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MWANZA BWATO</t>
   </si>
   <si>
+    <t>CMMB</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES JEUNES ARTSANS DE PANGI</t>
   </si>
   <si>
+    <t>CMJAP</t>
+  </si>
+  <si>
     <t>COOPERATIVE MANIEMA BUNENE BW'IMATA</t>
   </si>
   <si>
+    <t>CMBI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE NGASULU</t>
   </si>
   <si>
+    <t>COMINGA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MAMBA KANDENDYA</t>
   </si>
   <si>
+    <t>COMIMAKA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE LUBUTU</t>
   </si>
   <si>
+    <t>COMILU</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE D'ARTISANALE WAKUTALA WAKUMONA </t>
   </si>
   <si>
     <t>COOPERATIVE DES FEMMES ACQUISES AU DEVELOPPEMENT</t>
   </si>
   <si>
+    <t>COMIFAD</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET AGRICOLE DU LUALABA</t>
   </si>
   <si>
+    <t>COMIALU</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Exploitants Artisanaux Maendeleo</t>
   </si>
   <si>
+    <t>COMEMA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES TRAVAILLEURS</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE AGRO-MINIERE UMOJA NI MAENDELO</t>
   </si>
   <si>
+    <t>CAMUM</t>
+  </si>
+  <si>
     <t>Coopératived- ’Encadre ment et de Développe ment des Communautés Locales</t>
   </si>
   <si>
+    <t>CDCL</t>
+  </si>
+  <si>
     <t>Developpement Minier de Kolwezi</t>
   </si>
   <si>
+    <t>DEMIKO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE PROGREE DU CONGO</t>
   </si>
   <si>
+    <t>COMIPCO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ARTISANALE FEMMEN DIGNE</t>
   </si>
   <si>
+    <t>COMAFED</t>
+  </si>
+  <si>
     <t>COOPERATIVE  MINIERE AGAPAO SCOOPS</t>
   </si>
   <si>
+    <t>COMIA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ARTISANALE ET SEMI-INDISTRIELLE AVEC CONSEIL D'ADMINISTRATION</t>
   </si>
   <si>
+    <t>COSSA MINES SCOOP-CA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU LUALABA</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE POUR L'ECONOMIE INTEGREE DU LUALABA </t>
   </si>
   <si>
+    <t>COMEL</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE TUENDE MBELE DE LUALABA </t>
   </si>
   <si>
+    <t>C.M.T.M.L</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE ET AGRICOLE MALAYA</t>
   </si>
   <si>
+    <t>SOCOMIAM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE HEWA BORA</t>
   </si>
   <si>
+    <t>CM HEWA BORA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE AMOS</t>
   </si>
   <si>
+    <t>COMA</t>
+  </si>
+  <si>
     <t>COOP.MINIERE BARAKA</t>
   </si>
   <si>
+    <t>COMIBA</t>
+  </si>
+  <si>
     <t>Coop. Min. interconne xion Mining Corporation</t>
   </si>
   <si>
+    <t>IMC</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE MUKUNGU ACINA</t>
   </si>
   <si>
+    <t>SOCOMAC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERS POUR UN DEVELOPPEMENT INTEGRAL</t>
   </si>
   <si>
+    <t>CMDI</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développemen t de Walikale</t>
   </si>
   <si>
+    <t>COMIDEW A</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES EXPLOITANTS RIVERAIN DE VIRUNGA</t>
   </si>
   <si>
+    <t>COMERVI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MUNGU NI JIBU</t>
   </si>
   <si>
+    <t>CMMJ</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE PROGRES DE LA NATION CONGOLAISE</t>
   </si>
   <si>
     <t>A1518076Q</t>
   </si>
   <si>
+    <t>COMIPNC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LA PROMO COMMITES CONGOLAISES</t>
   </si>
   <si>
+    <t>COMIPCC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DECODE</t>
   </si>
   <si>
+    <t>COMIDE</t>
+  </si>
+  <si>
     <t>COOP.MIN. DE NYAWARONGO</t>
   </si>
   <si>
+    <t>COMINYA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES CREUSEURS ARTISANAUX DE MINEMBWE</t>
   </si>
   <si>
+    <t>COMCAM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE BAKISI</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DES EXPLOITANTS ARTISANAUX DE KATANGA-LUKWERA</t>
   </si>
   <si>
+    <t>CEMEAK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MOBUTU</t>
   </si>
   <si>
+    <t>COOMIMO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES EXPLOITANTS ARTISANAUX DE FIZI</t>
   </si>
   <si>
+    <t>COODEXAF</t>
+  </si>
+  <si>
     <t>COOPERATIVE DES EXPLOITANTS ARTISANAUX DANS LES HAUTS PLATEAUX DE NUMBI-BUZI</t>
   </si>
   <si>
+    <t>COPAMIHA NUBU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET AGRICOLE DE NGWESHE</t>
   </si>
   <si>
+    <t>COOMIA NGWE</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DE KAZIBA</t>
   </si>
   <si>
+    <t>CMDK</t>
+  </si>
+  <si>
     <t>COOP. MINIERE UNITED BROTHER</t>
   </si>
   <si>
+    <t>UB</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE RISING STAR</t>
   </si>
   <si>
+    <t>COMRS</t>
+  </si>
+  <si>
     <t>COOPERATIVE DES CREUSEURS ARTISANAUX MINIERS</t>
   </si>
   <si>
+    <t>COOCAM</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERES DE FIZI</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE DE L'EST DU CONGO</t>
   </si>
   <si>
+    <t>SOCOMIEC</t>
+  </si>
+  <si>
     <t>COOP. MIN. POUR LA CONSTRUCTION DE FIZI</t>
   </si>
   <si>
+    <t>COMIREF</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ARTISANALE DE LUMBU</t>
   </si>
   <si>
+    <t>COMALU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU CENTRE EST</t>
   </si>
   <si>
+    <t>COMICE</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE TWENDE MBELE</t>
   </si>
   <si>
+    <t>COMITWE MBE</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE AKILI NI MALI</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE MINING DEVELOPPEMENT</t>
   </si>
   <si>
+    <t>MCDEV</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU TANGANYIKA POUR LE DEVELOPPEMENT DES EXPLOITANTS ARSTISANAUX</t>
   </si>
   <si>
+    <t>CMTDEA</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE ET AGRICOLE DE LUKUGA</t>
   </si>
   <si>
+    <t>SOCOMIALU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ARTISANALE DE TANGANYIKA</t>
   </si>
   <si>
+    <t>COMATA</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développe ment Communautai re SCOOPS</t>
   </si>
   <si>
+    <t>CMDC SCOOP</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOP. MIN. ET DE DEVELOPPEMENT POUR  LA RECONSTRUCTION </t>
   </si>
   <si>
     <t>COOP. MINIERE ZAHABU</t>
   </si>
   <si>
+    <t>COZAB</t>
+  </si>
+  <si>
     <t>COOP. EXPLOIT. MIN. ARTIS. ET FOREST. DE KISANGANI</t>
   </si>
   <si>
+    <t>CEMAFKI</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOP. MIN. PR lE DEV. A BASE DE LA TSHOPO </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIPOP A COOP- CA </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DES POPOY/PANGA</t>
   </si>
   <si>
+    <t>COMIPOP A COOPCA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE EXPLOIT.DE BANGBA BANALIA</t>
   </si>
   <si>
+    <t>COMINEBABCOOPCA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE  DEVELOPPEMENT DE LA TSHOPO</t>
   </si>
   <si>
     <t>COOPERATIVE D'EXPLOITATIONS DES RESSOURCES NATURELLES ET MINIERS POUR LE DEVELOPPEMENT DURABLE DE YAHUMA</t>
   </si>
   <si>
+    <t>CERNAMIDDY</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE DE MANONO</t>
   </si>
   <si>
+    <t>SOCOMIM</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE D'ANKORO</t>
   </si>
   <si>
+    <t>SOCOMIANKO</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE D'EXPENSION D'ANKORO</t>
   </si>
   <si>
+    <t xml:space="preserve">SOCOMIDA NK </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE BELIER</t>
   </si>
   <si>
+    <t>SMB</t>
+  </si>
+  <si>
     <t>COOPERATIVE UNION MINIERE</t>
   </si>
   <si>
+    <t>COUMI</t>
+  </si>
+  <si>
     <t>SOCIETE EXPLOITANTS MINIERS VAINQUERS</t>
   </si>
   <si>
+    <t>SOCEXMI VA SCOOPCA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MANZIA</t>
   </si>
   <si>
+    <t>COMIMA</t>
+  </si>
+  <si>
     <t>COOPERATIVE DEVELOPPEMENT MINIER DE L'ITURI</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE ETANA</t>
   </si>
   <si>
+    <t>COM’ETA NA</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE NEHEME YA BONDO</t>
   </si>
   <si>
+    <t>SOCOMIN EYABO</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE ANATY</t>
   </si>
   <si>
+    <t>SOCOMINA SCOOP-CA</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE ET AGRICOLE YAKENA</t>
   </si>
   <si>
+    <t>SOCO MAYAKENA</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE LUYOYO</t>
   </si>
   <si>
+    <t>SO COMILU</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE MINIERE KINU KONGA BATW</t>
   </si>
   <si>
+    <t>COMI.K.K.B.</t>
+  </si>
+  <si>
     <t>COOP. POP. EXPLOIT. MIN. ARTIS. CONGOLAIS</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE MOSES SASA</t>
   </si>
   <si>
+    <t>MOSES</t>
+  </si>
+  <si>
     <t>STE COOP. DES EXPLOIT. MIN. PR LE DEV. ACCELERE</t>
   </si>
   <si>
+    <t>SOCEXMI DAC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MIN. EXPLOITATION ET DEV.DURABLE et Dév. Durable</t>
   </si>
   <si>
     <t xml:space="preserve"> COOPERATIVE MINIERE  MIMA </t>
   </si>
   <si>
+    <t>MIMA</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE   DEVELOPPEMENT COMMUNAUTAIRE </t>
   </si>
   <si>
+    <t xml:space="preserve"> CMDC</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERER ET AGRICOLE DE MALEMBA NKULU</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE MATUNDU </t>
   </si>
   <si>
+    <t>SOCOMIB</t>
+  </si>
+  <si>
     <t>SOCIETE COOPERATIVE  DES EXPLOITANTS MINIERE POUR LE DEVELOPPEMENT DU BAS UELE</t>
   </si>
   <si>
+    <t>SOCEXMIDEBU</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET AGRICOLE MATUNDU POUR LA PROMOTION ET LE DEVELOPPEMENT DES EXPLOITANTS MINIERE ARTISANAUX</t>
   </si>
   <si>
+    <t>COMIAMAPRODEMA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE MUKAMKALUNGA MINING COMPANY</t>
   </si>
   <si>
     <t>COOPERATIVES MINIERE DES CREUSEURS D'OR ET DIAMANTS DE LWIZA</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MINIERE BIABI</t>
   </si>
   <si>
+    <t>SCMBIABI</t>
+  </si>
+  <si>
     <t>COOPERATIVE EXPLOITANTS ARTISANAUX  POUR LES DEVELOPPEMENTS COMMUNAUTAIRE</t>
   </si>
   <si>
+    <t>CEMADECO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MIENIERE DES AMIES DE LA LOWA</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DE WALIKALE</t>
   </si>
   <si>
+    <t>COMIDEWA</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DES EXPLOITANTS ARTISANAUX POUR LE DEVELOPPEMENT </t>
   </si>
   <si>
+    <t>COOMEAD</t>
+  </si>
+  <si>
     <t>Sté COOPERATIVE MINIERE NDO – OKEMBO</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE MINERALE DE DEVELOPPEMENT </t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE  VIS- VERSA  </t>
   </si>
   <si>
+    <t>VIS- VERSA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE D'd’IMONGO</t>
   </si>
   <si>
     <t xml:space="preserve"> COOP. MIN. INTERCONNEXION MINING CORPORATION  </t>
   </si>
   <si>
+    <t xml:space="preserve"> IMC </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DU CONGO</t>
   </si>
   <si>
+    <t xml:space="preserve"> CMDC </t>
+  </si>
+  <si>
     <t>COOPERATIVE  DES  EXPLOITANTS MINIERS UMOJA</t>
   </si>
   <si>
+    <t>COOPE MU</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE BIEN-ETRE COMMUNAUTAIRE DE KAHELE </t>
   </si>
   <si>
+    <t>COMBEC K</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE  KAGULU - MASSANGA </t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE  LUKABINKO/ BABOTYA</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE DE  NKULU </t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE MATILI KANYUKI </t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE POUR LE DEVELOPPEMENT  INTEGRALE</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DE FIZI</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE DES EXPLOITANTS ARTISANAUX MINIERS DANS KES HAUTS  PLATEAUX DE NUMBI-BUZI </t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DU BIEN-ETRE  COOMUNAUTAIRE DE KALEHE</t>
   </si>
   <si>
+    <t>COMBECKA</t>
+  </si>
+  <si>
     <t xml:space="preserve"> COOP. D’EXPL.  ARTISANAUX MINIERS DE  BANALIA</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIEREDE DEVELOPPEMENT COMMUNAUTAIRE SCOOPS </t>
   </si>
   <si>
+    <t>CMDC  SCOOPS</t>
+  </si>
+  <si>
     <t xml:space="preserve"> SociéCOOPERATIVE  MINIERE DE  BAKONGOLO/  MANONO</t>
   </si>
   <si>
+    <t xml:space="preserve">SOCOMIBA </t>
+  </si>
+  <si>
     <t xml:space="preserve"> SociéCOOPERATIVE  MINIERE DE KAMINA</t>
   </si>
   <si>
+    <t>KOMIKA</t>
+  </si>
+  <si>
     <t xml:space="preserve"> SociéCOOPERATIVE  MINIERE DE BONDO</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE UTUFUKU MINES</t>
   </si>
   <si>
+    <t>UM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour le Développement " COMID" </t>
   </si>
   <si>
+    <t>COMID</t>
+  </si>
+  <si>
     <t>Coopérative Mini-ère Action Syner-gie pour Agricultu-re Durable "ACSAD"</t>
   </si>
   <si>
+    <t>ACSAD</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE AGRO-PASTORALE ET MINIERE DU CONGO  </t>
   </si>
   <si>
+    <t xml:space="preserve"> CAMICO </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET PASTORALE DU KASAI</t>
   </si>
   <si>
     <t>Coop. Min. Pour le Développement Integral dans le secteur Minier</t>
   </si>
   <si>
     <t>COOPERATIVE  EX AEQUO</t>
   </si>
   <si>
+    <t xml:space="preserve"> Ex  AEQUO</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE  KASAI MININA</t>
   </si>
   <si>
     <t xml:space="preserve"> ASS. COOP. MINIERE DES JEUNES DES OEUVRES DU CONGO</t>
   </si>
   <si>
     <t xml:space="preserve">ASSOCIATION COOPERATIVE MINIERE LA FRATERNITE </t>
   </si>
   <si>
     <t xml:space="preserve">LA CONGOLAISE  DES MINES </t>
   </si>
   <si>
+    <t xml:space="preserve">  LACOMI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DE GANENGA</t>
   </si>
   <si>
+    <t xml:space="preserve">  COMIGAN</t>
+  </si>
+  <si>
     <t>COOPERATIVE D'EXPLOITANTS  MINIERE ARTISANAUX DU CONGO</t>
   </si>
   <si>
+    <t>CEMACO</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIEREPOUR LE DEVELOPPEMENT ACCELERE DU  CONGO </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIDAC</t>
+  </si>
+  <si>
     <t xml:space="preserve"> COOPERATIVE POPULAIRE DES EXPLOITANTS  MINIERS ARTISANAUX CONGOLAIS </t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE  LUBA ET FRERES</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMILUBAF</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DEBOUT KATANGAPOUR LE DEVELOPPEMENT MULTISECTORIEL</t>
   </si>
   <si>
     <t>Mining Développe-ment system</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE ET ARTISANALE DE KATANGA</t>
   </si>
   <si>
+    <t>COMAKAT</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE POUR LE DEVELOPPEMENT </t>
   </si>
   <si>
     <t>Coopérative Katangai-se d’Exploitants Mi-niers et Artisanale</t>
   </si>
   <si>
     <t>Coopérative Minière du Peuple en Action pour le Développe-ment</t>
   </si>
   <si>
+    <t>COMIPAD</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE  KAZI KWA  AMANI</t>
   </si>
   <si>
+    <t>COMI MINIERE  KAZI KWA  AMANI</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE ET LE DEVELOPPEMENT</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE FONDACHRIST </t>
   </si>
   <si>
     <t>Coopérative Mini-ère Maadini kwa kili-mo</t>
   </si>
   <si>
+    <t>CMKK</t>
+  </si>
+  <si>
     <t>Coopérative des Ex-ploitants Miniers du Congo</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE PAKI POUR LE DEVELOPPEMENT ET L'AGRICULTURE  </t>
   </si>
   <si>
     <t>Exemple d'une coopérative minière</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE WOTE PAMOJA</t>
   </si>
   <si>
+    <t xml:space="preserve">COWPAM </t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE DU TANGANYIKA</t>
   </si>
   <si>
+    <t>COMITA</t>
+  </si>
+  <si>
     <t>SOCIETE DE COOPERATIVE MINIERE DU CONGO</t>
   </si>
   <si>
+    <t>SOCOOMICO</t>
+  </si>
+  <si>
     <t xml:space="preserve"> COOP. MIN. PR LE  PROGRES ET DEV.  COMMUNAUTAIRE</t>
   </si>
   <si>
+    <t xml:space="preserve">CMPDC </t>
+  </si>
+  <si>
     <t xml:space="preserve"> COOP. MINIERE  CONSTRUCTION AND MINING SERVICE</t>
   </si>
   <si>
+    <t>CoMiServ.COOP</t>
+  </si>
+  <si>
     <t xml:space="preserve"> COOPERATIVE MINIERE POUR LE DEVELOPPEMENT INTEGRE DE PWETO</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE POUR LE DEVELOPPEMENT DU HAUT-KATANGA </t>
   </si>
   <si>
+    <t>CMDH</t>
+  </si>
+  <si>
     <t xml:space="preserve"> COOPERATIVE MINIERE DEDEVELOPPEMENT DE LUIKA</t>
   </si>
   <si>
     <t xml:space="preserve"> COOPERATIVE MINIERE POUR L'EMERGENCE DELA CLASSE MOYENNE</t>
   </si>
   <si>
+    <t xml:space="preserve"> CMECM </t>
+  </si>
+  <si>
     <t xml:space="preserve"> COOP. MIN. DE  L’ASSIST. COMM.  NECESS. DU KATANGA</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIANKA </t>
+  </si>
+  <si>
     <t>Coopérative Minière TUMAINI</t>
   </si>
   <si>
     <t>COOPERATION MINIERE ET   PAYSANNE DU KATANGA</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DE DEVELOPPEMENT DE LUALABA</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE  TENGO/KATANGA</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE  ET AGRICOLE POUR LE DEVELOPPEMENT MAENDELEO</t>
   </si>
   <si>
+    <t>CMADMAENDELEO</t>
+  </si>
+  <si>
     <t>Coopérative Minière Zeleda</t>
   </si>
   <si>
+    <t>COMIZELD</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
     <t xml:space="preserve">Sté Coopérative Minière de Lumbu  </t>
   </si>
   <si>
+    <t xml:space="preserve">SOCOMILU </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Agro- Pastoral et  d’ExploitantsMiniers Madimba  CAPEMMA </t>
   </si>
   <si>
+    <t xml:space="preserve">CAPEMMA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Sté Coopérative Minière Pour  le  Développement Intégral  </t>
   </si>
   <si>
+    <t>SOCOMINDIN</t>
+  </si>
+  <si>
     <t xml:space="preserve">COOPERATIVE MINIERE POUR LE DEVELOPPEMENT COMMUNAUTAIRE </t>
   </si>
   <si>
     <t>A1800675E</t>
   </si>
   <si>
     <t xml:space="preserve">Société Coopérative Minière de Bondo </t>
   </si>
   <si>
+    <t xml:space="preserve">SOCOMIB </t>
+  </si>
+  <si>
     <t>Statut</t>
   </si>
   <si>
     <t xml:space="preserve">Association Coopérative Minière Canna </t>
   </si>
   <si>
+    <t>ASCOMICAM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Société Coopérative des Exploitants Miniers pour le Développement du Bas-Uele </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière d’Encadrement  de Démobilisés et ex. Combattants Mayi-Mayi </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMEDECOM</t>
+  </si>
+  <si>
     <t>Coopérative Minière de  Développement de l’Exquateur</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDEE </t>
+  </si>
+  <si>
     <t>Equateur</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière KUNGULANGA </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIKU </t>
+  </si>
+  <si>
     <t>Coop"rative UMOJA WA Katanga</t>
   </si>
   <si>
+    <t xml:space="preserve">COMUKAT 2 </t>
+  </si>
+  <si>
     <t>Coopérative Alternative Minière du Congo, Société Coopérative Simplifiéea</t>
   </si>
   <si>
     <t>Coopérative d’Exploitants Miniers Artisanaux du Congo</t>
   </si>
   <si>
     <t>Coopérative Maisha</t>
   </si>
   <si>
+    <t>MA</t>
+  </si>
+  <si>
     <t>Coopérative Minière TACCAS</t>
   </si>
   <si>
+    <t>" COOMITAC-SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière et des Matériaux de Construction SIMBA Société Coopérative Simplifiée</t>
   </si>
   <si>
+    <t>COMSI-SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kabeya Kamwanga</t>
   </si>
   <si>
+    <t>CMKK 2</t>
+  </si>
+  <si>
     <t>Coopérative Minière Paki pour le Développement et l'Agriculture</t>
   </si>
   <si>
     <t xml:space="preserve">Société Coopérative Minière le Peuple d'abord, Coopérative avec Conseil d'Administration </t>
   </si>
   <si>
+    <t>SCOMIPA COOP.CA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour le Développement Intégral et Social, Société Coopérative Simplifiée  </t>
   </si>
   <si>
+    <t>COMIDIS-SCOOPS"</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière, Rivière Kambove Route Shinko, Société Coopérative avec Conseil d'Administration </t>
   </si>
   <si>
+    <t>COMIRIKAROSH COOP.CA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Programme de Réamermement Moral des Blessés de Guerre, Société Coopérative avec Conseil d'Administration </t>
   </si>
   <si>
+    <t>COOPREMOB-COOP CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement du Peuple</t>
   </si>
   <si>
+    <t>SCOMIDEP</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Agricole du Congo </t>
   </si>
   <si>
+    <t xml:space="preserve">CO.MI.A.C </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Social Progrès COOP CA </t>
   </si>
   <si>
+    <t>COMSP</t>
+  </si>
+  <si>
     <t>Coopérative Minière HopraMining " HOPRA MINING"</t>
   </si>
   <si>
+    <t>HOPRA MINING</t>
+  </si>
+  <si>
     <t>Coopérative Pour le Bien-être du Peuple Congolais</t>
   </si>
   <si>
+    <t>COOBIECO-SCOOPS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Umoja de MOBA </t>
   </si>
   <si>
+    <t>COMUMO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Artisanale du Katanga </t>
   </si>
   <si>
+    <t xml:space="preserve">COMAKAT </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière EL JIREH </t>
   </si>
   <si>
+    <t>EI JIREH</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Artisanaux du Katanga, Société Coopérative avec Conseil d'Administration</t>
   </si>
   <si>
+    <t>COMIAKA-COOP CA</t>
+  </si>
+  <si>
     <t>Coopérative des  Artisanaux Miniers de KASESE</t>
   </si>
   <si>
+    <t xml:space="preserve">C.A.M.K  </t>
+  </si>
+  <si>
     <t>Association des Exploitants de Sable de Kasenga</t>
   </si>
   <si>
+    <t>A.S.K.A</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Démocrates </t>
   </si>
   <si>
     <t>Société Coopérative Minière Konga Bantu</t>
   </si>
   <si>
+    <t>COMIKKBA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour la Création de la Classe Moyenne </t>
   </si>
   <si>
+    <t>CMCCM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière BWACA des Artisanaux </t>
   </si>
   <si>
+    <t>CMBA SCOOPS</t>
+  </si>
+  <si>
     <t>Sté Coopérative Minière Pour  Le Développement Tujenge</t>
   </si>
   <si>
+    <t>COMIDETU</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière pour l'émergence du Peuple</t>
   </si>
   <si>
+    <t>SCOMEP</t>
+  </si>
+  <si>
     <t>Coopérative Minière Artisanale de MITUMBA</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière d’Encadrement des Démobilisésdes Ex –Combattants   MAYI-MAYI  </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Kazi Bora </t>
   </si>
   <si>
+    <t>COMIKAZ</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Artisanaux du Katanga </t>
   </si>
   <si>
     <t xml:space="preserve"> Coopérative Minière  la Joie de Vivre </t>
   </si>
   <si>
+    <t xml:space="preserve">JOIE DE VIVRE  </t>
+  </si>
+  <si>
     <t>Coopérative Minière Mining</t>
   </si>
   <si>
+    <t>COMIMI</t>
+  </si>
+  <si>
     <t>Cooperative Minière Tujenge Congo</t>
   </si>
   <si>
+    <t>COMITUCO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Minière du Peuple en Action  Pour le Développement </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIPAD </t>
+  </si>
+  <si>
     <t>Coopérative Minière pour WAMINIFU wa Katanga</t>
   </si>
   <si>
+    <t>CMWK</t>
+  </si>
+  <si>
     <t>Cooperative Minière Rafiki Mining</t>
   </si>
   <si>
+    <t>RFK MINING</t>
+  </si>
+  <si>
     <t>Cooperative Minière  Mwana  Nkole- Kapend</t>
   </si>
   <si>
+    <t>CMK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  Union des Jeunes Sur de Service  pour le Développement </t>
   </si>
   <si>
+    <t xml:space="preserve">U.J.S.S.D </t>
+  </si>
+  <si>
     <t>Cooperative Minière  Artisanaux Miniers du Congo</t>
   </si>
   <si>
+    <t>COMIAMC</t>
+  </si>
+  <si>
     <t>Cooperative Minière  Hewa Safi  Société Coopérative Simplifiée</t>
   </si>
   <si>
+    <t>CMHS- SCOOPS</t>
+  </si>
+  <si>
     <t>Cooperative des Artisanaux  Miniers du Congo pour le Development Agro –Pastoral</t>
   </si>
   <si>
+    <t>CAMDA</t>
+  </si>
+  <si>
     <t>Cooperative Minière Developpement Aurore</t>
   </si>
   <si>
+    <t>COMIDA H- KAT</t>
+  </si>
+  <si>
     <t>Cooperative Minière Jeunes  Tanganyika Promo Class Moy</t>
   </si>
   <si>
+    <t>COMIJTPCM</t>
+  </si>
+  <si>
     <t>Stè Cooperative Minière Nouvelle Vision</t>
   </si>
   <si>
+    <t>COPENOV</t>
+  </si>
+  <si>
     <t>Coopérative Minière Nguvu</t>
   </si>
   <si>
+    <t>CMN</t>
+  </si>
+  <si>
     <t>Sté Cooperativs Minière Union pour leDeveloppement Integral</t>
   </si>
   <si>
+    <t>SOCOMI UPDI.SCOOPCA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Tudjenge Congo </t>
   </si>
   <si>
+    <t>CTMC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  des Artisanaux  Miniers du Congo   </t>
   </si>
   <si>
+    <t>CDMC</t>
+  </si>
+  <si>
     <t>Sté Cooperative  Minière Stibine</t>
   </si>
   <si>
+    <t>SOCOSTI-SCOOP-CA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minières des Services Artisanaux Congolais </t>
   </si>
   <si>
+    <t>COMISAC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Développement de DIKULUWE  </t>
   </si>
   <si>
     <t>Sté Cooperative  Minière Trabeca</t>
   </si>
   <si>
+    <t>SCM-TRABECA SCOOP-CA</t>
+  </si>
+  <si>
     <t>Sté Cooperative Minière Bayuwa Mingi</t>
   </si>
   <si>
+    <t>SOCOMIBANI SCOOP-CA</t>
+  </si>
+  <si>
     <t>Sté Cooperative Minière Lukasu</t>
   </si>
   <si>
+    <t>SOCOMILUKA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Oraganisation des Artisanaux Miniers en Coopérative </t>
   </si>
   <si>
+    <t>OAM</t>
+  </si>
+  <si>
     <t>Coopérative Minièr la ’Ieunesse</t>
   </si>
   <si>
+    <t>LA JEUNESSE</t>
+  </si>
+  <si>
     <t xml:space="preserve">  Coopérative Minière Pour Le Developpement Communautaire </t>
   </si>
   <si>
     <t>Coopérative Minière  pour le Développement du Haut  Lomami</t>
   </si>
   <si>
     <t>Association Paysanne Mining du Katanga</t>
   </si>
   <si>
     <t>Cooperative Minière  Zéhane</t>
   </si>
   <si>
+    <t>COMIZ</t>
+  </si>
+  <si>
     <t>Cooperative  Minière Union des Jeunes   Surs  de servir leDéveloppement</t>
   </si>
   <si>
+    <t>UJSSD</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière le Bâtisseur </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière BUYA na BANTU </t>
   </si>
   <si>
+    <t>COMIBNB</t>
+  </si>
+  <si>
     <t>Cooperative  Congolaise Formation   et Encadrement  des Exploitants  Miniers et Agricole Développement Rural</t>
   </si>
   <si>
+    <t>CCFEEMAD</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière la Solidarité </t>
   </si>
   <si>
+    <t>CMS</t>
+  </si>
+  <si>
     <t>Cooperative Minière  pour le   developpement  Populaire</t>
   </si>
   <si>
+    <t>COMIDEPO</t>
+  </si>
+  <si>
     <t>Coopérative Minière  et de Développement du Katanga</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDECK </t>
+  </si>
+  <si>
     <t xml:space="preserve"> Coopérative des Exploitants  MIiniers du Congo</t>
   </si>
   <si>
+    <t>CEMCO</t>
+  </si>
+  <si>
     <t>Cooperative Minière  BUKWASHI</t>
   </si>
   <si>
+    <t>COOPEB</t>
+  </si>
+  <si>
     <t>Coopérative Minère TWATOLELA</t>
   </si>
   <si>
+    <t>COMITWA</t>
+  </si>
+  <si>
     <t>Coopérative Minère SHIBUKENI</t>
   </si>
   <si>
+    <t>COMISHI</t>
+  </si>
+  <si>
     <t>Coopérative Minère TACCAS, Société Coopérative Simplifiée</t>
   </si>
   <si>
+    <t>COOMITAC-SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minère Avenir</t>
   </si>
   <si>
     <t>Coopérative Minière Mima</t>
   </si>
   <si>
     <t xml:space="preserve">Trans Africa Container </t>
   </si>
   <si>
+    <t>TAC</t>
+  </si>
+  <si>
     <t>Coopérative Minière Bana Kolwezi</t>
   </si>
   <si>
     <t>Lualaba</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Maadini  kwa  kilimo </t>
   </si>
   <si>
+    <t xml:space="preserve">CMKK </t>
+  </si>
+  <si>
     <t>Dénis Coopérative Mining</t>
   </si>
   <si>
+    <t>DCM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Musule</t>
   </si>
   <si>
     <t>Coopérative Minière Mulunda Wa Bonso</t>
   </si>
   <si>
+    <t>COMIMUB</t>
+  </si>
+  <si>
     <t>Coopérative Minière Artisanale de Kolwezi</t>
   </si>
   <si>
+    <t>COMAKOL</t>
+  </si>
+  <si>
     <t>Coopérative Minière Classe Moyenne Congolaise</t>
   </si>
   <si>
+    <t>COMICC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  des Exploitants Miniers Artisanaux du Katanga </t>
   </si>
   <si>
+    <t>COOPEMIAK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  et de Développement DIKULUWE </t>
   </si>
   <si>
     <t>Coopérative des Exploitants Miniers Artisanaux du Katanga</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière des Kuimina Pamo </t>
   </si>
   <si>
+    <t>COMIKUPA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Wote PAMOJA </t>
   </si>
   <si>
     <t>Coopérative Minière pour le Développement de LUBUDI</t>
   </si>
   <si>
+    <t>COMIDELU</t>
+  </si>
+  <si>
     <t>Coopérative Minière MUKUBA</t>
   </si>
   <si>
     <t>Coopérative   des Exploitants  Miniers du Congo</t>
   </si>
   <si>
     <t>Coopérative Minière Miambo</t>
   </si>
   <si>
+    <t>MIAMBO</t>
+  </si>
+  <si>
     <t>Coopérative Minière Nguvu YETU</t>
   </si>
   <si>
     <t>Coopérative Minière la Joie de Vivre</t>
   </si>
   <si>
+    <t>JOIE DE VIVRE</t>
+  </si>
+  <si>
     <t>Mining Développement System</t>
   </si>
   <si>
     <t>Coopérative Minière Umoja</t>
   </si>
   <si>
+    <t>CMU</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agricole pour le Développement</t>
   </si>
   <si>
+    <t>CMAD Maendeleo</t>
+  </si>
+  <si>
     <t>Coopérative Minière du Développement du  Lualaba</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Kintu Ne Bakwenu </t>
   </si>
   <si>
+    <t>KINEBA</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Négoces et d'Assistances aux Nécessiteux</t>
   </si>
   <si>
+    <t>COMINAN</t>
+  </si>
+  <si>
     <t>Coopérative Minière  TUMAN</t>
   </si>
   <si>
     <t>Coopérative Minière pour la Promotion Rurale du Katanga</t>
   </si>
   <si>
+    <t>CMPRK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Agricole de Développement </t>
   </si>
   <si>
+    <t>COMAKO</t>
+  </si>
+  <si>
     <t>Coopérative Minière Bana TANGANYIKA</t>
   </si>
   <si>
+    <t>CBT</t>
+  </si>
+  <si>
     <t>Coopérative Minière Solidarité pour le Développement en Coopérative Minière</t>
   </si>
   <si>
     <t xml:space="preserve">MINING Développement Sytem </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative des Artisanaux Miniers du Congo </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative  Minière Milele </t>
   </si>
   <si>
     <t>Coopérative Dynamique des Exploitants Miniers, Agricole, pêche  et Elevage</t>
   </si>
   <si>
+    <t>CDEMAPE</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Minière de  Développement du Lualaba </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative  Minière de  Coopérative Minière Pour La Promotion  du Katanga </t>
   </si>
   <si>
+    <t>COMIPRUK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Paysanne du Katanga </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative  Minière la Lumière  des Exploitants Artisanaux </t>
   </si>
   <si>
+    <t xml:space="preserve">COMILE – A </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière MWITOBO KILUMBA </t>
   </si>
   <si>
+    <t>COOPMK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Minière  des Patriotes Pour le Développement duKatanga </t>
   </si>
   <si>
+    <t>COMIPDK</t>
+  </si>
+  <si>
     <t>Coopérative Minière  Alfajiri</t>
   </si>
   <si>
     <t>Coopérative Minière UYAJ</t>
   </si>
   <si>
+    <t xml:space="preserve"> UYAJ</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Minière et Artisanale de Kolwezi </t>
   </si>
   <si>
     <t>Coopérative  Générales du Katanga Minier</t>
   </si>
   <si>
+    <t>COGEKAM</t>
+  </si>
+  <si>
     <t>Coopérative  Minière  et  Agricole Kintutanki</t>
   </si>
   <si>
     <t>Société d’exploitation Transformation Transport et Construction</t>
   </si>
   <si>
+    <t>SETRACO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Agro –Pastorale du Salut </t>
   </si>
   <si>
+    <t>COOMSA – COOP – CA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Pour le Développement du Katanga </t>
   </si>
   <si>
     <t>Coopérative Minière pour le Développement Autocentré</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Encadrement Exploitants Pour le Bien Etre des Veuves et des Orphelins </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Moderne des  Mines et Développement    </t>
   </si>
   <si>
     <t xml:space="preserve">Association Coopérative Minière Mwitobo – kilumba </t>
   </si>
   <si>
     <t>Coopérative Minière pour le Développement Accéléré du CONGO</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative  Minière Maningi Vision </t>
   </si>
   <si>
+    <t>MV</t>
+  </si>
+  <si>
     <t>Coopérative Minière la Grace</t>
   </si>
   <si>
+    <t>GRACE</t>
+  </si>
+  <si>
     <t>Coopérative Minière Zawadi</t>
   </si>
   <si>
+    <t>COMIZA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Multisectorielle pour le Développement du CONGO </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Maendeleo  </t>
   </si>
   <si>
+    <t>CMIMA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de Développement  des Autochtones   </t>
   </si>
   <si>
+    <t>CMDA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour La Promotion des Exploitants Artisanaux  </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière  Graben </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière des Creuseurs Artisanaux du Congo </t>
   </si>
   <si>
+    <t xml:space="preserve">COMICA - CONGO </t>
+  </si>
+  <si>
     <t>Public-privé</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière d’Exploitants Miniers Artisanaux du CONGO </t>
   </si>
   <si>
+    <t xml:space="preserve">CEMACO </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Minière Pour  Le Développement Intégré du Congo </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Pour Le Développement Auto – Centré </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière le Baron  </t>
   </si>
   <si>
+    <t xml:space="preserve">CBM </t>
+  </si>
+  <si>
     <t>Coopérative Minière le BUKWASHI</t>
   </si>
   <si>
+    <t>CMB</t>
+  </si>
+  <si>
     <t>Coopérative  Minière VITAME</t>
   </si>
   <si>
+    <t xml:space="preserve">CMV </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Agricole  Développement des travaux au  Katanga   </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative  Minère pour le  Développement  du Congo par le Katanga </t>
   </si>
   <si>
+    <t xml:space="preserve">CMDCOK </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  Maisha Mema du Katanga </t>
   </si>
   <si>
+    <t>CMMMK</t>
+  </si>
+  <si>
     <t>Coopérative  Minière de Négoce et d’Assistance  aux Nécessiteux</t>
   </si>
   <si>
+    <t xml:space="preserve">COMINAM </t>
+  </si>
+  <si>
     <t xml:space="preserve">Mining Coopérative Développement </t>
   </si>
   <si>
+    <t xml:space="preserve">MCDEV </t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agricole de Malemba –Nkulu</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIAM </t>
+  </si>
+  <si>
     <t>Coopérative Minière Pour la Production Artisanale au Katanga</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIPAK </t>
+  </si>
+  <si>
     <t>Coopérative Minière Kahamba</t>
   </si>
   <si>
+    <t>COMIKA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Neema Ya  Mungu </t>
   </si>
   <si>
+    <t xml:space="preserve">COMINEMU </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Manyingi du Congo </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIMACO </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour le Bien etre Des Exploitants Artisanaux du Katanga </t>
   </si>
   <si>
+    <t>COMBEAK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Expmoitants du Katanga </t>
   </si>
   <si>
+    <t xml:space="preserve"> COPEMIAK  </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière d’Encadrement  des Personnes Vulnérables </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Baraka   </t>
   </si>
   <si>
     <t>Coopérative Minière Pour la JeunesseKatangaise«</t>
   </si>
   <si>
+    <t>CMPJK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière AMKA Tujenge  </t>
   </si>
   <si>
+    <t>CMAT</t>
+  </si>
+  <si>
     <t xml:space="preserve">  Société Coopérative Minière de Bakongolo/ Manono</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative  pour le Développement Minier  Régional du Katanga </t>
   </si>
   <si>
     <t xml:space="preserve">Sté Coopérative Minière DUNIA UMUSHUKURU MUNGU  ANGALI  </t>
   </si>
   <si>
+    <t>DUNIA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Wakubiyu </t>
   </si>
   <si>
+    <t>COWA</t>
+  </si>
+  <si>
     <t>Coopérative Minière  UZIMA</t>
   </si>
   <si>
+    <t>COMUZI</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative minière   LULIA </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMILU </t>
+  </si>
+  <si>
     <t>Coopérative Minière UWEZO</t>
   </si>
   <si>
+    <t>COMINU</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière BAKELE  </t>
   </si>
   <si>
+    <t>COMINIBA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Pour le  Développement de la Province du Katanga  </t>
   </si>
   <si>
     <t>Sté Coopérative Minière BTC</t>
   </si>
   <si>
+    <t>BTC – SCOOP- CA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière d’Encadrement des Exploitants pour le Bien- être des Veuves et des orphelins </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Pour Promotion de la Femme IMANI </t>
   </si>
   <si>
+    <t>COMIPROFI</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière BAHATI   </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIBATI </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière DIENO </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDI </t>
+  </si>
+  <si>
     <t xml:space="preserve">Alternative pour la transformation de l'artisanal </t>
   </si>
   <si>
+    <t>ATRAM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Populaire des Exploitants Minièrs Arisanaux Congolais </t>
   </si>
   <si>
+    <t>COOPEMAC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  Artisanal pour le Dévelop. Social </t>
   </si>
   <si>
+    <t>COMIADES</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Artisanale Bwiteketo </t>
   </si>
   <si>
+    <t>CAB</t>
+  </si>
+  <si>
     <t>Coopérative Minière Montagne des Mines</t>
   </si>
   <si>
+    <t>COMOM</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Artisanaux du Grand Congo</t>
   </si>
   <si>
+    <t>COMAGC</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Ressources Minérales</t>
   </si>
   <si>
+    <t>CMRM</t>
+  </si>
+  <si>
     <t>Coopérative Minière La Charité</t>
   </si>
   <si>
+    <t>CM LA CHARITE</t>
+  </si>
+  <si>
     <t>Coopérative  Minière JEANNEFROISSART</t>
   </si>
   <si>
+    <t>COMJFROIS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Muuungano de Kamina </t>
   </si>
   <si>
+    <t xml:space="preserve"> CMMK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière MARANATHA du CONGO  </t>
   </si>
   <si>
+    <t>COMIMACO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  MWANYA </t>
   </si>
   <si>
+    <t>COMIMWA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kayeye</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Développement de  Luafwila </t>
   </si>
   <si>
+    <t>CMDLWA</t>
+  </si>
+  <si>
     <t>Association Coopérative Minière Les Visionnaires du Développement du Katanga</t>
   </si>
   <si>
+    <t>CMVDK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour  Artisanale </t>
   </si>
   <si>
     <t>Coopérative Minière  KYATA</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière pour  DUNIA TUJENGE </t>
   </si>
   <si>
     <t>Coopérative Groupe Katanga Minérale</t>
   </si>
   <si>
+    <t xml:space="preserve"> GKM</t>
+  </si>
+  <si>
     <t>Coopérative Minière   TUPENDANE</t>
   </si>
   <si>
+    <t xml:space="preserve">CMITU </t>
+  </si>
+  <si>
     <t>Coopérative Minière AMKA Congomani</t>
   </si>
   <si>
+    <t>COMIACO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative d’Exploitation  Minière ArtisanaleGrace  Divine  </t>
   </si>
   <si>
+    <t>COMIAGRADI</t>
+  </si>
+  <si>
     <t>Coopérative Minière Debout Katanga pour le Développement Multisectoriel</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière et Agropastorale de Kundelungu et Mitumba </t>
   </si>
   <si>
+    <t>COMAPAKUM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour l’Encadrement et le Développement Des Creuseurs du Congo /Espoir </t>
   </si>
   <si>
+    <t>CMDCO/ESPOIR</t>
+  </si>
+  <si>
     <t>Coopérative Minière Mkombozi</t>
   </si>
   <si>
     <t>Coopérative Minière Bwami</t>
   </si>
   <si>
     <t>Coopérative Minière Ubukankala</t>
   </si>
   <si>
+    <t>COMUIBU</t>
+  </si>
+  <si>
     <t>Coopérative Minière Artisanale Leve-Toi</t>
   </si>
   <si>
+    <t>LEVE-TOI</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Kinu Konga Batwi </t>
   </si>
   <si>
+    <t>COMI.K.K.B</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement Bundwe</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière   USHINDI </t>
   </si>
   <si>
+    <t xml:space="preserve">COMU </t>
+  </si>
+  <si>
     <t>Coopérative Minière du Katanga</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière  MWAKA  </t>
   </si>
   <si>
     <t>Coopérative Minière Kambove Développement</t>
   </si>
   <si>
+    <t>COKADE</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Développement  de MANGI </t>
   </si>
   <si>
+    <t xml:space="preserve">COMDM </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  pour le  Développement et l’Ascension  Populaire  </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière de Développement  Main dans La Main </t>
   </si>
   <si>
     <t>Coopérative Minière et  Agricole MWANZA LULU Mining</t>
   </si>
   <si>
+    <t>MLM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Reneclementine</t>
   </si>
   <si>
+    <t>COMIRECLEM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Montagne de Mines</t>
   </si>
   <si>
+    <t>COMOMI</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kazi Djo Mahana</t>
   </si>
   <si>
+    <t>KAZI</t>
+  </si>
+  <si>
     <t>Coopérative Minière  KHAFF Marne</t>
   </si>
   <si>
+    <t>COMIKHA</t>
+  </si>
+  <si>
     <t>Coopérative Minière  BASEKA</t>
   </si>
   <si>
+    <t>COMIBAS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière SHIBUKENI </t>
   </si>
   <si>
+    <t>COOPEMSHI</t>
+  </si>
+  <si>
     <t>Coopérative Minière  Wote Pamoja, Sté Coopérative Simplifiée</t>
   </si>
   <si>
+    <t xml:space="preserve"> WP – SCOOP</t>
+  </si>
+  <si>
     <t>Coopérative Minière Agro – Minière Artisanale du Congo</t>
   </si>
   <si>
+    <t>CAMAC</t>
+  </si>
+  <si>
     <t>Coopérative MInière KAMAL</t>
   </si>
   <si>
+    <t>COMIKAMA</t>
+  </si>
+  <si>
     <t>Coopérative Minière de MAKAYA</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative  Minière  des Creuseurs Artisanaux du Congo </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMICA –CONGO </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière FAYIK </t>
   </si>
   <si>
+    <t>COMYIK</t>
+  </si>
+  <si>
     <t>Coopérative Minière Matempa</t>
   </si>
   <si>
+    <t>COMIMATE</t>
+  </si>
+  <si>
     <t>Coopérative Minière KAZI Kwa AMANI</t>
   </si>
   <si>
     <t>Coopérative Minière Porte – étendard</t>
   </si>
   <si>
+    <t>CMIPET</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développement pour les Exploitants Miniers du Katanga</t>
   </si>
   <si>
     <t>Coopérative Minière  PROJETKikwike</t>
   </si>
   <si>
+    <t>PROKI</t>
+  </si>
+  <si>
     <t>Société coopérative Minière de Bakongolo/ Manono</t>
   </si>
   <si>
     <t>CoopérativeMinière SALAMA</t>
   </si>
   <si>
     <t>Coopérative Minière Pour le Développement Communautaire BULUBA I BUKATA</t>
   </si>
   <si>
+    <t>COMIDECO BIS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  Lombela Ne Ingila </t>
   </si>
   <si>
+    <t>CMLI</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  POMBO </t>
   </si>
   <si>
+    <t>COMIPO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière LWIKA  </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Miyumbu  </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIYU </t>
+  </si>
+  <si>
     <t>Coopérative Minière pour l’Epanouissement des Exploitants Congolais</t>
   </si>
   <si>
+    <t>COMIPEEC</t>
+  </si>
+  <si>
     <t>Coopérative Minière KAPAMAYI</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIKAP </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière JUBA </t>
   </si>
   <si>
+    <t>COMIJU</t>
+  </si>
+  <si>
     <t>Sté Coopérative Minière UMUSHUKURU MUNGU ANGALI</t>
   </si>
   <si>
+    <t>DUMA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Pour   L4Epanoussement des Exploitants Congolais </t>
   </si>
   <si>
     <t>Coopérative Minière Ngonga</t>
   </si>
   <si>
+    <t>COMINGO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière BILENGE </t>
   </si>
   <si>
     <t>Cààpérative Minière La Jeunesse</t>
   </si>
   <si>
     <t>Coopérative Minière Artisanaledes Personnes Désoeuvrées</t>
   </si>
   <si>
+    <t>CMAPO</t>
+  </si>
+  <si>
     <t>Coopérative du Grand Katanga et Développement</t>
   </si>
   <si>
+    <t>CGKD</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière VOLDIV SERVICES  </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMI-V-SERVICES</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Coopérative Minière WAKUBIKUYU </t>
   </si>
   <si>
     <t>Coopérative Minière MWILOMBEExploitationArtisanale</t>
   </si>
   <si>
     <t>Union de Bâtisseurs du Congo</t>
   </si>
   <si>
+    <t xml:space="preserve">UBACO </t>
+  </si>
+  <si>
     <t>Société Coopérative Minière et Agricole Kamandji</t>
   </si>
   <si>
+    <t>SOCOMIAK</t>
+  </si>
+  <si>
     <t>Cooperative Minière Tuba</t>
   </si>
   <si>
+    <t>TB</t>
+  </si>
+  <si>
     <t xml:space="preserve">Société Coopérative Minière Kamandji </t>
   </si>
   <si>
+    <t>SOCOMIKA</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière pour le Développement Intégra</t>
   </si>
   <si>
+    <t>SOCOMIDIN</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Grand </t>
   </si>
   <si>
     <t>Cooperative Minière Kalui ka Kamusanza</t>
   </si>
   <si>
+    <t>K3</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Développement Radical</t>
   </si>
   <si>
+    <t>CMDR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cooperative Minière Neema </t>
   </si>
   <si>
     <t>Société Coopérative Minière MINGILO MIYA</t>
   </si>
   <si>
+    <t>SOCOMMIYA</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Progrès des Artisanaux</t>
   </si>
   <si>
+    <t>CMPA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cooperative Minière Glory </t>
   </si>
   <si>
+    <t>COMIGOL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cooperative Minière Bakala Business </t>
   </si>
   <si>
+    <t>COMIBAN</t>
+  </si>
+  <si>
     <t xml:space="preserve">Société Coopérative Minière TUTUMIKENI </t>
   </si>
   <si>
+    <t>SOCOMITU</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Katanga Minérale </t>
   </si>
   <si>
+    <t>CKM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Société Coopérative Minière SUSUKAUMONE </t>
   </si>
   <si>
+    <t xml:space="preserve"> SOCOMISUMOSCOOPCA</t>
+  </si>
+  <si>
     <t>Coopérative Minière MIRADI</t>
   </si>
   <si>
+    <t>COMIMIR</t>
+  </si>
+  <si>
     <t>Coopérative Minière Mitumba ya Lupetu</t>
   </si>
   <si>
+    <t>CMML</t>
+  </si>
+  <si>
     <t>UBWILILE Coopérative Minière</t>
   </si>
   <si>
+    <t>UCOM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Caramel Group </t>
   </si>
   <si>
+    <t>CG</t>
+  </si>
+  <si>
     <t>Coopérative Minière et de Développement Salama Yetu</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDESY </t>
+  </si>
+  <si>
     <t xml:space="preserve">Bassin Minier du Congo </t>
   </si>
   <si>
+    <t>BAMCO</t>
+  </si>
+  <si>
     <t>Coopérative Minière Changalele</t>
   </si>
   <si>
+    <t>COMIC</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le Développement des Exploitants Miniers Artisanaux de Lualaba</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Misul </t>
   </si>
   <si>
+    <t>CMM2</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cooperative Minière Nyota </t>
   </si>
   <si>
+    <t>COMINYO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Kiunga </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Munda Wanga </t>
   </si>
   <si>
+    <t>COOMWA</t>
+  </si>
+  <si>
     <t>Coopérative Minière MWERA</t>
   </si>
   <si>
     <t>Coopérative Minière Union des Artisanaux au Congo</t>
   </si>
   <si>
+    <t>UAMC</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Artisanaux Congolais</t>
   </si>
   <si>
+    <t>CMAC</t>
+  </si>
+  <si>
     <t>Association Coopérative Minière Debout Congolais</t>
   </si>
   <si>
+    <t>ASCOMIDEC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Entrasco Mining Coopérative </t>
   </si>
   <si>
+    <t>EMIC</t>
+  </si>
+  <si>
     <t>Coopérative Minière Pour le Développement Communautaire et Rural rafiki Africa</t>
   </si>
   <si>
+    <t>COMIDECRAF</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des indigènes </t>
   </si>
   <si>
+    <t>COMIIND</t>
+  </si>
+  <si>
     <t>Coopérative Minière du Grand Katanga</t>
   </si>
   <si>
+    <t>C. M. G. K</t>
+  </si>
+  <si>
     <t>Cooparative Minière et Agricole Mwangaza</t>
   </si>
   <si>
+    <t>COOMAM</t>
+  </si>
+  <si>
     <t>Coopérative Minière Pour le Développement des Artisanaux</t>
   </si>
   <si>
     <t>Coopérative Mwilombe d’Exploitation Minière Artisanale</t>
   </si>
   <si>
     <t>Coopérative Minière des Artisanaux du Katanga OLDING</t>
   </si>
   <si>
+    <t>CMAKO</t>
+  </si>
+  <si>
     <t>Coopérative Minière TUJENGE KWETU</t>
   </si>
   <si>
+    <t>COMITUKWE</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Communautés</t>
   </si>
   <si>
+    <t>COMICO2</t>
+  </si>
+  <si>
     <t>Cooperative Miinière pour  Developpement du Congo</t>
   </si>
   <si>
+    <t>COMIDECO</t>
+  </si>
+  <si>
     <t>Sté Hope Mining</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière de Développement pour les Femmes du Katanga </t>
   </si>
   <si>
+    <t>COMIDEFEK</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Sakania</t>
   </si>
   <si>
+    <t>COOMISAK</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour Un Congo Emergent</t>
   </si>
   <si>
     <t>Coopérative Minière KAMU</t>
   </si>
   <si>
     <t xml:space="preserve">Cooperative des Creuseurs  Artisanaux Mines Carrières Lomami </t>
   </si>
   <si>
+    <t>COOCLAMICLO</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière et Agricole Kilela Balanda</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minières et des Carrières pour le Développement Intégral </t>
   </si>
   <si>
+    <t>CMCDI</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Femmes pour le Développement</t>
   </si>
   <si>
+    <t>COMIFED</t>
+  </si>
+  <si>
     <t>Coopérative Minière KIPITAKITENDU</t>
   </si>
   <si>
+    <t>COMKIKI</t>
+  </si>
+  <si>
     <t>Coopérative Minière Espoir du Peuple</t>
   </si>
   <si>
+    <t>COMIEP</t>
+  </si>
+  <si>
     <t>Sté Coopérative Minière de Développement</t>
   </si>
   <si>
+    <t>SOCOMIDE</t>
+  </si>
+  <si>
     <t>Coopérative Congolaise de Formation et Encadrement pour l’Exploitation Minière Agricole et Développement Rural</t>
   </si>
   <si>
+    <t>C.C.F.E.E.M.A.D</t>
+  </si>
+  <si>
     <t>Cooperative Minière Tout Est Grace</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIGRA </t>
+  </si>
+  <si>
     <t>Coopérative Minière Union Des Jeunes sur de Service pour le Développement</t>
   </si>
   <si>
     <t>Coopérative Minière Cadminerals,Oil and Timber Corporation</t>
   </si>
   <si>
+    <t>CAMIOTCO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cooperative Minière Mungu Ni Chef </t>
   </si>
   <si>
+    <t>CMMC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière pour le Maximum d’Assurance </t>
   </si>
   <si>
+    <t>COMIMAX</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sté Coopérative minière Exploitants de WATSA </t>
   </si>
   <si>
+    <t>SOCEMIWA SCOOP-CA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Débout Kolwezi </t>
   </si>
   <si>
     <t>Action en Synergie pour l’Agriculture Durable</t>
   </si>
   <si>
+    <t>A.C.S.A.D</t>
+  </si>
+  <si>
     <t>Coopérative Minière Pour Promotion des Exploitants Artisanaux</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière La Concorde </t>
   </si>
   <si>
+    <t>CM LA CONCORDE</t>
+  </si>
+  <si>
     <t>Coopérative Minière Mater Dei</t>
   </si>
   <si>
+    <t>CMD</t>
+  </si>
+  <si>
     <t>Coopérative Minière Béni de DIEU</t>
   </si>
   <si>
+    <t>COMIBEDI</t>
+  </si>
+  <si>
     <t>Coopérative Minière Lobiko</t>
   </si>
   <si>
     <t>Coopérative Minière d'Appui aux Intitiatives Paysannes</t>
   </si>
   <si>
+    <t>CMAIP</t>
+  </si>
+  <si>
     <t>Coopérative Minière la Raison de Prospére</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minire Agropastorale </t>
   </si>
   <si>
     <t>Coopérative Minière Canon Flèche</t>
   </si>
   <si>
+    <t>COMICAF</t>
+  </si>
+  <si>
     <t>Coopérative Minière de comiak</t>
   </si>
   <si>
+    <t>COMIAK</t>
+  </si>
+  <si>
     <t>Coopérative Minière Fredon</t>
   </si>
   <si>
+    <t>COMIFRE</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kambembe</t>
   </si>
   <si>
     <t>Coopérative Minière  MUMELA</t>
   </si>
   <si>
+    <t>C. M.W.</t>
+  </si>
+  <si>
     <t>Coopérative Minière  KAS- DOL- MINING</t>
   </si>
   <si>
+    <t>COMIKDM</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Hommes Intégrés</t>
   </si>
   <si>
+    <t>COMIDHI</t>
+  </si>
+  <si>
     <t>Coopérative Minière La Colombe1 «Coopérative Minière La Colombe1</t>
   </si>
   <si>
+    <t>COLO</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour l'épanouissement des Exploitants Congolais</t>
   </si>
   <si>
     <t>Coopérative Minière Lutte  Contre La Pauvreté</t>
   </si>
   <si>
+    <t>COMILCP</t>
+  </si>
+  <si>
     <t>Coopérative Minière et AgricoleTagamile</t>
   </si>
   <si>
+    <t>SCMATA</t>
+  </si>
+  <si>
     <t>Coopérative Minière NKANKENYA</t>
   </si>
   <si>
+    <t>COMINKA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Dieu VoitTout</t>
   </si>
   <si>
+    <t>DVT</t>
+  </si>
+  <si>
     <t>Coopérative Minière Groupe Ilaka</t>
   </si>
   <si>
+    <t>GIKA</t>
+  </si>
+  <si>
     <t>Coopérative Minière de MANONO DUNIA</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Jéhovah Juré </t>
   </si>
   <si>
+    <t>COMIJJ</t>
+  </si>
+  <si>
     <t>Regroupement des Marqueteurs Artisanaux du Lualaba</t>
   </si>
   <si>
+    <t>REMAL-ASBL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et Agricole Colorado </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMA-COLORADO </t>
+  </si>
+  <si>
     <t>Coopérative Minière du Grand Katanga et Développement</t>
   </si>
   <si>
     <t>Union Nationale des Paysans Congolais</t>
   </si>
   <si>
+    <t>UNPC ASBL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Liza  Mining </t>
   </si>
   <si>
+    <t>LIZA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Colombe 2</t>
   </si>
   <si>
+    <t>COLOMBE 2</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière DEBORAH BARAKA </t>
   </si>
   <si>
+    <t>DB</t>
+  </si>
+  <si>
     <t>Coopérative Minière   Shalom</t>
   </si>
   <si>
+    <t>SHALOM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière siro  Buta </t>
   </si>
   <si>
+    <t xml:space="preserve"> ISIBU</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Oasis </t>
   </si>
   <si>
+    <t>COOMIOS</t>
+  </si>
+  <si>
     <t>Coopérative Minière  Les Amis des Orpaillleurs</t>
   </si>
   <si>
+    <t xml:space="preserve">ADO </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Okapi </t>
   </si>
   <si>
+    <t>COMIOK</t>
+  </si>
+  <si>
     <t>Coopérative Minière Bazele</t>
   </si>
   <si>
+    <t xml:space="preserve">BAZELE </t>
+  </si>
+  <si>
     <t>Coopérative Minière Tout va Bie</t>
   </si>
   <si>
+    <t>COMITUBA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Agricole Wanga Mbeleu </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMAWAMBE</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière DIEU Est GRAND </t>
   </si>
   <si>
+    <t>COMIDEG</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Des Elites de DIEU Société Coopérative Avec  Conseil d’Administration  </t>
   </si>
   <si>
+    <t>COMEDI COOP – CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière  Isiro BATU</t>
   </si>
   <si>
+    <t>ISIBU</t>
+  </si>
+  <si>
     <t>Coopérative Minière GIRO</t>
   </si>
   <si>
+    <t>CO. MI. GI.</t>
+  </si>
+  <si>
     <t>Coopérative Minière Union Mutuelles de Développement Social Economie Sectoriel</t>
   </si>
   <si>
     <t>Coopérative Minière La Main de l’Eternel</t>
   </si>
   <si>
+    <t xml:space="preserve">MDE </t>
+  </si>
+  <si>
     <t>Coopérative Minière La Paix</t>
   </si>
   <si>
+    <t>LP</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Congo Riche </t>
   </si>
   <si>
+    <t xml:space="preserve"> COOMICOR-SCOOPS </t>
+  </si>
+  <si>
     <t>Coopérative Minière de Négociants du Haut –Uelé</t>
   </si>
   <si>
+    <t>COMAMECH</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agricole Pour la Renaissanc</t>
   </si>
   <si>
+    <t>CMAPR</t>
+  </si>
+  <si>
     <t>Coopérative Minière KAZI LETU</t>
   </si>
   <si>
+    <t>COMIKALE</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative desNégociants  de l’ITURI </t>
   </si>
   <si>
+    <t>COONORI</t>
+  </si>
+  <si>
     <t>ociété Coopérative Minière BTC</t>
   </si>
   <si>
+    <t>BTC SCOOPS-CA</t>
+  </si>
+  <si>
     <t>Coopérative Minère Maisha Ya BANTU</t>
   </si>
   <si>
     <t>Société Coopérative Minière TUPENDANE</t>
   </si>
   <si>
+    <t>SOCOMIT SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Agricole Neema</t>
   </si>
   <si>
+    <t>COOMAN</t>
+  </si>
+  <si>
     <t xml:space="preserve">Alliance desBALESES Associés en coopérative </t>
   </si>
   <si>
+    <t>ABAACO</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière NDONA Expansion de BAYE</t>
   </si>
   <si>
+    <t>SOCOMINDEX</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minièrs et Agricole Pour le Développement du Congo </t>
   </si>
   <si>
+    <t>COMIAPDC</t>
+  </si>
+  <si>
     <t>Coopérative  des Exploitants Miniers Artisanaux et Agricole de lwiza</t>
   </si>
   <si>
+    <t>COEMAL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative M minière du PeuplePour le Développement </t>
   </si>
   <si>
+    <t>COMIPEDE/ASBL</t>
+  </si>
+  <si>
     <t>Coopérative Minière Mukamkalunga Mining  Company</t>
   </si>
   <si>
     <t>Association Sans But Lucratif des Marketeurs Miniers Artisanaux de Lualaba</t>
   </si>
   <si>
+    <t>MARKELUA Asbl</t>
+  </si>
+  <si>
     <t>Coopérative Minière NGOLWA Mabanji</t>
   </si>
   <si>
+    <t>COMINGOL</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Creuseursd’Or et Diamant de Lwiza</t>
   </si>
   <si>
     <t>Coopérative Minière Mukwiza</t>
   </si>
   <si>
+    <t>MUKWIZA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Exploitants de l'Or et de Cuivre de Kasama </t>
   </si>
   <si>
+    <t>COOMIKAS</t>
+  </si>
+  <si>
     <t>Coopérative Minière de LWIZA</t>
   </si>
   <si>
+    <t>COOMEL</t>
+  </si>
+  <si>
     <t>Sté Coopérative  Minière et Agricole SATRURNE</t>
   </si>
   <si>
+    <t>SOCOMIAS SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Kocdev</t>
   </si>
   <si>
+    <t>KOCDEV</t>
+  </si>
+  <si>
     <t>Coopérative Minière de La Solidarité des Jeunes</t>
   </si>
   <si>
+    <t>CMJS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative des Exploitants Miniers  Artisanaux de L’ITURI </t>
   </si>
   <si>
+    <t>COOP. E. MI</t>
+  </si>
+  <si>
     <t>Coopérative Minière TUJENGE PAMOJA</t>
   </si>
   <si>
+    <t>COMITUPA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Carrières et Mines </t>
   </si>
   <si>
+    <t>COCAMINES</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière pour la Prospérité, Scoiété avec Conseil d'Administration</t>
   </si>
   <si>
+    <t>SCOMIPRO CA</t>
+  </si>
+  <si>
     <t>Coopértive Minière Congo AFRICA MINERAL</t>
   </si>
   <si>
+    <t>SOCOMICAM-SCOOPS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des Exploitants des Matériaux de Construction </t>
   </si>
   <si>
     <t xml:space="preserve">Société Coopérative Minière JUA </t>
   </si>
   <si>
+    <t>SCMJ</t>
+  </si>
+  <si>
     <t>Coopérative Minière Interconnexion Mining Corporation</t>
   </si>
   <si>
+    <t xml:space="preserve"> IMC</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développement à la Base Coopérative Simplifiée</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière de l'Union de Jeunes Congolais </t>
   </si>
   <si>
+    <t>COMUJC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Afrique Trading, Société Coopérative Simplifiée </t>
   </si>
   <si>
+    <t>COMIMAT-SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Mapendo, Société Coopérative Simplifiée</t>
   </si>
   <si>
+    <t>OOMIMA SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière TUUNGANE KWAKUDJENGA</t>
   </si>
   <si>
+    <t xml:space="preserve">COOMITUK </t>
+  </si>
+  <si>
     <t>Coopérative  Minière MOZINDOAda Valère</t>
   </si>
   <si>
+    <t xml:space="preserve">COMIMAV COOP-CA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Pour le Développement Intégral dans le secteur Minier </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDI/SARL </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative de Développement  Minier de l’ITURI </t>
   </si>
   <si>
+    <t xml:space="preserve">COODEMI </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de Berunda </t>
   </si>
   <si>
+    <t>CO0MIBE</t>
+  </si>
+  <si>
     <t xml:space="preserve">Société Coopérative Simplifiée Mali – Yetu </t>
   </si>
   <si>
+    <t xml:space="preserve"> MALI – YETU SCOOPS </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Action  de Développement Communautaire </t>
   </si>
   <si>
+    <t xml:space="preserve">ADC </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de L’Unité Pour le  Développement Communautaire </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMUDECO </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière des  Exploitants Artisanaux </t>
   </si>
   <si>
+    <t>COOMEA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Pour  le Développement  de l’Ituri </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDI/ PAS-A PAS </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Pour le Développement de L’Ituri </t>
   </si>
   <si>
+    <t>SOCOOP-CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière  NDELE et FRERE</t>
   </si>
   <si>
+    <t>COOMINDEF</t>
+  </si>
+  <si>
     <t>Coopérative Minière SAINT RAPHAEL</t>
   </si>
   <si>
+    <t>COOMISARA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de TEMBEYA Na BWANA  </t>
   </si>
   <si>
+    <t>COOMITEBWA</t>
+  </si>
+  <si>
     <t>Coopérative de Développement   Minier dé Bas- Congo</t>
   </si>
   <si>
+    <t>CODEMBAC</t>
+  </si>
+  <si>
     <t>Coopérative des Exploitants du Diamant Artisanal au Congo</t>
   </si>
   <si>
+    <t xml:space="preserve">CEDAR CONGO </t>
+  </si>
+  <si>
     <t>Coopérative Minière du BAS-CONGO</t>
   </si>
   <si>
+    <t>CMB  RDC</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière Pour le Développement de Kongo Central</t>
   </si>
   <si>
+    <t>SOCOMIDEK</t>
+  </si>
+  <si>
     <t xml:space="preserve">  Coopérative  Minière KIZA  MINES SINDANI</t>
   </si>
   <si>
+    <t>COOPKIMISI</t>
+  </si>
+  <si>
     <t>Coopérative Minière de DéveloppementCommunautaire  SCOOPS</t>
   </si>
   <si>
     <t>Union  Nationale des  Exploitants Miniers Artisanaux du Congo</t>
   </si>
   <si>
+    <t xml:space="preserve">UNEMAC </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de l’Ituri et du BAS – UELE </t>
   </si>
   <si>
+    <t>COOMIBU</t>
+  </si>
+  <si>
     <t>Coopérative  Agro- Pastoral et  d’ExploitantsMiniers Madimba</t>
   </si>
   <si>
+    <t>CAPEMMA</t>
+  </si>
+  <si>
     <t>Sté Coopérative Minière Pour  le  Développement Intégral</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière  MAOYO EMENENE </t>
   </si>
   <si>
+    <t xml:space="preserve"> EMENENE</t>
+  </si>
+  <si>
     <t>Coopérative d’Exploitants Miniers Pour le Développement des Cataractes</t>
   </si>
   <si>
+    <t>CEMDC</t>
+  </si>
+  <si>
     <t>Coopérative Minière de Kamonia/Tshikapa</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIKAT </t>
+  </si>
+  <si>
     <t>Coopérative des Artisanaux Miniers du Bas – Congo</t>
   </si>
   <si>
+    <t>CAMBAC</t>
+  </si>
+  <si>
     <t>Coopérative Minière Nasibu Mwana Kasongo</t>
   </si>
   <si>
+    <t>COOMINAM</t>
+  </si>
+  <si>
     <t>Coopérative d’Exploitation Minière  les Amis  de l’Après – Mines</t>
   </si>
   <si>
+    <t>C.E. M. A. A. M</t>
+  </si>
+  <si>
     <t>oopérative Minière de Dikongayi Elameji</t>
   </si>
   <si>
+    <t xml:space="preserve">MIDIELA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Sté Coopérative Minière  de Développement de l’Ituri </t>
   </si>
   <si>
+    <t>SOCOMIDI SCOOP-CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le  Développement du BAS – CONGO</t>
   </si>
   <si>
+    <t>COMINBAC</t>
+  </si>
+  <si>
     <t>Coopérative  de Développement  Et d’Exploitants Miniers Artisanaux de Kimpese</t>
   </si>
   <si>
+    <t>C.D.E.M.A.K</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sté Coopérative Minière Shalom </t>
   </si>
   <si>
+    <t>SOCOMISHA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  Bon Samaritin </t>
   </si>
   <si>
+    <t xml:space="preserve">BON SAMARITAIN </t>
+  </si>
+  <si>
     <t>Coopérative Minière de Développement du BAS – CONGO</t>
   </si>
   <si>
+    <t>COMIDBAC</t>
+  </si>
+  <si>
     <t>Coopérative Minière SHIKENU</t>
   </si>
   <si>
+    <t>SOKOMIKE</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agricole du Congo Central</t>
   </si>
   <si>
     <t>Coopérative  Minière de Ngulungu</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMING </t>
+  </si>
+  <si>
     <t>Association Coopérative Minière  KANY MINING</t>
   </si>
   <si>
     <t xml:space="preserve">Société Coopérative Minière pour le Développement de Lwemba/Ituri </t>
   </si>
   <si>
+    <t>COMIDELI</t>
+  </si>
+  <si>
     <t>Coopérative Minière  de Développement du Congo Central</t>
   </si>
   <si>
+    <t>CODEKO</t>
+  </si>
+  <si>
     <t>Coopérative Populaire des ExploitantsMiniers Artisanaux  Congolais</t>
   </si>
   <si>
+    <t xml:space="preserve">COPEMAC </t>
+  </si>
+  <si>
     <t>Coopérative Minière Pour le Développement de KWANGO</t>
   </si>
   <si>
+    <t>CODEK</t>
+  </si>
+  <si>
     <t>Groupement des Congolais Exploitants Artisanaux  desminerais</t>
   </si>
   <si>
+    <t>CONGOMINES</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière deDéveloppement de KasongoLunda</t>
   </si>
   <si>
     <t xml:space="preserve">oopérative Minière  VIS-VERSA </t>
   </si>
   <si>
+    <t xml:space="preserve">VIS-VERSA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative AQUA –MINES </t>
   </si>
   <si>
+    <t>C.A.M</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière PourLe Développement de  Tembo</t>
   </si>
   <si>
+    <t>SOCOMIDET</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  Doing Innovative  Business with Emmanuel </t>
   </si>
   <si>
+    <t xml:space="preserve">DIBWE </t>
+  </si>
+  <si>
     <t>Coopérative Agro- forestière de Tshimuna miabi</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Kasaî Minina  </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIKAM </t>
+  </si>
+  <si>
     <t xml:space="preserve">Association Coopérative Minièredes Jeunes  Désœuvrés du Congo  </t>
   </si>
   <si>
+    <t xml:space="preserve">ACMJDC </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  de Diamant de Tshikapa </t>
   </si>
   <si>
+    <t xml:space="preserve">COMIDIAT </t>
+  </si>
+  <si>
     <t>Coopérative des Exploitants Minier de  Diamant Artisanal de Bandundu</t>
   </si>
   <si>
+    <t>CEMDAB</t>
+  </si>
+  <si>
     <t>Coopérative Minière LAJI</t>
   </si>
   <si>
+    <t>COMILA 3 AS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Agropastorale deKasongu  Monji</t>
   </si>
   <si>
+    <t>COOPEKAM</t>
+  </si>
+  <si>
     <t>Association Coopérative Minière    des Jeunes Désoeuvrés du Ccongo</t>
   </si>
   <si>
+    <t>ACMJC</t>
+  </si>
+  <si>
     <t>Coopérrative Populaire des Exploitants Miniers Artisanaux Congolais</t>
   </si>
   <si>
     <t>Coopérative  Agro-Minière de Boya</t>
   </si>
   <si>
+    <t>CAMB</t>
+  </si>
+  <si>
     <t>Coopérrative Minière Ganenga</t>
   </si>
   <si>
     <t>Coopérative Minière Pour le Progrès et leDéveloppement  du Congo</t>
   </si>
   <si>
+    <t>COOMIDEPCO</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière de la   Province de Lomami</t>
   </si>
   <si>
+    <t>SOCOMIDELO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Esperance   </t>
   </si>
   <si>
+    <t>C.M.ESPERANCE</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Développement  du Kasaî </t>
   </si>
   <si>
+    <t xml:space="preserve"> COODEKA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  d’exaltation Artisanaledes Mimerais et  agropastorale Unie du Kasaï – Oriental  </t>
   </si>
   <si>
     <t>Coopérative Minière et Pastorale du Kasaî</t>
   </si>
   <si>
+    <t>COOPMINA</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière  HOSSANA</t>
   </si>
   <si>
+    <t xml:space="preserve"> HOSSANA</t>
+  </si>
+  <si>
     <t>Coopérative Agro- Pastorale  et d’Exploitation Minière Artisanale de Bena Nadya   Tshivenda</t>
   </si>
   <si>
     <t>Coopérative Wote Pomoja</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière veve Wangaja </t>
   </si>
   <si>
+    <t xml:space="preserve">C.M.VE.WA </t>
+  </si>
+  <si>
     <t>Coopérative  Minière des Exploitants Miniers Artisanaux du Katanga</t>
   </si>
   <si>
     <t>Coopérative Minière d’Artisanale Wakutala Wakumona</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière des Femmes Acquises au Développement </t>
   </si>
   <si>
     <t>Coopérative Multisectorielle  du Développement du Katanga</t>
   </si>
   <si>
+    <t>COMUDEKAT</t>
+  </si>
+  <si>
     <t>Kolwezi Grande Coopérative Minière</t>
   </si>
   <si>
+    <t>KGCM</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Artisanale de Kolwezi</t>
   </si>
   <si>
     <t>Coopérative M inière Agro –Minière Umoja ni Maendeleo</t>
   </si>
   <si>
+    <t xml:space="preserve"> CAMUM</t>
+  </si>
+  <si>
     <t>Katanga Coopérative Mining</t>
   </si>
   <si>
+    <t xml:space="preserve"> KACOM</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative  d’Encadre- ment et de Développe- ment des Communautés Locales </t>
   </si>
   <si>
     <t>Coopérative Minière SALAMA</t>
   </si>
   <si>
     <t>Coopérative Minière Pour le Progrès du Congo</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Help Mining </t>
   </si>
   <si>
+    <t xml:space="preserve">CHM </t>
+  </si>
+  <si>
     <t>Coopérative Minière Artisanale  Femme Digne</t>
   </si>
   <si>
     <t>Coopérative Minière Agapao Scoops</t>
   </si>
   <si>
     <t xml:space="preserve">Sté Coopérative Minière  Mukungu Acina </t>
   </si>
   <si>
+    <t>SOCOMAK</t>
+  </si>
+  <si>
     <t>Coopérative Minière  Artisanale et Semi – Industrielle avec Conseil d’Administration</t>
   </si>
   <si>
+    <t>COSSAMINESSCOOPCA</t>
+  </si>
+  <si>
     <t>Coopérative Minière  du Lualaba</t>
   </si>
   <si>
     <t>Coopérative Minière  Pour l’Economie Intégrée du Lualaba</t>
   </si>
   <si>
+    <t xml:space="preserve">COMEL </t>
+  </si>
+  <si>
     <t>Dynamique des  Coopérative Minière et Agricole du Congo</t>
   </si>
   <si>
+    <t>DYCOMAC</t>
+  </si>
+  <si>
     <t>Coopérative  Minière Tuende Mbele de Lualaba</t>
   </si>
   <si>
+    <t xml:space="preserve"> C.M.T.M.L </t>
+  </si>
+  <si>
     <t>Coopérative Minière Artisanale du Lualaba</t>
   </si>
   <si>
+    <t>COMIALUA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Maendeleo Tast</t>
   </si>
   <si>
+    <t>COMIMAT</t>
+  </si>
+  <si>
     <t xml:space="preserve">Société  Coopérative  Minière et  Agricole MAlaya </t>
   </si>
   <si>
     <t>Coopérative Minière pour Développement  au Congo</t>
   </si>
   <si>
     <t>Coopérative Minière NEEMA du Lualaba</t>
   </si>
   <si>
+    <t>COMINEL</t>
+  </si>
+  <si>
     <t>CoopérativeMinière émergence Classe Moyenne</t>
   </si>
   <si>
     <t>Coopérative Minière pour le Développement de Kolwezi</t>
   </si>
   <si>
+    <t>COMDK</t>
+  </si>
+  <si>
     <t>Coopérative  Minière  Amos</t>
   </si>
   <si>
     <t>Coopérative MinièreBojas</t>
   </si>
   <si>
+    <t>BOJAS</t>
+  </si>
+  <si>
     <t>Coopérative du Grand Ktanga et Développement</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative de Développement Minière Actif </t>
   </si>
   <si>
+    <t xml:space="preserve">CODEMA </t>
+  </si>
+  <si>
     <t>Coopérative Minière  et Agricoledu Lualaba</t>
   </si>
   <si>
+    <t>CMAL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Maendeleo Kwa Wote </t>
   </si>
   <si>
+    <t>COMIMAKWO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière ARC-EN-CIEL </t>
   </si>
   <si>
+    <t xml:space="preserve">CARC </t>
+  </si>
+  <si>
     <t>Coopérative Mining Congo Jsus Vient</t>
   </si>
   <si>
+    <t>MCJV</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Jeunesse Dynamique et Entreprenante </t>
   </si>
   <si>
+    <t>COMAR JDE ASBL</t>
+  </si>
+  <si>
     <t>Coopérative Minière AZINA</t>
   </si>
   <si>
+    <t>COMIAZ</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière et  AgricoleTshilongoshi </t>
   </si>
   <si>
+    <t>COMATSH</t>
+  </si>
+  <si>
     <t>Coopérative Minière AMKENI</t>
   </si>
   <si>
     <t>Coopérative Minire Mutshi Panda</t>
   </si>
   <si>
+    <t>COMMUPA</t>
+  </si>
+  <si>
     <t>Société Coopérative Minière pour le Développement Communautaire</t>
   </si>
   <si>
+    <t>SCOMIADEC-COOP-CA</t>
+  </si>
+  <si>
     <t xml:space="preserve">CSté Coopérative Minière  Lualaba </t>
   </si>
   <si>
+    <t>SOCOMILUA</t>
+  </si>
+  <si>
     <t>Coopérative Minière KUPANGA</t>
   </si>
   <si>
+    <t>COMIKU</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière ADL  SCOOP </t>
   </si>
   <si>
+    <t xml:space="preserve"> ADL SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière pour le développement du Congo Espoir</t>
   </si>
   <si>
+    <t>CMDCO-ESPOIR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopératived’Exploitants  Artisanaux de Sable Kudia Talala </t>
   </si>
   <si>
+    <t>KUDIA TALALA ASBL</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agricole pour le développement du  Lualaba</t>
   </si>
   <si>
+    <t>COMIADELU</t>
+  </si>
+  <si>
     <t>Coopérative Minière</t>
   </si>
   <si>
+    <t>CMBRD</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Rélève du Congo </t>
   </si>
   <si>
+    <t>CMRCO</t>
+  </si>
+  <si>
+    <t>CDMACO</t>
+  </si>
+  <si>
+    <t>SOCOMIKAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "COGEKAM</t>
+  </si>
+  <si>
+    <t>CMDS</t>
+  </si>
+  <si>
+    <t>SOCOMIPADRI</t>
+  </si>
+  <si>
+    <t>CMMAL</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Coopérative Minière pour le Développement Régional du Katanga </t>
   </si>
   <si>
     <t>Coopérative Minière Kolwezi</t>
   </si>
   <si>
+    <t>COMIKO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CMKK</t>
+  </si>
+  <si>
+    <t>EMAK-C</t>
+  </si>
+  <si>
+    <t>FOMKA</t>
+  </si>
+  <si>
     <t>Coopérative Minière d'Exploitant Minier Artisanaux de Katanga</t>
   </si>
   <si>
+    <t>SCOMIPA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  </t>
   </si>
   <si>
+    <t>COMADECO</t>
+  </si>
+  <si>
+    <t>SYCOMORE</t>
+  </si>
+  <si>
+    <t>CMADEL</t>
+  </si>
+  <si>
+    <t>KUDJATALALA</t>
+  </si>
+  <si>
+    <t>COMIASCOOPS</t>
+  </si>
+  <si>
+    <t>HEWA BORA</t>
+  </si>
+  <si>
     <t>Coopératvive minière</t>
   </si>
   <si>
+    <t>COMIASCCOP</t>
+  </si>
+  <si>
+    <t>GKN</t>
+  </si>
+  <si>
+    <t>IMANI</t>
+  </si>
+  <si>
+    <t>UADL</t>
+  </si>
+  <si>
+    <t>COMIATU</t>
+  </si>
+  <si>
+    <t>RUKAT</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de Kasongo Baseme </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIKABA</t>
+  </si>
+  <si>
     <t>Coopérative Minière Agro Minière Pour le  Développement  de  MAINDOMBE</t>
   </si>
   <si>
+    <t>CAMDM–N</t>
+  </si>
+  <si>
     <t>Coopérative Minière dynamique des creuseurs</t>
   </si>
   <si>
+    <t>COMIDYC</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière TujengeKailo  </t>
   </si>
   <si>
+    <t>COMITUKA</t>
+  </si>
+  <si>
     <t>Coopérative Minière de la province du Maniema</t>
   </si>
   <si>
+    <t>COMIPROMA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  Mwitobo Kumba  </t>
   </si>
   <si>
+    <t>MK</t>
+  </si>
+  <si>
     <t>Coopérative Minière Réveil  du Maniema</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Elysée </t>
   </si>
   <si>
     <t>Coopérative  Minière Eko ya Mboka</t>
   </si>
   <si>
     <t>Coopérative Minière Débout Maniema</t>
   </si>
   <si>
+    <t>COMIDEMA</t>
+  </si>
+  <si>
     <t>Coopérative Minière confiance au sous –sol</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière d’Elila </t>
   </si>
   <si>
+    <t xml:space="preserve">COM’ELILA </t>
+  </si>
+  <si>
     <t xml:space="preserve">  Collection de l’Exploitation Minière de Tshikapa </t>
   </si>
   <si>
+    <t xml:space="preserve">CEMT </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  MAZETY Multi-système Diamon </t>
   </si>
   <si>
+    <t>COMIMAMUD</t>
+  </si>
+  <si>
     <t xml:space="preserve">Association Coopérative Minière MASHITA GIZUNGU </t>
   </si>
   <si>
+    <t xml:space="preserve">ACOOMIMAG </t>
+  </si>
+  <si>
     <t>Coopérative Minière de Kitamba</t>
   </si>
   <si>
+    <t>COMIKI</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Sadi </t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière MUAKAM </t>
   </si>
   <si>
+    <t xml:space="preserve">MKC </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Faustin Mapwar Bashuth  </t>
   </si>
   <si>
+    <t xml:space="preserve">FMB </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Shambombual /Luebo </t>
   </si>
   <si>
+    <t>MINSHAL</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Coopérative Minière Kasaï Manin</t>
   </si>
   <si>
     <t xml:space="preserve">Coopérative Minière Luvua –Mupemba  </t>
   </si>
   <si>
+    <t xml:space="preserve"> COMILOM </t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière  de Kapanda  </t>
   </si>
   <si>
     <t xml:space="preserve">Sté Coopérative Minière et Agricole Ilebo </t>
   </si>
   <si>
+    <t>SOCOMIAL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coperative Minière Lah et Frère  </t>
   </si>
   <si>
+    <t>COMILA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cooperative Minière Pole  </t>
   </si>
   <si>
     <t xml:space="preserve">Cooperative Minière Lemba  </t>
   </si>
   <si>
+    <t>COMILE</t>
+  </si>
+  <si>
     <t>Cooperative Minière L. M</t>
   </si>
   <si>
+    <t xml:space="preserve">COMILM </t>
+  </si>
+  <si>
     <t>Coopérative Minière Maison Blanch</t>
   </si>
   <si>
+    <t>M.B</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cooperative Minière Washington </t>
   </si>
   <si>
     <t xml:space="preserve">Cooperative Minière  des Exploitants Artisanaux pour le Développement de l’Ituri  </t>
   </si>
   <si>
+    <t xml:space="preserve">SOCOMEADI </t>
+  </si>
+  <si>
     <t>Coopérative Minière de  pangi</t>
   </si>
   <si>
     <t>Coopérative Minière des N’zibu</t>
   </si>
   <si>
     <t>Coopérative  Minière Mwanza Bwato</t>
   </si>
   <si>
     <t>Coopérative Minière Bunene Bw ‘imata</t>
   </si>
   <si>
     <t>Coopérative Minière pour Développement au Congo</t>
   </si>
   <si>
     <t>Coopérative Minière de KILA</t>
   </si>
   <si>
+    <t>COMIKILA COOP-CA</t>
+  </si>
+  <si>
     <t>Coopérative Minière des Exploitants  Miniers Artisanaux de Banalia</t>
   </si>
   <si>
+    <t>CEMIABA-COOP-CA</t>
+  </si>
+  <si>
     <t>Coopérative  Minière des Exploitants Miniers de Kanua</t>
   </si>
   <si>
+    <t>COEMIKA</t>
+  </si>
+  <si>
     <t>Coopérative Minière de  Banali</t>
   </si>
   <si>
+    <t>COMIBAMAPAMBOLI</t>
+  </si>
+  <si>
     <t>Coopérative des Exploitants Miniers Artisanaux de Maniema</t>
   </si>
   <si>
+    <t>CEMAM ASBL</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agro-Pastorale du Congo</t>
   </si>
   <si>
+    <t>COMACO</t>
+  </si>
+  <si>
+    <t>ADL SCOOPS</t>
+  </si>
+  <si>
     <t>Coopérative Minière Mirundu Ngoko</t>
   </si>
   <si>
+    <t>SOCOMIMINGO SARL</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE UPRONACO MANNING DU SANKURU</t>
   </si>
   <si>
     <t>COMMUS/OO1</t>
+  </si>
+  <si>
+    <t>COMMUS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3776,24716 +6440,28097 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1132"/>
+  <dimension ref="A1:I1132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
         <v>11</v>
       </c>
-      <c r="C4"/>
       <c r="D4"/>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E4"/>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="5" spans="1:8">
+      <c r="I4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>48</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
+        <v>15</v>
+      </c>
+      <c r="I20" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21"/>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" t="s">
         <v>16</v>
       </c>
-      <c r="B5"/>
-[...126 lines deleted...]
-      <c r="A11" t="s">
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>60</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24"/>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>67</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
+        <v>15</v>
+      </c>
+      <c r="I26" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>69</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27" t="s">
+        <v>70</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>15</v>
+      </c>
+      <c r="I27" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>72</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>15</v>
+      </c>
+      <c r="I28" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>74</v>
+      </c>
+      <c r="B29"/>
+      <c r="C29" t="s">
+        <v>75</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>76</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>19</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>15</v>
+      </c>
+      <c r="I30" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>78</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>19</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
+        <v>15</v>
+      </c>
+      <c r="I31" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="s">
+        <v>81</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>19</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
+        <v>15</v>
+      </c>
+      <c r="I32" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>82</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33" t="s">
+        <v>83</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>19</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I33" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>84</v>
+      </c>
+      <c r="B34"/>
+      <c r="C34" t="s">
+        <v>85</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
+        <v>15</v>
+      </c>
+      <c r="I34" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>86</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35" t="s">
+        <v>19</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I35" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>88</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36" t="s">
+        <v>89</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36" t="s">
+        <v>19</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
+        <v>15</v>
+      </c>
+      <c r="I36" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>90</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37" t="s">
+        <v>91</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>19</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
+        <v>15</v>
+      </c>
+      <c r="I37" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>92</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38" t="s">
+        <v>93</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38"/>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
+        <v>15</v>
+      </c>
+      <c r="I38" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>94</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39" t="s">
+        <v>95</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>19</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I39" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>96</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40" t="s">
+        <v>97</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>19</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>15</v>
+      </c>
+      <c r="I40" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" t="s">
+        <v>99</v>
+      </c>
+      <c r="C41" t="s">
+        <v>100</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" t="s">
+        <v>19</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>101</v>
+      </c>
+      <c r="B42"/>
+      <c r="C42" t="s">
+        <v>102</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>19</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
+        <v>15</v>
+      </c>
+      <c r="I42" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>103</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43" t="s">
+        <v>104</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" t="s">
+        <v>40</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
+        <v>15</v>
+      </c>
+      <c r="I43" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44" t="s">
+        <v>106</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>19</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
+        <v>15</v>
+      </c>
+      <c r="I44" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>107</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" t="s">
+        <v>19</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
+        <v>15</v>
+      </c>
+      <c r="I45" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>109</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46" t="s">
+        <v>110</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46" t="s">
+        <v>19</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
+        <v>15</v>
+      </c>
+      <c r="I46" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>111</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47" t="s">
+        <v>85</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47"/>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>112</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48" t="s">
+        <v>113</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48"/>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>114</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>115</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" t="s">
+        <v>40</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
+        <v>15</v>
+      </c>
+      <c r="I49" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>116</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>117</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50"/>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>118</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51" t="s">
+        <v>119</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51" t="s">
+        <v>19</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>15</v>
+      </c>
+      <c r="I51" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>120</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>121</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>19</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
+        <v>15</v>
+      </c>
+      <c r="I52" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>122</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53" t="s">
+        <v>123</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53"/>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
+        <v>15</v>
+      </c>
+      <c r="I53" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>124</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>125</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54"/>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
+        <v>126</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55" t="s">
+        <v>127</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55" t="s">
+        <v>19</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
+        <v>15</v>
+      </c>
+      <c r="I55" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
+        <v>128</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56" t="s">
+        <v>129</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56" t="s">
+        <v>19</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
+        <v>15</v>
+      </c>
+      <c r="I56" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
+        <v>130</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57" t="s">
+        <v>131</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>19</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
+        <v>15</v>
+      </c>
+      <c r="I57" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>132</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58" t="s">
+        <v>133</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58" t="s">
+        <v>19</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
+        <v>15</v>
+      </c>
+      <c r="I58" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>134</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59" t="s">
+        <v>135</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" t="s">
+        <v>19</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>15</v>
+      </c>
+      <c r="I59" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>136</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60" t="s">
+        <v>137</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60" t="s">
+        <v>19</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>15</v>
+      </c>
+      <c r="I60" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>139</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61" t="s">
+        <v>140</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61" t="s">
+        <v>19</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
+        <v>15</v>
+      </c>
+      <c r="I61" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>141</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62" t="s">
+        <v>142</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" t="s">
+        <v>19</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
+        <v>15</v>
+      </c>
+      <c r="I62" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>143</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63" t="s">
+        <v>144</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>19</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>15</v>
+      </c>
+      <c r="I63" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>145</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64" t="s">
+        <v>146</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" t="s">
+        <v>19</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>15</v>
+      </c>
+      <c r="I64" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>147</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65" t="s">
+        <v>148</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65"/>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
+        <v>15</v>
+      </c>
+      <c r="I65" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>149</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66" t="s">
+        <v>150</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66" t="s">
+        <v>19</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
+        <v>15</v>
+      </c>
+      <c r="I66" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>151</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67" t="s">
+        <v>152</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>19</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
+        <v>15</v>
+      </c>
+      <c r="I67" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>153</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68" t="s">
+        <v>154</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68"/>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
+        <v>15</v>
+      </c>
+      <c r="I68" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>155</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69" t="s">
+        <v>156</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69" t="s">
+        <v>19</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>157</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70" t="s">
+        <v>158</v>
+      </c>
+      <c r="D70"/>
+      <c r="E70" t="s">
+        <v>40</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
+        <v>15</v>
+      </c>
+      <c r="I70" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>160</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71" t="s">
+        <v>161</v>
+      </c>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>19</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" t="s">
+        <v>162</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72" t="s">
+        <v>163</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72"/>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>15</v>
+      </c>
+      <c r="I72" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>164</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73" t="s">
+        <v>165</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73" t="s">
+        <v>19</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>15</v>
+      </c>
+      <c r="I73" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>166</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74" t="s">
+        <v>167</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74" t="s">
+        <v>19</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>168</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75" t="s">
+        <v>169</v>
+      </c>
+      <c r="D75"/>
+      <c r="E75" t="s">
+        <v>40</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>15</v>
+      </c>
+      <c r="I75" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>171</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76" t="s">
+        <v>172</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76" t="s">
+        <v>19</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
+        <v>15</v>
+      </c>
+      <c r="I76" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>173</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77" t="s">
+        <v>174</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77"/>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>175</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78" t="s">
+        <v>176</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78" t="s">
+        <v>19</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
+        <v>15</v>
+      </c>
+      <c r="I78" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>177</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79" t="s">
+        <v>178</v>
+      </c>
+      <c r="D79"/>
+      <c r="E79" t="s">
+        <v>40</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>15</v>
+      </c>
+      <c r="I79" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>179</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80" t="s">
+        <v>180</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80" t="s">
+        <v>19</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
+        <v>15</v>
+      </c>
+      <c r="I80" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>181</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81" t="s">
+        <v>182</v>
+      </c>
+      <c r="D81"/>
+      <c r="E81" t="s">
+        <v>19</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" t="s">
+        <v>15</v>
+      </c>
+      <c r="I81" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>183</v>
+      </c>
+      <c r="B82" t="s">
+        <v>184</v>
+      </c>
+      <c r="C82" t="s">
+        <v>185</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82" t="s">
+        <v>19</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>186</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83" t="s">
+        <v>187</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83" t="s">
+        <v>19</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>14</v>
+      </c>
+      <c r="H83" t="s">
+        <v>15</v>
+      </c>
+      <c r="I83" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>188</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84" t="s">
+        <v>189</v>
+      </c>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
+        <v>15</v>
+      </c>
+      <c r="I84" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>190</v>
+      </c>
+      <c r="B85"/>
+      <c r="C85" t="s">
+        <v>191</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85" t="s">
+        <v>19</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
+        <v>15</v>
+      </c>
+      <c r="I85" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>192</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86" t="s">
+        <v>193</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86" t="s">
+        <v>19</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" t="s">
+        <v>15</v>
+      </c>
+      <c r="I86" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>194</v>
+      </c>
+      <c r="B87"/>
+      <c r="C87" t="s">
+        <v>195</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87" t="s">
+        <v>19</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>15</v>
+      </c>
+      <c r="I87" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>196</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88" t="s">
+        <v>197</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88" t="s">
+        <v>19</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" t="s">
+        <v>15</v>
+      </c>
+      <c r="I88" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>198</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89" t="s">
+        <v>199</v>
+      </c>
+      <c r="D89"/>
+      <c r="E89" t="s">
+        <v>19</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" t="s">
+        <v>15</v>
+      </c>
+      <c r="I89" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>200</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90" t="s">
+        <v>201</v>
+      </c>
+      <c r="D90"/>
+      <c r="E90" t="s">
+        <v>19</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
+        <v>15</v>
+      </c>
+      <c r="I90" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>202</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91" t="s">
+        <v>203</v>
+      </c>
+      <c r="D91"/>
+      <c r="E91" t="s">
+        <v>19</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>14</v>
+      </c>
+      <c r="H91" t="s">
+        <v>15</v>
+      </c>
+      <c r="I91" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>204</v>
+      </c>
+      <c r="B92"/>
+      <c r="C92" t="s">
+        <v>205</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92" t="s">
+        <v>19</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>206</v>
+      </c>
+      <c r="B93"/>
+      <c r="C93" t="s">
+        <v>207</v>
+      </c>
+      <c r="D93"/>
+      <c r="E93" t="s">
+        <v>19</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
+        <v>15</v>
+      </c>
+      <c r="I93" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" t="s">
+        <v>209</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94" t="s">
+        <v>210</v>
+      </c>
+      <c r="D94"/>
+      <c r="E94" t="s">
+        <v>40</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>14</v>
+      </c>
+      <c r="H94" t="s">
+        <v>15</v>
+      </c>
+      <c r="I94" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" t="s">
+        <v>211</v>
+      </c>
+      <c r="B95"/>
+      <c r="C95" t="s">
+        <v>212</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95" t="s">
+        <v>19</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>14</v>
+      </c>
+      <c r="H95" t="s">
+        <v>15</v>
+      </c>
+      <c r="I95" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" t="s">
+        <v>213</v>
+      </c>
+      <c r="B96"/>
+      <c r="C96" t="s">
+        <v>214</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96"/>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>14</v>
+      </c>
+      <c r="H96" t="s">
+        <v>15</v>
+      </c>
+      <c r="I96" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" t="s">
+        <v>215</v>
+      </c>
+      <c r="B97"/>
+      <c r="C97" t="s">
+        <v>216</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97"/>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>14</v>
+      </c>
+      <c r="H97" t="s">
+        <v>15</v>
+      </c>
+      <c r="I97" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" t="s">
+        <v>217</v>
+      </c>
+      <c r="B98"/>
+      <c r="C98" t="s">
+        <v>217</v>
+      </c>
+      <c r="D98"/>
+      <c r="E98"/>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>218</v>
+      </c>
+      <c r="B99"/>
+      <c r="C99" t="s">
+        <v>218</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99"/>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>14</v>
+      </c>
+      <c r="H99" t="s">
+        <v>15</v>
+      </c>
+      <c r="I99"/>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>219</v>
+      </c>
+      <c r="B100"/>
+      <c r="C100" t="s">
+        <v>220</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100" t="s">
+        <v>19</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>14</v>
+      </c>
+      <c r="H100" t="s">
+        <v>15</v>
+      </c>
+      <c r="I100" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="A101" t="s">
+        <v>221</v>
+      </c>
+      <c r="B101"/>
+      <c r="C101" t="s">
+        <v>222</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101" t="s">
+        <v>19</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>14</v>
+      </c>
+      <c r="H101" t="s">
+        <v>15</v>
+      </c>
+      <c r="I101" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9">
+      <c r="A102" t="s">
+        <v>223</v>
+      </c>
+      <c r="B102"/>
+      <c r="C102" t="s">
+        <v>224</v>
+      </c>
+      <c r="D102"/>
+      <c r="E102" t="s">
+        <v>19</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>14</v>
+      </c>
+      <c r="H102" t="s">
+        <v>15</v>
+      </c>
+      <c r="I102" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9">
+      <c r="A103" t="s">
+        <v>225</v>
+      </c>
+      <c r="B103"/>
+      <c r="C103" t="s">
+        <v>226</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103" t="s">
+        <v>40</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>14</v>
+      </c>
+      <c r="H103" t="s">
+        <v>15</v>
+      </c>
+      <c r="I103" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="A104" t="s">
+        <v>228</v>
+      </c>
+      <c r="B104"/>
+      <c r="C104" t="s">
+        <v>229</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104"/>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>14</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9">
+      <c r="A105" t="s">
+        <v>230</v>
+      </c>
+      <c r="B105"/>
+      <c r="C105" t="s">
+        <v>231</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105"/>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>14</v>
+      </c>
+      <c r="H105" t="s">
+        <v>15</v>
+      </c>
+      <c r="I105" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9">
+      <c r="A106" t="s">
+        <v>232</v>
+      </c>
+      <c r="B106"/>
+      <c r="C106" t="s">
+        <v>233</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106"/>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>14</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="A107" t="s">
+        <v>234</v>
+      </c>
+      <c r="B107"/>
+      <c r="C107" t="s">
+        <v>235</v>
+      </c>
+      <c r="D107"/>
+      <c r="E107" t="s">
+        <v>19</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>14</v>
+      </c>
+      <c r="H107" t="s">
+        <v>15</v>
+      </c>
+      <c r="I107" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" t="s">
+        <v>236</v>
+      </c>
+      <c r="B108"/>
+      <c r="C108" t="s">
+        <v>237</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108" t="s">
+        <v>19</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>14</v>
+      </c>
+      <c r="H108" t="s">
+        <v>15</v>
+      </c>
+      <c r="I108" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" t="s">
+        <v>238</v>
+      </c>
+      <c r="B109"/>
+      <c r="C109" t="s">
+        <v>239</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>14</v>
+      </c>
+      <c r="H109" t="s">
+        <v>15</v>
+      </c>
+      <c r="I109" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" t="s">
+        <v>240</v>
+      </c>
+      <c r="B110"/>
+      <c r="C110" t="s">
+        <v>241</v>
+      </c>
+      <c r="D110"/>
+      <c r="E110" t="s">
+        <v>19</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" t="s">
+        <v>15</v>
+      </c>
+      <c r="I110" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" t="s">
+        <v>242</v>
+      </c>
+      <c r="B111"/>
+      <c r="C111" t="s">
+        <v>243</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111"/>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>14</v>
+      </c>
+      <c r="H111" t="s">
+        <v>15</v>
+      </c>
+      <c r="I111" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112" t="s">
+        <v>244</v>
+      </c>
+      <c r="B112"/>
+      <c r="C112" t="s">
+        <v>245</v>
+      </c>
+      <c r="D112"/>
+      <c r="E112"/>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>14</v>
+      </c>
+      <c r="H112"/>
+      <c r="I112" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113" t="s">
+        <v>246</v>
+      </c>
+      <c r="B113"/>
+      <c r="C113" t="s">
+        <v>247</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113"/>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>14</v>
+      </c>
+      <c r="H113" t="s">
+        <v>15</v>
+      </c>
+      <c r="I113" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" t="s">
+        <v>248</v>
+      </c>
+      <c r="B114"/>
+      <c r="C114" t="s">
+        <v>249</v>
+      </c>
+      <c r="D114"/>
+      <c r="E114" t="s">
+        <v>19</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>14</v>
+      </c>
+      <c r="H114" t="s">
+        <v>15</v>
+      </c>
+      <c r="I114" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" t="s">
+        <v>250</v>
+      </c>
+      <c r="B115"/>
+      <c r="C115" t="s">
+        <v>251</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115" t="s">
+        <v>19</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" t="s">
+        <v>15</v>
+      </c>
+      <c r="I115" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" t="s">
+        <v>252</v>
+      </c>
+      <c r="B116"/>
+      <c r="C116" t="s">
+        <v>253</v>
+      </c>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>19</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>14</v>
+      </c>
+      <c r="H116" t="s">
+        <v>15</v>
+      </c>
+      <c r="I116" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" t="s">
+        <v>254</v>
+      </c>
+      <c r="B117"/>
+      <c r="C117" t="s">
+        <v>255</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>19</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>14</v>
+      </c>
+      <c r="H117" t="s">
+        <v>15</v>
+      </c>
+      <c r="I117" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" t="s">
+        <v>256</v>
+      </c>
+      <c r="B118"/>
+      <c r="C118" t="s">
+        <v>257</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118"/>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>14</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119" t="s">
+        <v>258</v>
+      </c>
+      <c r="B119"/>
+      <c r="C119" t="s">
+        <v>259</v>
+      </c>
+      <c r="D119"/>
+      <c r="E119" t="s">
+        <v>19</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>14</v>
+      </c>
+      <c r="H119" t="s">
+        <v>15</v>
+      </c>
+      <c r="I119" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120" t="s">
+        <v>260</v>
+      </c>
+      <c r="B120"/>
+      <c r="C120" t="s">
+        <v>261</v>
+      </c>
+      <c r="D120"/>
+      <c r="E120" t="s">
+        <v>19</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>14</v>
+      </c>
+      <c r="H120" t="s">
+        <v>15</v>
+      </c>
+      <c r="I120" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121" t="s">
+        <v>262</v>
+      </c>
+      <c r="B121"/>
+      <c r="C121" t="s">
+        <v>263</v>
+      </c>
+      <c r="D121"/>
+      <c r="E121" t="s">
+        <v>19</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>14</v>
+      </c>
+      <c r="H121" t="s">
+        <v>15</v>
+      </c>
+      <c r="I121" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9">
+      <c r="A122" t="s">
+        <v>264</v>
+      </c>
+      <c r="B122"/>
+      <c r="C122" t="s">
+        <v>265</v>
+      </c>
+      <c r="D122"/>
+      <c r="E122" t="s">
+        <v>19</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" t="s">
+        <v>15</v>
+      </c>
+      <c r="I122" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
+      <c r="A123" t="s">
+        <v>266</v>
+      </c>
+      <c r="B123"/>
+      <c r="C123" t="s">
+        <v>267</v>
+      </c>
+      <c r="D123"/>
+      <c r="E123"/>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123"/>
+      <c r="I123" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124" t="s">
+        <v>268</v>
+      </c>
+      <c r="B124"/>
+      <c r="C124" t="s">
+        <v>269</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124"/>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>14</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125" t="s">
+        <v>270</v>
+      </c>
+      <c r="B125"/>
+      <c r="C125" t="s">
+        <v>271</v>
+      </c>
+      <c r="D125"/>
+      <c r="E125" t="s">
+        <v>19</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>14</v>
+      </c>
+      <c r="H125" t="s">
         <v>27</v>
       </c>
-      <c r="B11"/>
-[...230 lines deleted...]
-      <c r="A22" t="s">
+      <c r="I125" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9">
+      <c r="A126" t="s">
+        <v>272</v>
+      </c>
+      <c r="B126"/>
+      <c r="C126" t="s">
+        <v>273</v>
+      </c>
+      <c r="D126"/>
+      <c r="E126" t="s">
+        <v>19</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>14</v>
+      </c>
+      <c r="H126" t="s">
+        <v>15</v>
+      </c>
+      <c r="I126" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9">
+      <c r="A127" t="s">
+        <v>274</v>
+      </c>
+      <c r="B127"/>
+      <c r="C127" t="s">
+        <v>275</v>
+      </c>
+      <c r="D127"/>
+      <c r="E127"/>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>14</v>
+      </c>
+      <c r="H127"/>
+      <c r="I127" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9">
+      <c r="A128" t="s">
+        <v>276</v>
+      </c>
+      <c r="B128"/>
+      <c r="C128" t="s">
+        <v>263</v>
+      </c>
+      <c r="D128"/>
+      <c r="E128" t="s">
+        <v>19</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>14</v>
+      </c>
+      <c r="H128" t="s">
+        <v>15</v>
+      </c>
+      <c r="I128" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9">
+      <c r="A129" t="s">
+        <v>277</v>
+      </c>
+      <c r="B129"/>
+      <c r="C129" t="s">
+        <v>278</v>
+      </c>
+      <c r="D129"/>
+      <c r="E129"/>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>14</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9">
+      <c r="A130" t="s">
+        <v>279</v>
+      </c>
+      <c r="B130"/>
+      <c r="C130" t="s">
+        <v>280</v>
+      </c>
+      <c r="D130"/>
+      <c r="E130" t="s">
+        <v>19</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>14</v>
+      </c>
+      <c r="H130" t="s">
+        <v>15</v>
+      </c>
+      <c r="I130" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9">
+      <c r="A131" t="s">
+        <v>281</v>
+      </c>
+      <c r="B131"/>
+      <c r="C131" t="s">
+        <v>282</v>
+      </c>
+      <c r="D131"/>
+      <c r="E131"/>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>14</v>
+      </c>
+      <c r="H131" t="s">
+        <v>27</v>
+      </c>
+      <c r="I131" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9">
+      <c r="A132" t="s">
+        <v>283</v>
+      </c>
+      <c r="B132"/>
+      <c r="C132" t="s">
+        <v>284</v>
+      </c>
+      <c r="D132"/>
+      <c r="E132" t="s">
+        <v>19</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>14</v>
+      </c>
+      <c r="H132" t="s">
+        <v>15</v>
+      </c>
+      <c r="I132" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9">
+      <c r="A133" t="s">
+        <v>285</v>
+      </c>
+      <c r="B133"/>
+      <c r="C133" t="s">
+        <v>286</v>
+      </c>
+      <c r="D133"/>
+      <c r="E133"/>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>14</v>
+      </c>
+      <c r="H133"/>
+      <c r="I133" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="A134" t="s">
+        <v>287</v>
+      </c>
+      <c r="B134"/>
+      <c r="C134" t="s">
+        <v>288</v>
+      </c>
+      <c r="D134"/>
+      <c r="E134" t="s">
+        <v>19</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>14</v>
+      </c>
+      <c r="H134" t="s">
+        <v>15</v>
+      </c>
+      <c r="I134" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9">
+      <c r="A135" t="s">
+        <v>289</v>
+      </c>
+      <c r="B135"/>
+      <c r="C135" t="s">
+        <v>290</v>
+      </c>
+      <c r="D135"/>
+      <c r="E135" t="s">
+        <v>19</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>14</v>
+      </c>
+      <c r="H135" t="s">
+        <v>15</v>
+      </c>
+      <c r="I135" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9">
+      <c r="A136" t="s">
+        <v>291</v>
+      </c>
+      <c r="B136"/>
+      <c r="C136" t="s">
+        <v>292</v>
+      </c>
+      <c r="D136"/>
+      <c r="E136"/>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>14</v>
+      </c>
+      <c r="H136"/>
+      <c r="I136" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9">
+      <c r="A137" t="s">
+        <v>293</v>
+      </c>
+      <c r="B137"/>
+      <c r="C137" t="s">
+        <v>294</v>
+      </c>
+      <c r="D137"/>
+      <c r="E137" t="s">
+        <v>19</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>14</v>
+      </c>
+      <c r="H137" t="s">
+        <v>15</v>
+      </c>
+      <c r="I137" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9">
+      <c r="A138" t="s">
+        <v>295</v>
+      </c>
+      <c r="B138"/>
+      <c r="C138" t="s">
+        <v>296</v>
+      </c>
+      <c r="D138"/>
+      <c r="E138" t="s">
+        <v>19</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>14</v>
+      </c>
+      <c r="H138" t="s">
+        <v>15</v>
+      </c>
+      <c r="I138" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9">
+      <c r="A139" t="s">
+        <v>297</v>
+      </c>
+      <c r="B139"/>
+      <c r="C139" t="s">
+        <v>298</v>
+      </c>
+      <c r="D139"/>
+      <c r="E139" t="s">
+        <v>19</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>14</v>
+      </c>
+      <c r="H139" t="s">
+        <v>15</v>
+      </c>
+      <c r="I139" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9">
+      <c r="A140" t="s">
+        <v>299</v>
+      </c>
+      <c r="B140"/>
+      <c r="C140" t="s">
+        <v>300</v>
+      </c>
+      <c r="D140"/>
+      <c r="E140" t="s">
+        <v>19</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>14</v>
+      </c>
+      <c r="H140" t="s">
+        <v>15</v>
+      </c>
+      <c r="I140" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9">
+      <c r="A141" t="s">
+        <v>301</v>
+      </c>
+      <c r="B141"/>
+      <c r="C141" t="s">
+        <v>302</v>
+      </c>
+      <c r="D141"/>
+      <c r="E141" t="s">
+        <v>19</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>14</v>
+      </c>
+      <c r="H141" t="s">
+        <v>15</v>
+      </c>
+      <c r="I141" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9">
+      <c r="A142" t="s">
+        <v>303</v>
+      </c>
+      <c r="B142"/>
+      <c r="C142" t="s">
+        <v>304</v>
+      </c>
+      <c r="D142"/>
+      <c r="E142" t="s">
+        <v>19</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>14</v>
+      </c>
+      <c r="H142" t="s">
+        <v>15</v>
+      </c>
+      <c r="I142" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9">
+      <c r="A143" t="s">
+        <v>305</v>
+      </c>
+      <c r="B143"/>
+      <c r="C143" t="s">
+        <v>306</v>
+      </c>
+      <c r="D143"/>
+      <c r="E143" t="s">
+        <v>19</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>14</v>
+      </c>
+      <c r="H143" t="s">
+        <v>15</v>
+      </c>
+      <c r="I143" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9">
+      <c r="A144" t="s">
+        <v>307</v>
+      </c>
+      <c r="B144"/>
+      <c r="C144" t="s">
+        <v>308</v>
+      </c>
+      <c r="D144"/>
+      <c r="E144"/>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>14</v>
+      </c>
+      <c r="H144"/>
+      <c r="I144" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9">
+      <c r="A145" t="s">
+        <v>309</v>
+      </c>
+      <c r="B145"/>
+      <c r="C145" t="s">
+        <v>310</v>
+      </c>
+      <c r="D145"/>
+      <c r="E145" t="s">
+        <v>19</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>14</v>
+      </c>
+      <c r="H145" t="s">
+        <v>15</v>
+      </c>
+      <c r="I145" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9">
+      <c r="A146" t="s">
+        <v>311</v>
+      </c>
+      <c r="B146"/>
+      <c r="C146" t="s">
+        <v>312</v>
+      </c>
+      <c r="D146"/>
+      <c r="E146" t="s">
+        <v>19</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>14</v>
+      </c>
+      <c r="H146" t="s">
+        <v>15</v>
+      </c>
+      <c r="I146" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" t="s">
+        <v>313</v>
+      </c>
+      <c r="B147"/>
+      <c r="C147" t="s">
+        <v>314</v>
+      </c>
+      <c r="D147"/>
+      <c r="E147"/>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>14</v>
+      </c>
+      <c r="H147"/>
+      <c r="I147" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
+      <c r="A148" t="s">
+        <v>315</v>
+      </c>
+      <c r="B148"/>
+      <c r="C148" t="s">
+        <v>316</v>
+      </c>
+      <c r="D148"/>
+      <c r="E148"/>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>14</v>
+      </c>
+      <c r="H148" t="s">
+        <v>15</v>
+      </c>
+      <c r="I148" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
+      <c r="A149" t="s">
+        <v>317</v>
+      </c>
+      <c r="B149"/>
+      <c r="C149" t="s">
+        <v>91</v>
+      </c>
+      <c r="D149"/>
+      <c r="E149"/>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149"/>
+      <c r="I149" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9">
+      <c r="A150" t="s">
+        <v>318</v>
+      </c>
+      <c r="B150"/>
+      <c r="C150" t="s">
+        <v>319</v>
+      </c>
+      <c r="D150"/>
+      <c r="E150" t="s">
+        <v>19</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>14</v>
+      </c>
+      <c r="H150" t="s">
+        <v>15</v>
+      </c>
+      <c r="I150" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9">
+      <c r="A151" t="s">
+        <v>320</v>
+      </c>
+      <c r="B151"/>
+      <c r="C151" t="s">
+        <v>321</v>
+      </c>
+      <c r="D151"/>
+      <c r="E151" t="s">
+        <v>19</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" t="s">
+        <v>27</v>
+      </c>
+      <c r="I151" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9">
+      <c r="A152" t="s">
+        <v>322</v>
+      </c>
+      <c r="B152"/>
+      <c r="C152" t="s">
+        <v>323</v>
+      </c>
+      <c r="D152"/>
+      <c r="E152"/>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152"/>
+      <c r="I152" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9">
+      <c r="A153" t="s">
+        <v>324</v>
+      </c>
+      <c r="B153"/>
+      <c r="C153" t="s">
+        <v>325</v>
+      </c>
+      <c r="D153"/>
+      <c r="E153"/>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>14</v>
+      </c>
+      <c r="H153" t="s">
+        <v>15</v>
+      </c>
+      <c r="I153" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9">
+      <c r="A154" t="s">
+        <v>326</v>
+      </c>
+      <c r="B154"/>
+      <c r="C154" t="s">
+        <v>327</v>
+      </c>
+      <c r="D154"/>
+      <c r="E154"/>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>14</v>
+      </c>
+      <c r="H154"/>
+      <c r="I154" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9">
+      <c r="A155" t="s">
+        <v>328</v>
+      </c>
+      <c r="B155"/>
+      <c r="C155" t="s">
+        <v>329</v>
+      </c>
+      <c r="D155"/>
+      <c r="E155"/>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>14</v>
+      </c>
+      <c r="H155"/>
+      <c r="I155" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9">
+      <c r="A156" t="s">
+        <v>330</v>
+      </c>
+      <c r="B156"/>
+      <c r="C156" t="s">
+        <v>331</v>
+      </c>
+      <c r="D156"/>
+      <c r="E156"/>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>14</v>
+      </c>
+      <c r="H156"/>
+      <c r="I156" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9">
+      <c r="A157" t="s">
+        <v>332</v>
+      </c>
+      <c r="B157"/>
+      <c r="C157" t="s">
+        <v>332</v>
+      </c>
+      <c r="D157"/>
+      <c r="E157"/>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>14</v>
+      </c>
+      <c r="H157"/>
+      <c r="I157" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9">
+      <c r="A158" t="s">
+        <v>333</v>
+      </c>
+      <c r="B158"/>
+      <c r="C158" t="s">
+        <v>334</v>
+      </c>
+      <c r="D158"/>
+      <c r="E158"/>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>14</v>
+      </c>
+      <c r="H158"/>
+      <c r="I158" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9">
+      <c r="A159" t="s">
+        <v>335</v>
+      </c>
+      <c r="B159"/>
+      <c r="C159" t="s">
+        <v>336</v>
+      </c>
+      <c r="D159"/>
+      <c r="E159"/>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>14</v>
+      </c>
+      <c r="H159"/>
+      <c r="I159" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9">
+      <c r="A160" t="s">
+        <v>337</v>
+      </c>
+      <c r="B160"/>
+      <c r="C160" t="s">
+        <v>338</v>
+      </c>
+      <c r="D160"/>
+      <c r="E160"/>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>14</v>
+      </c>
+      <c r="H160"/>
+      <c r="I160" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
+      <c r="A161" t="s">
+        <v>339</v>
+      </c>
+      <c r="B161"/>
+      <c r="C161" t="s">
+        <v>340</v>
+      </c>
+      <c r="D161"/>
+      <c r="E161" t="s">
+        <v>19</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>14</v>
+      </c>
+      <c r="H161" t="s">
+        <v>15</v>
+      </c>
+      <c r="I161" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9">
+      <c r="A162" t="s">
+        <v>341</v>
+      </c>
+      <c r="B162"/>
+      <c r="C162" t="s">
+        <v>342</v>
+      </c>
+      <c r="D162"/>
+      <c r="E162" t="s">
+        <v>19</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>14</v>
+      </c>
+      <c r="H162"/>
+      <c r="I162" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9">
+      <c r="A163" t="s">
+        <v>343</v>
+      </c>
+      <c r="B163"/>
+      <c r="C163" t="s">
+        <v>344</v>
+      </c>
+      <c r="D163"/>
+      <c r="E163"/>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>14</v>
+      </c>
+      <c r="H163"/>
+      <c r="I163" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9">
+      <c r="A164" t="s">
+        <v>345</v>
+      </c>
+      <c r="B164"/>
+      <c r="C164" t="s">
+        <v>346</v>
+      </c>
+      <c r="D164"/>
+      <c r="E164" t="s">
+        <v>19</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>14</v>
+      </c>
+      <c r="H164" t="s">
+        <v>27</v>
+      </c>
+      <c r="I164" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9">
+      <c r="A165" t="s">
+        <v>347</v>
+      </c>
+      <c r="B165"/>
+      <c r="C165" t="s">
+        <v>348</v>
+      </c>
+      <c r="D165"/>
+      <c r="E165"/>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>14</v>
+      </c>
+      <c r="H165"/>
+      <c r="I165" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9">
+      <c r="A166" t="s">
+        <v>349</v>
+      </c>
+      <c r="B166"/>
+      <c r="C166" t="s">
+        <v>350</v>
+      </c>
+      <c r="D166"/>
+      <c r="E166" t="s">
+        <v>19</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>14</v>
+      </c>
+      <c r="H166" t="s">
+        <v>15</v>
+      </c>
+      <c r="I166" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9">
+      <c r="A167" t="s">
+        <v>351</v>
+      </c>
+      <c r="B167"/>
+      <c r="C167" t="s">
+        <v>352</v>
+      </c>
+      <c r="D167"/>
+      <c r="E167" t="s">
+        <v>19</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>14</v>
+      </c>
+      <c r="H167" t="s">
+        <v>15</v>
+      </c>
+      <c r="I167" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9">
+      <c r="A168" t="s">
+        <v>353</v>
+      </c>
+      <c r="B168"/>
+      <c r="C168" t="s">
+        <v>354</v>
+      </c>
+      <c r="D168"/>
+      <c r="E168" t="s">
+        <v>19</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>14</v>
+      </c>
+      <c r="H168" t="s">
+        <v>15</v>
+      </c>
+      <c r="I168" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9">
+      <c r="A169" t="s">
+        <v>355</v>
+      </c>
+      <c r="B169"/>
+      <c r="C169" t="s">
+        <v>356</v>
+      </c>
+      <c r="D169"/>
+      <c r="E169" t="s">
+        <v>19</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>14</v>
+      </c>
+      <c r="H169" t="s">
+        <v>15</v>
+      </c>
+      <c r="I169" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9">
+      <c r="A170" t="s">
+        <v>357</v>
+      </c>
+      <c r="B170"/>
+      <c r="C170" t="s">
+        <v>358</v>
+      </c>
+      <c r="D170"/>
+      <c r="E170" t="s">
+        <v>19</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>14</v>
+      </c>
+      <c r="H170" t="s">
+        <v>27</v>
+      </c>
+      <c r="I170" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9">
+      <c r="A171" t="s">
+        <v>359</v>
+      </c>
+      <c r="B171"/>
+      <c r="C171" t="s">
+        <v>360</v>
+      </c>
+      <c r="D171"/>
+      <c r="E171" t="s">
+        <v>19</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>14</v>
+      </c>
+      <c r="H171" t="s">
+        <v>361</v>
+      </c>
+      <c r="I171" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9">
+      <c r="A172" t="s">
+        <v>362</v>
+      </c>
+      <c r="B172"/>
+      <c r="C172" t="s">
+        <v>363</v>
+      </c>
+      <c r="D172"/>
+      <c r="E172" t="s">
+        <v>19</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>14</v>
+      </c>
+      <c r="H172" t="s">
+        <v>15</v>
+      </c>
+      <c r="I172" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9">
+      <c r="A173" t="s">
+        <v>364</v>
+      </c>
+      <c r="B173"/>
+      <c r="C173" t="s">
+        <v>365</v>
+      </c>
+      <c r="D173"/>
+      <c r="E173"/>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>14</v>
+      </c>
+      <c r="H173"/>
+      <c r="I173" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9">
+      <c r="A174" t="s">
+        <v>366</v>
+      </c>
+      <c r="B174"/>
+      <c r="C174" t="s">
+        <v>113</v>
+      </c>
+      <c r="D174"/>
+      <c r="E174"/>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>14</v>
+      </c>
+      <c r="H174"/>
+      <c r="I174" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9">
+      <c r="A175" t="s">
+        <v>367</v>
+      </c>
+      <c r="B175"/>
+      <c r="C175" t="s">
+        <v>368</v>
+      </c>
+      <c r="D175"/>
+      <c r="E175" t="s">
+        <v>19</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>14</v>
+      </c>
+      <c r="H175" t="s">
+        <v>15</v>
+      </c>
+      <c r="I175" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9">
+      <c r="A176" t="s">
+        <v>369</v>
+      </c>
+      <c r="B176"/>
+      <c r="C176" t="s">
+        <v>207</v>
+      </c>
+      <c r="D176"/>
+      <c r="E176" t="s">
+        <v>19</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>14</v>
+      </c>
+      <c r="H176" t="s">
+        <v>15</v>
+      </c>
+      <c r="I176" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9">
+      <c r="A177" t="s">
+        <v>370</v>
+      </c>
+      <c r="B177"/>
+      <c r="C177" t="s">
+        <v>371</v>
+      </c>
+      <c r="D177"/>
+      <c r="E177" t="s">
+        <v>19</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>14</v>
+      </c>
+      <c r="H177" t="s">
+        <v>15</v>
+      </c>
+      <c r="I177" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9">
+      <c r="A178" t="s">
+        <v>372</v>
+      </c>
+      <c r="B178"/>
+      <c r="C178" t="s">
+        <v>373</v>
+      </c>
+      <c r="D178"/>
+      <c r="E178"/>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>14</v>
+      </c>
+      <c r="H178"/>
+      <c r="I178" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9">
+      <c r="A179" t="s">
+        <v>374</v>
+      </c>
+      <c r="B179"/>
+      <c r="C179" t="s">
+        <v>375</v>
+      </c>
+      <c r="D179"/>
+      <c r="E179" t="s">
+        <v>19</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>14</v>
+      </c>
+      <c r="H179" t="s">
+        <v>15</v>
+      </c>
+      <c r="I179" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9">
+      <c r="A180" t="s">
+        <v>376</v>
+      </c>
+      <c r="B180"/>
+      <c r="C180" t="s">
+        <v>377</v>
+      </c>
+      <c r="D180"/>
+      <c r="E180"/>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>14</v>
+      </c>
+      <c r="H180"/>
+      <c r="I180" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9">
+      <c r="A181" t="s">
+        <v>378</v>
+      </c>
+      <c r="B181"/>
+      <c r="C181" t="s">
+        <v>379</v>
+      </c>
+      <c r="D181"/>
+      <c r="E181"/>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>14</v>
+      </c>
+      <c r="H181"/>
+      <c r="I181" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9">
+      <c r="A182" t="s">
+        <v>380</v>
+      </c>
+      <c r="B182"/>
+      <c r="C182" t="s">
+        <v>381</v>
+      </c>
+      <c r="D182"/>
+      <c r="E182" t="s">
+        <v>19</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>14</v>
+      </c>
+      <c r="H182" t="s">
+        <v>15</v>
+      </c>
+      <c r="I182" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9">
+      <c r="A183" t="s">
+        <v>382</v>
+      </c>
+      <c r="B183"/>
+      <c r="C183" t="s">
+        <v>383</v>
+      </c>
+      <c r="D183"/>
+      <c r="E183" t="s">
+        <v>19</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>14</v>
+      </c>
+      <c r="H183" t="s">
+        <v>15</v>
+      </c>
+      <c r="I183" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9">
+      <c r="A184" t="s">
+        <v>384</v>
+      </c>
+      <c r="B184"/>
+      <c r="C184" t="s">
+        <v>385</v>
+      </c>
+      <c r="D184"/>
+      <c r="E184"/>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>14</v>
+      </c>
+      <c r="H184"/>
+      <c r="I184" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9">
+      <c r="A185" t="s">
+        <v>386</v>
+      </c>
+      <c r="B185"/>
+      <c r="C185" t="s">
+        <v>387</v>
+      </c>
+      <c r="D185"/>
+      <c r="E185"/>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>14</v>
+      </c>
+      <c r="H185"/>
+      <c r="I185" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9">
+      <c r="A186" t="s">
+        <v>388</v>
+      </c>
+      <c r="B186"/>
+      <c r="C186" t="s">
+        <v>389</v>
+      </c>
+      <c r="D186"/>
+      <c r="E186"/>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>14</v>
+      </c>
+      <c r="H186"/>
+      <c r="I186" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9">
+      <c r="A187" t="s">
+        <v>390</v>
+      </c>
+      <c r="B187"/>
+      <c r="C187" t="s">
+        <v>391</v>
+      </c>
+      <c r="D187"/>
+      <c r="E187" t="s">
+        <v>19</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>14</v>
+      </c>
+      <c r="H187" t="s">
+        <v>15</v>
+      </c>
+      <c r="I187" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9">
+      <c r="A188" t="s">
+        <v>392</v>
+      </c>
+      <c r="B188"/>
+      <c r="C188" t="s">
+        <v>393</v>
+      </c>
+      <c r="D188"/>
+      <c r="E188" t="s">
+        <v>19</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>14</v>
+      </c>
+      <c r="H188" t="s">
+        <v>15</v>
+      </c>
+      <c r="I188" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9">
+      <c r="A189" t="s">
+        <v>394</v>
+      </c>
+      <c r="B189"/>
+      <c r="C189" t="s">
+        <v>395</v>
+      </c>
+      <c r="D189"/>
+      <c r="E189" t="s">
+        <v>19</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>14</v>
+      </c>
+      <c r="H189" t="s">
+        <v>15</v>
+      </c>
+      <c r="I189" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9">
+      <c r="A190" t="s">
+        <v>396</v>
+      </c>
+      <c r="B190"/>
+      <c r="C190" t="s">
+        <v>397</v>
+      </c>
+      <c r="D190"/>
+      <c r="E190" t="s">
+        <v>19</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>14</v>
+      </c>
+      <c r="H190" t="s">
+        <v>15</v>
+      </c>
+      <c r="I190" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9">
+      <c r="A191" t="s">
+        <v>398</v>
+      </c>
+      <c r="B191"/>
+      <c r="C191" t="s">
+        <v>399</v>
+      </c>
+      <c r="D191"/>
+      <c r="E191" t="s">
+        <v>19</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>14</v>
+      </c>
+      <c r="H191" t="s">
+        <v>15</v>
+      </c>
+      <c r="I191" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9">
+      <c r="A192" t="s">
+        <v>400</v>
+      </c>
+      <c r="B192"/>
+      <c r="C192" t="s">
+        <v>401</v>
+      </c>
+      <c r="D192"/>
+      <c r="E192"/>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>14</v>
+      </c>
+      <c r="H192"/>
+      <c r="I192" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9">
+      <c r="A193" t="s">
+        <v>402</v>
+      </c>
+      <c r="B193"/>
+      <c r="C193" t="s">
+        <v>403</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193" t="s">
+        <v>19</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>14</v>
+      </c>
+      <c r="H193" t="s">
+        <v>15</v>
+      </c>
+      <c r="I193" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9">
+      <c r="A194" t="s">
+        <v>404</v>
+      </c>
+      <c r="B194"/>
+      <c r="C194" t="s">
+        <v>405</v>
+      </c>
+      <c r="D194"/>
+      <c r="E194" t="s">
+        <v>19</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>14</v>
+      </c>
+      <c r="H194" t="s">
+        <v>15</v>
+      </c>
+      <c r="I194" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9">
+      <c r="A195" t="s">
+        <v>406</v>
+      </c>
+      <c r="B195"/>
+      <c r="C195" t="s">
+        <v>407</v>
+      </c>
+      <c r="D195"/>
+      <c r="E195"/>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>14</v>
+      </c>
+      <c r="H195"/>
+      <c r="I195" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9">
+      <c r="A196" t="s">
+        <v>408</v>
+      </c>
+      <c r="B196"/>
+      <c r="C196" t="s">
+        <v>409</v>
+      </c>
+      <c r="D196"/>
+      <c r="E196" t="s">
+        <v>19</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>14</v>
+      </c>
+      <c r="H196" t="s">
+        <v>15</v>
+      </c>
+      <c r="I196" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9">
+      <c r="A197" t="s">
+        <v>410</v>
+      </c>
+      <c r="B197"/>
+      <c r="C197" t="s">
+        <v>411</v>
+      </c>
+      <c r="D197"/>
+      <c r="E197" t="s">
+        <v>19</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>14</v>
+      </c>
+      <c r="H197" t="s">
+        <v>15</v>
+      </c>
+      <c r="I197" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9">
+      <c r="A198" t="s">
+        <v>412</v>
+      </c>
+      <c r="B198"/>
+      <c r="C198" t="s">
+        <v>412</v>
+      </c>
+      <c r="D198"/>
+      <c r="E198"/>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>14</v>
+      </c>
+      <c r="H198"/>
+      <c r="I198" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9">
+      <c r="A199" t="s">
+        <v>413</v>
+      </c>
+      <c r="B199"/>
+      <c r="C199" t="s">
+        <v>142</v>
+      </c>
+      <c r="D199"/>
+      <c r="E199" t="s">
+        <v>19</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>14</v>
+      </c>
+      <c r="H199" t="s">
+        <v>15</v>
+      </c>
+      <c r="I199" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9">
+      <c r="A200" t="s">
+        <v>414</v>
+      </c>
+      <c r="B200"/>
+      <c r="C200" t="s">
+        <v>108</v>
+      </c>
+      <c r="D200"/>
+      <c r="E200" t="s">
+        <v>19</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>14</v>
+      </c>
+      <c r="H200" t="s">
+        <v>15</v>
+      </c>
+      <c r="I200" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9">
+      <c r="A201" t="s">
+        <v>415</v>
+      </c>
+      <c r="B201"/>
+      <c r="C201" t="s">
+        <v>416</v>
+      </c>
+      <c r="D201"/>
+      <c r="E201" t="s">
+        <v>19</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>14</v>
+      </c>
+      <c r="H201" t="s">
+        <v>15</v>
+      </c>
+      <c r="I201" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9">
+      <c r="A202" t="s">
+        <v>418</v>
+      </c>
+      <c r="B202"/>
+      <c r="C202" t="s">
+        <v>419</v>
+      </c>
+      <c r="D202"/>
+      <c r="E202" t="s">
+        <v>19</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>14</v>
+      </c>
+      <c r="H202" t="s">
+        <v>15</v>
+      </c>
+      <c r="I202" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9">
+      <c r="A203" t="s">
+        <v>421</v>
+      </c>
+      <c r="B203"/>
+      <c r="C203" t="s">
+        <v>422</v>
+      </c>
+      <c r="D203"/>
+      <c r="E203"/>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>14</v>
+      </c>
+      <c r="H203" t="s">
+        <v>15</v>
+      </c>
+      <c r="I203" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9">
+      <c r="A204" t="s">
+        <v>423</v>
+      </c>
+      <c r="B204" t="s">
+        <v>424</v>
+      </c>
+      <c r="C204" t="s">
+        <v>425</v>
+      </c>
+      <c r="D204"/>
+      <c r="E204" t="s">
+        <v>19</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" t="s">
+        <v>14</v>
+      </c>
+      <c r="H204" t="s">
+        <v>15</v>
+      </c>
+      <c r="I204" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9">
+      <c r="A205" t="s">
+        <v>426</v>
+      </c>
+      <c r="B205"/>
+      <c r="C205" t="s">
+        <v>427</v>
+      </c>
+      <c r="D205"/>
+      <c r="E205" t="s">
+        <v>19</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" t="s">
+        <v>14</v>
+      </c>
+      <c r="H205" t="s">
+        <v>15</v>
+      </c>
+      <c r="I205" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9">
+      <c r="A206" t="s">
+        <v>428</v>
+      </c>
+      <c r="B206"/>
+      <c r="C206" t="s">
+        <v>429</v>
+      </c>
+      <c r="D206"/>
+      <c r="E206" t="s">
+        <v>19</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" t="s">
+        <v>14</v>
+      </c>
+      <c r="H206" t="s">
+        <v>15</v>
+      </c>
+      <c r="I206" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9">
+      <c r="A207" t="s">
+        <v>430</v>
+      </c>
+      <c r="B207" t="s">
+        <v>431</v>
+      </c>
+      <c r="C207" t="s">
+        <v>70</v>
+      </c>
+      <c r="D207"/>
+      <c r="E207" t="s">
+        <v>19</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" t="s">
+        <v>14</v>
+      </c>
+      <c r="H207" t="s">
+        <v>15</v>
+      </c>
+      <c r="I207" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9">
+      <c r="A208" t="s">
+        <v>432</v>
+      </c>
+      <c r="B208"/>
+      <c r="C208" t="s">
+        <v>433</v>
+      </c>
+      <c r="D208"/>
+      <c r="E208" t="s">
+        <v>19</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" t="s">
+        <v>14</v>
+      </c>
+      <c r="H208" t="s">
+        <v>15</v>
+      </c>
+      <c r="I208" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9">
+      <c r="A209" t="s">
+        <v>434</v>
+      </c>
+      <c r="B209"/>
+      <c r="C209" t="s">
+        <v>435</v>
+      </c>
+      <c r="D209"/>
+      <c r="E209" t="s">
+        <v>19</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" t="s">
+        <v>14</v>
+      </c>
+      <c r="H209" t="s">
+        <v>15</v>
+      </c>
+      <c r="I209" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9">
+      <c r="A210" t="s">
+        <v>436</v>
+      </c>
+      <c r="B210" t="s">
+        <v>437</v>
+      </c>
+      <c r="C210" t="s">
+        <v>438</v>
+      </c>
+      <c r="D210"/>
+      <c r="E210" t="s">
         <v>40</v>
       </c>
-      <c r="B22"/>
-[...1908 lines deleted...]
-      <c r="A111" t="s">
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" t="s">
+        <v>14</v>
+      </c>
+      <c r="H210" t="s">
+        <v>15</v>
+      </c>
+      <c r="I210" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9">
+      <c r="A211" t="s">
+        <v>439</v>
+      </c>
+      <c r="B211"/>
+      <c r="C211" t="s">
+        <v>440</v>
+      </c>
+      <c r="D211"/>
+      <c r="E211" t="s">
+        <v>40</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" t="s">
+        <v>14</v>
+      </c>
+      <c r="H211"/>
+      <c r="I211" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9">
+      <c r="A212" t="s">
+        <v>441</v>
+      </c>
+      <c r="B212"/>
+      <c r="C212" t="s">
+        <v>442</v>
+      </c>
+      <c r="D212"/>
+      <c r="E212" t="s">
+        <v>19</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" t="s">
+        <v>14</v>
+      </c>
+      <c r="H212" t="s">
+        <v>15</v>
+      </c>
+      <c r="I212" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9">
+      <c r="A213" t="s">
+        <v>443</v>
+      </c>
+      <c r="B213"/>
+      <c r="C213" t="s">
+        <v>444</v>
+      </c>
+      <c r="D213"/>
+      <c r="E213" t="s">
+        <v>19</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" t="s">
+        <v>14</v>
+      </c>
+      <c r="H213" t="s">
+        <v>15</v>
+      </c>
+      <c r="I213" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9">
+      <c r="A214" t="s">
+        <v>445</v>
+      </c>
+      <c r="B214"/>
+      <c r="C214" t="s">
+        <v>446</v>
+      </c>
+      <c r="D214"/>
+      <c r="E214" t="s">
+        <v>19</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" t="s">
+        <v>14</v>
+      </c>
+      <c r="H214" t="s">
+        <v>15</v>
+      </c>
+      <c r="I214" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9">
+      <c r="A215" t="s">
+        <v>447</v>
+      </c>
+      <c r="B215"/>
+      <c r="C215" t="s">
+        <v>448</v>
+      </c>
+      <c r="D215"/>
+      <c r="E215" t="s">
+        <v>19</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" t="s">
+        <v>14</v>
+      </c>
+      <c r="H215" t="s">
+        <v>15</v>
+      </c>
+      <c r="I215" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9">
+      <c r="A216" t="s">
+        <v>449</v>
+      </c>
+      <c r="B216"/>
+      <c r="C216" t="s">
+        <v>450</v>
+      </c>
+      <c r="D216"/>
+      <c r="E216" t="s">
+        <v>19</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" t="s">
+        <v>14</v>
+      </c>
+      <c r="H216" t="s">
+        <v>15</v>
+      </c>
+      <c r="I216" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9">
+      <c r="A217" t="s">
+        <v>451</v>
+      </c>
+      <c r="B217"/>
+      <c r="C217" t="s">
+        <v>452</v>
+      </c>
+      <c r="D217"/>
+      <c r="E217" t="s">
+        <v>19</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" t="s">
+        <v>14</v>
+      </c>
+      <c r="H217" t="s">
+        <v>15</v>
+      </c>
+      <c r="I217" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9">
+      <c r="A218" t="s">
+        <v>453</v>
+      </c>
+      <c r="B218"/>
+      <c r="C218" t="s">
+        <v>454</v>
+      </c>
+      <c r="D218"/>
+      <c r="E218" t="s">
+        <v>19</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" t="s">
+        <v>14</v>
+      </c>
+      <c r="H218"/>
+      <c r="I218" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9">
+      <c r="A219" t="s">
+        <v>455</v>
+      </c>
+      <c r="B219"/>
+      <c r="C219" t="s">
+        <v>456</v>
+      </c>
+      <c r="D219"/>
+      <c r="E219" t="s">
+        <v>19</v>
+      </c>
+      <c r="F219" t="s">
+        <v>13</v>
+      </c>
+      <c r="G219" t="s">
+        <v>14</v>
+      </c>
+      <c r="H219" t="s">
+        <v>15</v>
+      </c>
+      <c r="I219" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9">
+      <c r="A220" t="s">
+        <v>457</v>
+      </c>
+      <c r="B220"/>
+      <c r="C220" t="s">
+        <v>458</v>
+      </c>
+      <c r="D220"/>
+      <c r="E220" t="s">
+        <v>19</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" t="s">
+        <v>14</v>
+      </c>
+      <c r="H220" t="s">
+        <v>15</v>
+      </c>
+      <c r="I220" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9">
+      <c r="A221" t="s">
+        <v>459</v>
+      </c>
+      <c r="B221"/>
+      <c r="C221" t="s">
+        <v>460</v>
+      </c>
+      <c r="D221"/>
+      <c r="E221" t="s">
+        <v>19</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" t="s">
+        <v>14</v>
+      </c>
+      <c r="H221" t="s">
+        <v>15</v>
+      </c>
+      <c r="I221" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9">
+      <c r="A222" t="s">
+        <v>461</v>
+      </c>
+      <c r="B222"/>
+      <c r="C222" t="s">
+        <v>462</v>
+      </c>
+      <c r="D222"/>
+      <c r="E222" t="s">
+        <v>19</v>
+      </c>
+      <c r="F222" t="s">
+        <v>13</v>
+      </c>
+      <c r="G222" t="s">
+        <v>14</v>
+      </c>
+      <c r="H222" t="s">
+        <v>15</v>
+      </c>
+      <c r="I222" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9">
+      <c r="A223" t="s">
+        <v>463</v>
+      </c>
+      <c r="B223"/>
+      <c r="C223" t="s">
+        <v>464</v>
+      </c>
+      <c r="D223"/>
+      <c r="E223" t="s">
+        <v>19</v>
+      </c>
+      <c r="F223" t="s">
+        <v>13</v>
+      </c>
+      <c r="G223" t="s">
+        <v>14</v>
+      </c>
+      <c r="H223" t="s">
+        <v>15</v>
+      </c>
+      <c r="I223" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9">
+      <c r="A224" t="s">
+        <v>465</v>
+      </c>
+      <c r="B224"/>
+      <c r="C224" t="s">
+        <v>466</v>
+      </c>
+      <c r="D224"/>
+      <c r="E224" t="s">
+        <v>19</v>
+      </c>
+      <c r="F224" t="s">
+        <v>13</v>
+      </c>
+      <c r="G224" t="s">
+        <v>14</v>
+      </c>
+      <c r="H224" t="s">
+        <v>15</v>
+      </c>
+      <c r="I224" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9">
+      <c r="A225" t="s">
+        <v>467</v>
+      </c>
+      <c r="B225"/>
+      <c r="C225" t="s">
+        <v>468</v>
+      </c>
+      <c r="D225"/>
+      <c r="E225" t="s">
+        <v>40</v>
+      </c>
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" t="s">
+        <v>14</v>
+      </c>
+      <c r="H225" t="s">
+        <v>15</v>
+      </c>
+      <c r="I225" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9">
+      <c r="A226" t="s">
+        <v>469</v>
+      </c>
+      <c r="B226"/>
+      <c r="C226" t="s">
+        <v>470</v>
+      </c>
+      <c r="D226"/>
+      <c r="E226" t="s">
+        <v>19</v>
+      </c>
+      <c r="F226" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" t="s">
+        <v>14</v>
+      </c>
+      <c r="H226" t="s">
+        <v>15</v>
+      </c>
+      <c r="I226" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9">
+      <c r="A227" t="s">
+        <v>471</v>
+      </c>
+      <c r="B227"/>
+      <c r="C227" t="s">
+        <v>472</v>
+      </c>
+      <c r="D227"/>
+      <c r="E227" t="s">
+        <v>19</v>
+      </c>
+      <c r="F227" t="s">
+        <v>13</v>
+      </c>
+      <c r="G227" t="s">
+        <v>14</v>
+      </c>
+      <c r="H227" t="s">
+        <v>15</v>
+      </c>
+      <c r="I227" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9">
+      <c r="A228" t="s">
+        <v>473</v>
+      </c>
+      <c r="B228"/>
+      <c r="C228" t="s">
+        <v>474</v>
+      </c>
+      <c r="D228"/>
+      <c r="E228" t="s">
+        <v>19</v>
+      </c>
+      <c r="F228" t="s">
+        <v>13</v>
+      </c>
+      <c r="G228" t="s">
+        <v>14</v>
+      </c>
+      <c r="H228" t="s">
+        <v>15</v>
+      </c>
+      <c r="I228" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9">
+      <c r="A229" t="s">
+        <v>475</v>
+      </c>
+      <c r="B229"/>
+      <c r="C229" t="s">
+        <v>476</v>
+      </c>
+      <c r="D229"/>
+      <c r="E229" t="s">
+        <v>19</v>
+      </c>
+      <c r="F229" t="s">
+        <v>13</v>
+      </c>
+      <c r="G229" t="s">
+        <v>14</v>
+      </c>
+      <c r="H229" t="s">
+        <v>15</v>
+      </c>
+      <c r="I229" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9">
+      <c r="A230" t="s">
+        <v>477</v>
+      </c>
+      <c r="B230"/>
+      <c r="C230" t="s">
+        <v>478</v>
+      </c>
+      <c r="D230"/>
+      <c r="E230" t="s">
+        <v>19</v>
+      </c>
+      <c r="F230" t="s">
+        <v>13</v>
+      </c>
+      <c r="G230" t="s">
+        <v>14</v>
+      </c>
+      <c r="H230" t="s">
+        <v>15</v>
+      </c>
+      <c r="I230" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9">
+      <c r="A231" t="s">
+        <v>479</v>
+      </c>
+      <c r="B231"/>
+      <c r="C231" t="s">
+        <v>480</v>
+      </c>
+      <c r="D231"/>
+      <c r="E231" t="s">
+        <v>19</v>
+      </c>
+      <c r="F231" t="s">
+        <v>13</v>
+      </c>
+      <c r="G231" t="s">
+        <v>14</v>
+      </c>
+      <c r="H231" t="s">
+        <v>15</v>
+      </c>
+      <c r="I231" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9">
+      <c r="A232" t="s">
+        <v>481</v>
+      </c>
+      <c r="B232"/>
+      <c r="C232" t="s">
+        <v>482</v>
+      </c>
+      <c r="D232"/>
+      <c r="E232" t="s">
+        <v>19</v>
+      </c>
+      <c r="F232" t="s">
+        <v>13</v>
+      </c>
+      <c r="G232" t="s">
+        <v>14</v>
+      </c>
+      <c r="H232" t="s">
+        <v>15</v>
+      </c>
+      <c r="I232" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9">
+      <c r="A233" t="s">
+        <v>483</v>
+      </c>
+      <c r="B233"/>
+      <c r="C233" t="s">
+        <v>484</v>
+      </c>
+      <c r="D233"/>
+      <c r="E233" t="s">
+        <v>19</v>
+      </c>
+      <c r="F233" t="s">
+        <v>13</v>
+      </c>
+      <c r="G233" t="s">
+        <v>14</v>
+      </c>
+      <c r="H233" t="s">
+        <v>15</v>
+      </c>
+      <c r="I233" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9">
+      <c r="A234" t="s">
+        <v>485</v>
+      </c>
+      <c r="B234"/>
+      <c r="C234" t="s">
+        <v>486</v>
+      </c>
+      <c r="D234"/>
+      <c r="E234" t="s">
+        <v>19</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" t="s">
+        <v>14</v>
+      </c>
+      <c r="H234" t="s">
+        <v>15</v>
+      </c>
+      <c r="I234" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9">
+      <c r="A235" t="s">
+        <v>487</v>
+      </c>
+      <c r="B235"/>
+      <c r="C235" t="s">
+        <v>488</v>
+      </c>
+      <c r="D235"/>
+      <c r="E235" t="s">
+        <v>19</v>
+      </c>
+      <c r="F235" t="s">
+        <v>13</v>
+      </c>
+      <c r="G235" t="s">
+        <v>14</v>
+      </c>
+      <c r="H235" t="s">
+        <v>15</v>
+      </c>
+      <c r="I235" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9">
+      <c r="A236" t="s">
+        <v>489</v>
+      </c>
+      <c r="B236"/>
+      <c r="C236" t="s">
+        <v>490</v>
+      </c>
+      <c r="D236"/>
+      <c r="E236"/>
+      <c r="F236" t="s">
+        <v>13</v>
+      </c>
+      <c r="G236" t="s">
+        <v>14</v>
+      </c>
+      <c r="H236" t="s">
+        <v>491</v>
+      </c>
+      <c r="I236" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9">
+      <c r="A237" t="s">
+        <v>492</v>
+      </c>
+      <c r="B237"/>
+      <c r="C237" t="s">
+        <v>493</v>
+      </c>
+      <c r="D237"/>
+      <c r="E237"/>
+      <c r="F237" t="s">
+        <v>13</v>
+      </c>
+      <c r="G237" t="s">
+        <v>14</v>
+      </c>
+      <c r="H237" t="s">
+        <v>491</v>
+      </c>
+      <c r="I237" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9">
+      <c r="A238" t="s">
+        <v>494</v>
+      </c>
+      <c r="B238"/>
+      <c r="C238" t="s">
+        <v>495</v>
+      </c>
+      <c r="D238"/>
+      <c r="E238" t="s">
+        <v>19</v>
+      </c>
+      <c r="F238" t="s">
+        <v>13</v>
+      </c>
+      <c r="G238" t="s">
+        <v>14</v>
+      </c>
+      <c r="H238" t="s">
+        <v>15</v>
+      </c>
+      <c r="I238" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9">
+      <c r="A239" t="s">
+        <v>496</v>
+      </c>
+      <c r="B239"/>
+      <c r="C239" t="s">
+        <v>497</v>
+      </c>
+      <c r="D239"/>
+      <c r="E239" t="s">
+        <v>19</v>
+      </c>
+      <c r="F239" t="s">
+        <v>13</v>
+      </c>
+      <c r="G239" t="s">
+        <v>14</v>
+      </c>
+      <c r="H239" t="s">
+        <v>15</v>
+      </c>
+      <c r="I239" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9">
+      <c r="A240" t="s">
+        <v>498</v>
+      </c>
+      <c r="B240"/>
+      <c r="C240" t="s">
+        <v>499</v>
+      </c>
+      <c r="D240"/>
+      <c r="E240" t="s">
+        <v>19</v>
+      </c>
+      <c r="F240" t="s">
+        <v>13</v>
+      </c>
+      <c r="G240" t="s">
+        <v>14</v>
+      </c>
+      <c r="H240"/>
+      <c r="I240" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9">
+      <c r="A241" t="s">
+        <v>500</v>
+      </c>
+      <c r="B241"/>
+      <c r="C241" t="s">
+        <v>163</v>
+      </c>
+      <c r="D241"/>
+      <c r="E241"/>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" t="s">
+        <v>14</v>
+      </c>
+      <c r="H241" t="s">
+        <v>491</v>
+      </c>
+      <c r="I241" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9">
+      <c r="A242" t="s">
+        <v>501</v>
+      </c>
+      <c r="B242"/>
+      <c r="C242" t="s">
+        <v>502</v>
+      </c>
+      <c r="D242"/>
+      <c r="E242" t="s">
+        <v>19</v>
+      </c>
+      <c r="F242" t="s">
+        <v>13</v>
+      </c>
+      <c r="G242" t="s">
+        <v>14</v>
+      </c>
+      <c r="H242" t="s">
+        <v>15</v>
+      </c>
+      <c r="I242" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9">
+      <c r="A243" t="s">
+        <v>503</v>
+      </c>
+      <c r="B243"/>
+      <c r="C243" t="s">
+        <v>504</v>
+      </c>
+      <c r="D243"/>
+      <c r="E243" t="s">
+        <v>40</v>
+      </c>
+      <c r="F243" t="s">
+        <v>13</v>
+      </c>
+      <c r="G243" t="s">
+        <v>14</v>
+      </c>
+      <c r="H243" t="s">
+        <v>15</v>
+      </c>
+      <c r="I243" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9">
+      <c r="A244" t="s">
+        <v>505</v>
+      </c>
+      <c r="B244"/>
+      <c r="C244" t="s">
+        <v>506</v>
+      </c>
+      <c r="D244"/>
+      <c r="E244" t="s">
+        <v>19</v>
+      </c>
+      <c r="F244" t="s">
+        <v>13</v>
+      </c>
+      <c r="G244" t="s">
+        <v>14</v>
+      </c>
+      <c r="H244" t="s">
+        <v>15</v>
+      </c>
+      <c r="I244" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9">
+      <c r="A245" t="s">
+        <v>507</v>
+      </c>
+      <c r="B245"/>
+      <c r="C245" t="s">
+        <v>508</v>
+      </c>
+      <c r="D245"/>
+      <c r="E245" t="s">
+        <v>19</v>
+      </c>
+      <c r="F245" t="s">
+        <v>13</v>
+      </c>
+      <c r="G245" t="s">
+        <v>14</v>
+      </c>
+      <c r="H245"/>
+      <c r="I245" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9">
+      <c r="A246" t="s">
+        <v>509</v>
+      </c>
+      <c r="B246"/>
+      <c r="C246" t="s">
+        <v>510</v>
+      </c>
+      <c r="D246"/>
+      <c r="E246" t="s">
+        <v>19</v>
+      </c>
+      <c r="F246" t="s">
+        <v>13</v>
+      </c>
+      <c r="G246" t="s">
+        <v>14</v>
+      </c>
+      <c r="H246" t="s">
+        <v>15</v>
+      </c>
+      <c r="I246" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9">
+      <c r="A247" t="s">
+        <v>511</v>
+      </c>
+      <c r="B247"/>
+      <c r="C247" t="s">
+        <v>512</v>
+      </c>
+      <c r="D247"/>
+      <c r="E247"/>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" t="s">
+        <v>14</v>
+      </c>
+      <c r="H247" t="s">
+        <v>491</v>
+      </c>
+      <c r="I247" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9">
+      <c r="A248" t="s">
+        <v>513</v>
+      </c>
+      <c r="B248"/>
+      <c r="C248" t="s">
+        <v>514</v>
+      </c>
+      <c r="D248"/>
+      <c r="E248" t="s">
+        <v>19</v>
+      </c>
+      <c r="F248" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" t="s">
+        <v>14</v>
+      </c>
+      <c r="H248" t="s">
+        <v>15</v>
+      </c>
+      <c r="I248" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9">
+      <c r="A249" t="s">
+        <v>515</v>
+      </c>
+      <c r="B249"/>
+      <c r="C249" t="s">
+        <v>516</v>
+      </c>
+      <c r="D249"/>
+      <c r="E249" t="s">
+        <v>19</v>
+      </c>
+      <c r="F249" t="s">
+        <v>13</v>
+      </c>
+      <c r="G249" t="s">
+        <v>14</v>
+      </c>
+      <c r="H249" t="s">
+        <v>15</v>
+      </c>
+      <c r="I249" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9">
+      <c r="A250" t="s">
+        <v>517</v>
+      </c>
+      <c r="B250"/>
+      <c r="C250" t="s">
+        <v>518</v>
+      </c>
+      <c r="D250"/>
+      <c r="E250" t="s">
+        <v>19</v>
+      </c>
+      <c r="F250" t="s">
+        <v>13</v>
+      </c>
+      <c r="G250" t="s">
+        <v>14</v>
+      </c>
+      <c r="H250" t="s">
+        <v>15</v>
+      </c>
+      <c r="I250" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9">
+      <c r="A251" t="s">
+        <v>519</v>
+      </c>
+      <c r="B251"/>
+      <c r="C251" t="s">
+        <v>520</v>
+      </c>
+      <c r="D251"/>
+      <c r="E251" t="s">
+        <v>19</v>
+      </c>
+      <c r="F251" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" t="s">
+        <v>14</v>
+      </c>
+      <c r="H251" t="s">
+        <v>15</v>
+      </c>
+      <c r="I251" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9">
+      <c r="A252" t="s">
+        <v>521</v>
+      </c>
+      <c r="B252"/>
+      <c r="C252" t="s">
+        <v>522</v>
+      </c>
+      <c r="D252"/>
+      <c r="E252" t="s">
+        <v>19</v>
+      </c>
+      <c r="F252" t="s">
+        <v>13</v>
+      </c>
+      <c r="G252" t="s">
+        <v>14</v>
+      </c>
+      <c r="H252" t="s">
+        <v>15</v>
+      </c>
+      <c r="I252" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9">
+      <c r="A253" t="s">
+        <v>523</v>
+      </c>
+      <c r="B253"/>
+      <c r="C253" t="s">
+        <v>524</v>
+      </c>
+      <c r="D253"/>
+      <c r="E253" t="s">
+        <v>19</v>
+      </c>
+      <c r="F253" t="s">
+        <v>13</v>
+      </c>
+      <c r="G253" t="s">
+        <v>14</v>
+      </c>
+      <c r="H253" t="s">
+        <v>15</v>
+      </c>
+      <c r="I253" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9">
+      <c r="A254" t="s">
+        <v>525</v>
+      </c>
+      <c r="B254"/>
+      <c r="C254" t="s">
+        <v>526</v>
+      </c>
+      <c r="D254"/>
+      <c r="E254" t="s">
+        <v>19</v>
+      </c>
+      <c r="F254" t="s">
+        <v>13</v>
+      </c>
+      <c r="G254" t="s">
+        <v>14</v>
+      </c>
+      <c r="H254" t="s">
+        <v>15</v>
+      </c>
+      <c r="I254" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9">
+      <c r="A255" t="s">
+        <v>527</v>
+      </c>
+      <c r="B255"/>
+      <c r="C255" t="s">
+        <v>528</v>
+      </c>
+      <c r="D255"/>
+      <c r="E255" t="s">
+        <v>19</v>
+      </c>
+      <c r="F255" t="s">
+        <v>13</v>
+      </c>
+      <c r="G255" t="s">
+        <v>14</v>
+      </c>
+      <c r="H255"/>
+      <c r="I255" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9">
+      <c r="A256" t="s">
+        <v>529</v>
+      </c>
+      <c r="B256"/>
+      <c r="C256" t="s">
+        <v>530</v>
+      </c>
+      <c r="D256"/>
+      <c r="E256" t="s">
+        <v>19</v>
+      </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
+      <c r="G256" t="s">
+        <v>14</v>
+      </c>
+      <c r="H256" t="s">
+        <v>15</v>
+      </c>
+      <c r="I256" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9">
+      <c r="A257" t="s">
+        <v>531</v>
+      </c>
+      <c r="B257"/>
+      <c r="C257" t="s">
+        <v>532</v>
+      </c>
+      <c r="D257"/>
+      <c r="E257" t="s">
+        <v>19</v>
+      </c>
+      <c r="F257" t="s">
+        <v>13</v>
+      </c>
+      <c r="G257" t="s">
+        <v>14</v>
+      </c>
+      <c r="H257" t="s">
+        <v>15</v>
+      </c>
+      <c r="I257" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9">
+      <c r="A258" t="s">
+        <v>533</v>
+      </c>
+      <c r="B258"/>
+      <c r="C258" t="s">
+        <v>534</v>
+      </c>
+      <c r="D258"/>
+      <c r="E258" t="s">
+        <v>19</v>
+      </c>
+      <c r="F258" t="s">
+        <v>13</v>
+      </c>
+      <c r="G258" t="s">
+        <v>14</v>
+      </c>
+      <c r="H258" t="s">
+        <v>15</v>
+      </c>
+      <c r="I258" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9">
+      <c r="A259" t="s">
+        <v>535</v>
+      </c>
+      <c r="B259"/>
+      <c r="C259" t="s">
+        <v>536</v>
+      </c>
+      <c r="D259"/>
+      <c r="E259" t="s">
+        <v>19</v>
+      </c>
+      <c r="F259" t="s">
+        <v>13</v>
+      </c>
+      <c r="G259" t="s">
+        <v>14</v>
+      </c>
+      <c r="H259" t="s">
+        <v>15</v>
+      </c>
+      <c r="I259" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9">
+      <c r="A260" t="s">
+        <v>537</v>
+      </c>
+      <c r="B260"/>
+      <c r="C260" t="s">
+        <v>538</v>
+      </c>
+      <c r="D260"/>
+      <c r="E260" t="s">
+        <v>19</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" t="s">
+        <v>14</v>
+      </c>
+      <c r="H260" t="s">
+        <v>15</v>
+      </c>
+      <c r="I260" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9">
+      <c r="A261" t="s">
+        <v>539</v>
+      </c>
+      <c r="B261"/>
+      <c r="C261" t="s">
+        <v>540</v>
+      </c>
+      <c r="D261"/>
+      <c r="E261" t="s">
+        <v>19</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" t="s">
+        <v>14</v>
+      </c>
+      <c r="H261" t="s">
+        <v>15</v>
+      </c>
+      <c r="I261" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9">
+      <c r="A262" t="s">
+        <v>541</v>
+      </c>
+      <c r="B262"/>
+      <c r="C262" t="s">
+        <v>542</v>
+      </c>
+      <c r="D262"/>
+      <c r="E262" t="s">
+        <v>19</v>
+      </c>
+      <c r="F262" t="s">
+        <v>13</v>
+      </c>
+      <c r="G262" t="s">
+        <v>14</v>
+      </c>
+      <c r="H262" t="s">
+        <v>15</v>
+      </c>
+      <c r="I262" t="s">
         <v>138</v>
       </c>
-      <c r="B111"/>
-[...3185 lines deleted...]
-    <row r="263" spans="1:8">
+    </row>
+    <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>297</v>
+        <v>543</v>
       </c>
       <c r="B263"/>
-      <c r="C263"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C263" t="s">
+        <v>544</v>
+      </c>
+      <c r="D263"/>
       <c r="E263" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F263" t="s">
         <v>13</v>
       </c>
       <c r="G263" t="s">
         <v>14</v>
       </c>
       <c r="H263" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I263" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>298</v>
+        <v>545</v>
       </c>
       <c r="B264"/>
-      <c r="C264"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C264" t="s">
+        <v>546</v>
+      </c>
+      <c r="D264"/>
       <c r="E264" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F264" t="s">
         <v>13</v>
       </c>
       <c r="G264" t="s">
         <v>14</v>
       </c>
       <c r="H264" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I264" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>299</v>
+        <v>547</v>
       </c>
       <c r="B265"/>
-      <c r="C265"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C265" t="s">
+        <v>548</v>
+      </c>
+      <c r="D265"/>
       <c r="E265" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F265" t="s">
         <v>13</v>
       </c>
       <c r="G265" t="s">
         <v>14</v>
       </c>
       <c r="H265" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I265" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>300</v>
+        <v>549</v>
       </c>
       <c r="B266"/>
-      <c r="C266"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C266" t="s">
+        <v>550</v>
+      </c>
+      <c r="D266"/>
       <c r="E266" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F266" t="s">
         <v>13</v>
       </c>
       <c r="G266" t="s">
         <v>14</v>
       </c>
       <c r="H266" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I266" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>301</v>
+        <v>551</v>
       </c>
       <c r="B267"/>
-      <c r="C267"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C267" t="s">
+        <v>552</v>
+      </c>
+      <c r="D267"/>
       <c r="E267" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F267" t="s">
         <v>13</v>
       </c>
       <c r="G267" t="s">
         <v>14</v>
       </c>
       <c r="H267" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I267" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>302</v>
+        <v>553</v>
       </c>
       <c r="B268"/>
-      <c r="C268"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C268" t="s">
+        <v>554</v>
+      </c>
+      <c r="D268"/>
       <c r="E268" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F268" t="s">
         <v>13</v>
       </c>
       <c r="G268" t="s">
         <v>14</v>
       </c>
       <c r="H268" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I268" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>303</v>
+        <v>555</v>
       </c>
       <c r="B269"/>
-      <c r="C269"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C269" t="s">
+        <v>556</v>
+      </c>
+      <c r="D269"/>
       <c r="E269" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F269" t="s">
         <v>13</v>
       </c>
       <c r="G269" t="s">
         <v>14</v>
       </c>
       <c r="H269" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I269" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>304</v>
+        <v>557</v>
       </c>
       <c r="B270"/>
-      <c r="C270"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C270" t="s">
+        <v>558</v>
+      </c>
+      <c r="D270"/>
       <c r="E270" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F270" t="s">
         <v>13</v>
       </c>
       <c r="G270" t="s">
         <v>14</v>
       </c>
       <c r="H270" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I270" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>305</v>
+        <v>559</v>
       </c>
       <c r="B271"/>
-      <c r="C271"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C271" t="s">
+        <v>560</v>
+      </c>
+      <c r="D271"/>
       <c r="E271" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F271" t="s">
         <v>13</v>
       </c>
       <c r="G271" t="s">
         <v>14</v>
       </c>
       <c r="H271" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I271" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>306</v>
+        <v>561</v>
       </c>
       <c r="B272"/>
       <c r="C272"/>
       <c r="D272"/>
-      <c r="E272" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E272"/>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" t="s">
-        <v>270</v>
+        <v>14</v>
       </c>
       <c r="H272" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:8">
+        <v>491</v>
+      </c>
+      <c r="I272" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>307</v>
+        <v>562</v>
       </c>
       <c r="B273"/>
-      <c r="C273"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C273" t="s">
+        <v>563</v>
+      </c>
+      <c r="D273"/>
       <c r="E273" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F273" t="s">
         <v>13</v>
       </c>
       <c r="G273" t="s">
         <v>14</v>
       </c>
       <c r="H273" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I273" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>308</v>
+        <v>564</v>
       </c>
       <c r="B274"/>
-      <c r="C274"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C274" t="s">
+        <v>565</v>
+      </c>
+      <c r="D274"/>
       <c r="E274" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F274" t="s">
         <v>13</v>
       </c>
       <c r="G274" t="s">
         <v>14</v>
       </c>
       <c r="H274" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I274" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>309</v>
+        <v>565</v>
       </c>
       <c r="B275"/>
-      <c r="C275"/>
+      <c r="C275" t="s">
+        <v>565</v>
+      </c>
       <c r="D275"/>
-      <c r="E275" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E275"/>
       <c r="F275" t="s">
         <v>13</v>
       </c>
       <c r="G275" t="s">
-        <v>270</v>
+        <v>14</v>
       </c>
       <c r="H275" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:8">
+        <v>491</v>
+      </c>
+      <c r="I275" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>310</v>
+        <v>566</v>
       </c>
       <c r="B276"/>
-      <c r="C276"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C276" t="s">
+        <v>567</v>
+      </c>
+      <c r="D276"/>
       <c r="E276" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F276" t="s">
         <v>13</v>
       </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="H276" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I276" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>311</v>
+        <v>568</v>
       </c>
       <c r="B277"/>
-      <c r="C277"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C277" t="s">
+        <v>569</v>
+      </c>
+      <c r="D277"/>
       <c r="E277" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F277" t="s">
         <v>13</v>
       </c>
       <c r="G277" t="s">
         <v>14</v>
       </c>
       <c r="H277" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I277" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9">
       <c r="A278" t="s">
+        <v>570</v>
+      </c>
+      <c r="B278"/>
+      <c r="C278" t="s">
+        <v>571</v>
+      </c>
+      <c r="D278"/>
+      <c r="E278" t="s">
+        <v>19</v>
+      </c>
+      <c r="F278" t="s">
+        <v>13</v>
+      </c>
+      <c r="G278" t="s">
+        <v>14</v>
+      </c>
+      <c r="H278" t="s">
+        <v>15</v>
+      </c>
+      <c r="I278" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9">
+      <c r="A279" t="s">
+        <v>572</v>
+      </c>
+      <c r="B279"/>
+      <c r="C279" t="s">
+        <v>573</v>
+      </c>
+      <c r="D279"/>
+      <c r="E279" t="s">
+        <v>19</v>
+      </c>
+      <c r="F279" t="s">
+        <v>13</v>
+      </c>
+      <c r="G279" t="s">
+        <v>14</v>
+      </c>
+      <c r="H279" t="s">
+        <v>15</v>
+      </c>
+      <c r="I279" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9">
+      <c r="A280" t="s">
+        <v>574</v>
+      </c>
+      <c r="B280"/>
+      <c r="C280" t="s">
+        <v>575</v>
+      </c>
+      <c r="D280"/>
+      <c r="E280" t="s">
+        <v>19</v>
+      </c>
+      <c r="F280" t="s">
+        <v>13</v>
+      </c>
+      <c r="G280" t="s">
+        <v>14</v>
+      </c>
+      <c r="H280" t="s">
+        <v>15</v>
+      </c>
+      <c r="I280" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9">
+      <c r="A281" t="s">
+        <v>576</v>
+      </c>
+      <c r="B281"/>
+      <c r="C281" t="s">
+        <v>577</v>
+      </c>
+      <c r="D281"/>
+      <c r="E281" t="s">
+        <v>19</v>
+      </c>
+      <c r="F281" t="s">
+        <v>13</v>
+      </c>
+      <c r="G281" t="s">
+        <v>14</v>
+      </c>
+      <c r="H281" t="s">
+        <v>15</v>
+      </c>
+      <c r="I281" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9">
+      <c r="A282" t="s">
+        <v>578</v>
+      </c>
+      <c r="B282"/>
+      <c r="C282" t="s">
+        <v>579</v>
+      </c>
+      <c r="D282"/>
+      <c r="E282" t="s">
+        <v>19</v>
+      </c>
+      <c r="F282" t="s">
+        <v>13</v>
+      </c>
+      <c r="G282" t="s">
+        <v>14</v>
+      </c>
+      <c r="H282" t="s">
+        <v>15</v>
+      </c>
+      <c r="I282" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9">
+      <c r="A283" t="s">
+        <v>580</v>
+      </c>
+      <c r="B283"/>
+      <c r="C283" t="s">
+        <v>581</v>
+      </c>
+      <c r="D283"/>
+      <c r="E283" t="s">
+        <v>19</v>
+      </c>
+      <c r="F283" t="s">
+        <v>13</v>
+      </c>
+      <c r="G283" t="s">
+        <v>14</v>
+      </c>
+      <c r="H283" t="s">
+        <v>15</v>
+      </c>
+      <c r="I283" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9">
+      <c r="A284" t="s">
+        <v>582</v>
+      </c>
+      <c r="B284"/>
+      <c r="C284" t="s">
+        <v>583</v>
+      </c>
+      <c r="D284"/>
+      <c r="E284" t="s">
+        <v>19</v>
+      </c>
+      <c r="F284" t="s">
+        <v>13</v>
+      </c>
+      <c r="G284" t="s">
+        <v>14</v>
+      </c>
+      <c r="H284" t="s">
+        <v>15</v>
+      </c>
+      <c r="I284" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9">
+      <c r="A285" t="s">
+        <v>584</v>
+      </c>
+      <c r="B285"/>
+      <c r="C285" t="s">
+        <v>585</v>
+      </c>
+      <c r="D285"/>
+      <c r="E285" t="s">
+        <v>19</v>
+      </c>
+      <c r="F285" t="s">
+        <v>13</v>
+      </c>
+      <c r="G285" t="s">
+        <v>14</v>
+      </c>
+      <c r="H285" t="s">
+        <v>15</v>
+      </c>
+      <c r="I285" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9">
+      <c r="A286" t="s">
+        <v>586</v>
+      </c>
+      <c r="B286"/>
+      <c r="C286" t="s">
+        <v>587</v>
+      </c>
+      <c r="D286"/>
+      <c r="E286" t="s">
+        <v>19</v>
+      </c>
+      <c r="F286" t="s">
+        <v>13</v>
+      </c>
+      <c r="G286" t="s">
+        <v>14</v>
+      </c>
+      <c r="H286" t="s">
+        <v>15</v>
+      </c>
+      <c r="I286" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9">
+      <c r="A287" t="s">
+        <v>588</v>
+      </c>
+      <c r="B287"/>
+      <c r="C287" t="s">
+        <v>589</v>
+      </c>
+      <c r="D287"/>
+      <c r="E287" t="s">
+        <v>19</v>
+      </c>
+      <c r="F287" t="s">
+        <v>13</v>
+      </c>
+      <c r="G287" t="s">
+        <v>14</v>
+      </c>
+      <c r="H287" t="s">
+        <v>15</v>
+      </c>
+      <c r="I287" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9">
+      <c r="A288" t="s">
+        <v>590</v>
+      </c>
+      <c r="B288"/>
+      <c r="C288" t="s">
+        <v>591</v>
+      </c>
+      <c r="D288"/>
+      <c r="E288" t="s">
+        <v>19</v>
+      </c>
+      <c r="F288" t="s">
+        <v>13</v>
+      </c>
+      <c r="G288" t="s">
+        <v>14</v>
+      </c>
+      <c r="H288" t="s">
+        <v>15</v>
+      </c>
+      <c r="I288" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9">
+      <c r="A289" t="s">
+        <v>592</v>
+      </c>
+      <c r="B289"/>
+      <c r="C289" t="s">
+        <v>593</v>
+      </c>
+      <c r="D289"/>
+      <c r="E289" t="s">
+        <v>19</v>
+      </c>
+      <c r="F289" t="s">
+        <v>13</v>
+      </c>
+      <c r="G289" t="s">
+        <v>14</v>
+      </c>
+      <c r="H289" t="s">
+        <v>15</v>
+      </c>
+      <c r="I289" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9">
+      <c r="A290" t="s">
+        <v>594</v>
+      </c>
+      <c r="B290"/>
+      <c r="C290" t="s">
+        <v>595</v>
+      </c>
+      <c r="D290"/>
+      <c r="E290" t="s">
+        <v>19</v>
+      </c>
+      <c r="F290" t="s">
+        <v>13</v>
+      </c>
+      <c r="G290" t="s">
+        <v>14</v>
+      </c>
+      <c r="H290" t="s">
+        <v>15</v>
+      </c>
+      <c r="I290" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9">
+      <c r="A291" t="s">
+        <v>596</v>
+      </c>
+      <c r="B291"/>
+      <c r="C291" t="s">
+        <v>597</v>
+      </c>
+      <c r="D291"/>
+      <c r="E291" t="s">
+        <v>19</v>
+      </c>
+      <c r="F291" t="s">
+        <v>13</v>
+      </c>
+      <c r="G291" t="s">
+        <v>14</v>
+      </c>
+      <c r="H291" t="s">
+        <v>15</v>
+      </c>
+      <c r="I291" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9">
+      <c r="A292" t="s">
+        <v>598</v>
+      </c>
+      <c r="B292"/>
+      <c r="C292" t="s">
+        <v>599</v>
+      </c>
+      <c r="D292"/>
+      <c r="E292" t="s">
+        <v>19</v>
+      </c>
+      <c r="F292" t="s">
+        <v>13</v>
+      </c>
+      <c r="G292" t="s">
+        <v>14</v>
+      </c>
+      <c r="H292" t="s">
+        <v>15</v>
+      </c>
+      <c r="I292" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9">
+      <c r="A293" t="s">
+        <v>600</v>
+      </c>
+      <c r="B293"/>
+      <c r="C293" t="s">
+        <v>601</v>
+      </c>
+      <c r="D293"/>
+      <c r="E293" t="s">
+        <v>19</v>
+      </c>
+      <c r="F293" t="s">
+        <v>13</v>
+      </c>
+      <c r="G293" t="s">
+        <v>14</v>
+      </c>
+      <c r="H293" t="s">
+        <v>15</v>
+      </c>
+      <c r="I293" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9">
+      <c r="A294" t="s">
+        <v>603</v>
+      </c>
+      <c r="B294"/>
+      <c r="C294" t="s">
+        <v>604</v>
+      </c>
+      <c r="D294"/>
+      <c r="E294" t="s">
+        <v>19</v>
+      </c>
+      <c r="F294" t="s">
+        <v>13</v>
+      </c>
+      <c r="G294" t="s">
+        <v>14</v>
+      </c>
+      <c r="H294" t="s">
+        <v>15</v>
+      </c>
+      <c r="I294" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9">
+      <c r="A295" t="s">
+        <v>605</v>
+      </c>
+      <c r="B295"/>
+      <c r="C295" t="s">
+        <v>606</v>
+      </c>
+      <c r="D295"/>
+      <c r="E295" t="s">
+        <v>19</v>
+      </c>
+      <c r="F295" t="s">
+        <v>13</v>
+      </c>
+      <c r="G295" t="s">
+        <v>14</v>
+      </c>
+      <c r="H295" t="s">
+        <v>15</v>
+      </c>
+      <c r="I295" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9">
+      <c r="A296" t="s">
+        <v>607</v>
+      </c>
+      <c r="B296"/>
+      <c r="C296" t="s">
+        <v>608</v>
+      </c>
+      <c r="D296"/>
+      <c r="E296" t="s">
+        <v>19</v>
+      </c>
+      <c r="F296" t="s">
+        <v>13</v>
+      </c>
+      <c r="G296" t="s">
+        <v>14</v>
+      </c>
+      <c r="H296" t="s">
+        <v>15</v>
+      </c>
+      <c r="I296" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9">
+      <c r="A297" t="s">
+        <v>609</v>
+      </c>
+      <c r="B297"/>
+      <c r="C297" t="s">
+        <v>610</v>
+      </c>
+      <c r="D297"/>
+      <c r="E297" t="s">
+        <v>19</v>
+      </c>
+      <c r="F297" t="s">
+        <v>13</v>
+      </c>
+      <c r="G297" t="s">
+        <v>14</v>
+      </c>
+      <c r="H297" t="s">
+        <v>15</v>
+      </c>
+      <c r="I297" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9">
+      <c r="A298" t="s">
+        <v>611</v>
+      </c>
+      <c r="B298"/>
+      <c r="C298" t="s">
+        <v>612</v>
+      </c>
+      <c r="D298"/>
+      <c r="E298" t="s">
+        <v>19</v>
+      </c>
+      <c r="F298" t="s">
+        <v>13</v>
+      </c>
+      <c r="G298" t="s">
+        <v>14</v>
+      </c>
+      <c r="H298" t="s">
+        <v>15</v>
+      </c>
+      <c r="I298" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9">
+      <c r="A299" t="s">
+        <v>613</v>
+      </c>
+      <c r="B299"/>
+      <c r="C299" t="s">
+        <v>614</v>
+      </c>
+      <c r="D299"/>
+      <c r="E299" t="s">
+        <v>19</v>
+      </c>
+      <c r="F299" t="s">
+        <v>13</v>
+      </c>
+      <c r="G299" t="s">
+        <v>14</v>
+      </c>
+      <c r="H299" t="s">
+        <v>15</v>
+      </c>
+      <c r="I299" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9">
+      <c r="A300" t="s">
+        <v>615</v>
+      </c>
+      <c r="B300"/>
+      <c r="C300" t="s">
+        <v>616</v>
+      </c>
+      <c r="D300"/>
+      <c r="E300" t="s">
+        <v>19</v>
+      </c>
+      <c r="F300" t="s">
+        <v>13</v>
+      </c>
+      <c r="G300" t="s">
+        <v>14</v>
+      </c>
+      <c r="H300" t="s">
+        <v>15</v>
+      </c>
+      <c r="I300" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9">
+      <c r="A301" t="s">
+        <v>617</v>
+      </c>
+      <c r="B301"/>
+      <c r="C301" t="s">
+        <v>618</v>
+      </c>
+      <c r="D301"/>
+      <c r="E301" t="s">
+        <v>19</v>
+      </c>
+      <c r="F301" t="s">
+        <v>13</v>
+      </c>
+      <c r="G301" t="s">
+        <v>14</v>
+      </c>
+      <c r="H301" t="s">
+        <v>15</v>
+      </c>
+      <c r="I301" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9">
+      <c r="A302" t="s">
+        <v>619</v>
+      </c>
+      <c r="B302"/>
+      <c r="C302" t="s">
+        <v>620</v>
+      </c>
+      <c r="D302"/>
+      <c r="E302" t="s">
+        <v>19</v>
+      </c>
+      <c r="F302" t="s">
+        <v>13</v>
+      </c>
+      <c r="G302" t="s">
+        <v>14</v>
+      </c>
+      <c r="H302" t="s">
+        <v>15</v>
+      </c>
+      <c r="I302" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9">
+      <c r="A303" t="s">
+        <v>621</v>
+      </c>
+      <c r="B303"/>
+      <c r="C303" t="s">
+        <v>622</v>
+      </c>
+      <c r="D303"/>
+      <c r="E303" t="s">
+        <v>19</v>
+      </c>
+      <c r="F303" t="s">
+        <v>13</v>
+      </c>
+      <c r="G303" t="s">
+        <v>14</v>
+      </c>
+      <c r="H303" t="s">
+        <v>15</v>
+      </c>
+      <c r="I303" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9">
+      <c r="A304" t="s">
+        <v>623</v>
+      </c>
+      <c r="B304"/>
+      <c r="C304" t="s">
+        <v>263</v>
+      </c>
+      <c r="D304"/>
+      <c r="E304" t="s">
+        <v>19</v>
+      </c>
+      <c r="F304" t="s">
+        <v>13</v>
+      </c>
+      <c r="G304" t="s">
+        <v>14</v>
+      </c>
+      <c r="H304" t="s">
+        <v>15</v>
+      </c>
+      <c r="I304" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9">
+      <c r="A305" t="s">
+        <v>624</v>
+      </c>
+      <c r="B305"/>
+      <c r="C305" t="s">
+        <v>625</v>
+      </c>
+      <c r="D305"/>
+      <c r="E305" t="s">
+        <v>19</v>
+      </c>
+      <c r="F305" t="s">
+        <v>13</v>
+      </c>
+      <c r="G305" t="s">
+        <v>14</v>
+      </c>
+      <c r="H305" t="s">
+        <v>15</v>
+      </c>
+      <c r="I305" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9">
+      <c r="A306" t="s">
+        <v>626</v>
+      </c>
+      <c r="B306"/>
+      <c r="C306" t="s">
+        <v>627</v>
+      </c>
+      <c r="D306"/>
+      <c r="E306" t="s">
+        <v>19</v>
+      </c>
+      <c r="F306" t="s">
+        <v>13</v>
+      </c>
+      <c r="G306" t="s">
+        <v>14</v>
+      </c>
+      <c r="H306" t="s">
+        <v>15</v>
+      </c>
+      <c r="I306" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9">
+      <c r="A307" t="s">
+        <v>628</v>
+      </c>
+      <c r="B307"/>
+      <c r="C307" t="s">
+        <v>629</v>
+      </c>
+      <c r="D307"/>
+      <c r="E307" t="s">
+        <v>19</v>
+      </c>
+      <c r="F307" t="s">
+        <v>13</v>
+      </c>
+      <c r="G307" t="s">
+        <v>14</v>
+      </c>
+      <c r="H307" t="s">
+        <v>15</v>
+      </c>
+      <c r="I307" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9">
+      <c r="A308" t="s">
+        <v>630</v>
+      </c>
+      <c r="B308"/>
+      <c r="C308" t="s">
+        <v>631</v>
+      </c>
+      <c r="D308"/>
+      <c r="E308" t="s">
+        <v>19</v>
+      </c>
+      <c r="F308" t="s">
+        <v>13</v>
+      </c>
+      <c r="G308" t="s">
+        <v>14</v>
+      </c>
+      <c r="H308" t="s">
+        <v>15</v>
+      </c>
+      <c r="I308" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9">
+      <c r="A309" t="s">
+        <v>632</v>
+      </c>
+      <c r="B309"/>
+      <c r="C309" t="s">
+        <v>633</v>
+      </c>
+      <c r="D309"/>
+      <c r="E309" t="s">
+        <v>19</v>
+      </c>
+      <c r="F309" t="s">
+        <v>13</v>
+      </c>
+      <c r="G309" t="s">
+        <v>14</v>
+      </c>
+      <c r="H309" t="s">
+        <v>15</v>
+      </c>
+      <c r="I309" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9">
+      <c r="A310" t="s">
+        <v>634</v>
+      </c>
+      <c r="B310"/>
+      <c r="C310" t="s">
+        <v>635</v>
+      </c>
+      <c r="D310"/>
+      <c r="E310" t="s">
+        <v>19</v>
+      </c>
+      <c r="F310" t="s">
+        <v>13</v>
+      </c>
+      <c r="G310" t="s">
+        <v>14</v>
+      </c>
+      <c r="H310" t="s">
+        <v>15</v>
+      </c>
+      <c r="I310" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9">
+      <c r="A311" t="s">
+        <v>636</v>
+      </c>
+      <c r="B311"/>
+      <c r="C311" t="s">
+        <v>637</v>
+      </c>
+      <c r="D311"/>
+      <c r="E311" t="s">
+        <v>19</v>
+      </c>
+      <c r="F311" t="s">
+        <v>13</v>
+      </c>
+      <c r="G311" t="s">
+        <v>14</v>
+      </c>
+      <c r="H311" t="s">
+        <v>15</v>
+      </c>
+      <c r="I311" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9">
+      <c r="A312" t="s">
+        <v>638</v>
+      </c>
+      <c r="B312"/>
+      <c r="C312" t="s">
+        <v>639</v>
+      </c>
+      <c r="D312"/>
+      <c r="E312" t="s">
+        <v>19</v>
+      </c>
+      <c r="F312" t="s">
+        <v>13</v>
+      </c>
+      <c r="G312" t="s">
+        <v>14</v>
+      </c>
+      <c r="H312" t="s">
+        <v>15</v>
+      </c>
+      <c r="I312" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9">
+      <c r="A313" t="s">
+        <v>640</v>
+      </c>
+      <c r="B313"/>
+      <c r="C313" t="s">
+        <v>641</v>
+      </c>
+      <c r="D313"/>
+      <c r="E313" t="s">
+        <v>19</v>
+      </c>
+      <c r="F313" t="s">
+        <v>13</v>
+      </c>
+      <c r="G313" t="s">
+        <v>14</v>
+      </c>
+      <c r="H313" t="s">
+        <v>15</v>
+      </c>
+      <c r="I313" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9">
+      <c r="A314" t="s">
+        <v>642</v>
+      </c>
+      <c r="B314"/>
+      <c r="C314" t="s">
+        <v>643</v>
+      </c>
+      <c r="D314"/>
+      <c r="E314" t="s">
+        <v>19</v>
+      </c>
+      <c r="F314" t="s">
+        <v>13</v>
+      </c>
+      <c r="G314" t="s">
+        <v>14</v>
+      </c>
+      <c r="H314" t="s">
+        <v>15</v>
+      </c>
+      <c r="I314" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9">
+      <c r="A315" t="s">
+        <v>644</v>
+      </c>
+      <c r="B315"/>
+      <c r="C315" t="s">
+        <v>645</v>
+      </c>
+      <c r="D315"/>
+      <c r="E315" t="s">
+        <v>19</v>
+      </c>
+      <c r="F315" t="s">
+        <v>13</v>
+      </c>
+      <c r="G315" t="s">
+        <v>14</v>
+      </c>
+      <c r="H315" t="s">
+        <v>15</v>
+      </c>
+      <c r="I315" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9">
+      <c r="A316" t="s">
+        <v>646</v>
+      </c>
+      <c r="B316"/>
+      <c r="C316" t="s">
+        <v>647</v>
+      </c>
+      <c r="D316"/>
+      <c r="E316" t="s">
+        <v>19</v>
+      </c>
+      <c r="F316" t="s">
+        <v>13</v>
+      </c>
+      <c r="G316" t="s">
+        <v>14</v>
+      </c>
+      <c r="H316" t="s">
+        <v>15</v>
+      </c>
+      <c r="I316" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9">
+      <c r="A317" t="s">
+        <v>648</v>
+      </c>
+      <c r="B317"/>
+      <c r="C317" t="s">
+        <v>649</v>
+      </c>
+      <c r="D317"/>
+      <c r="E317" t="s">
+        <v>19</v>
+      </c>
+      <c r="F317" t="s">
+        <v>13</v>
+      </c>
+      <c r="G317" t="s">
+        <v>14</v>
+      </c>
+      <c r="H317" t="s">
+        <v>15</v>
+      </c>
+      <c r="I317" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9">
+      <c r="A318" t="s">
+        <v>650</v>
+      </c>
+      <c r="B318"/>
+      <c r="C318" t="s">
+        <v>651</v>
+      </c>
+      <c r="D318"/>
+      <c r="E318" t="s">
+        <v>19</v>
+      </c>
+      <c r="F318" t="s">
+        <v>13</v>
+      </c>
+      <c r="G318" t="s">
+        <v>14</v>
+      </c>
+      <c r="H318" t="s">
+        <v>15</v>
+      </c>
+      <c r="I318" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9">
+      <c r="A319" t="s">
+        <v>652</v>
+      </c>
+      <c r="B319"/>
+      <c r="C319" t="s">
+        <v>653</v>
+      </c>
+      <c r="D319"/>
+      <c r="E319" t="s">
+        <v>19</v>
+      </c>
+      <c r="F319" t="s">
+        <v>13</v>
+      </c>
+      <c r="G319" t="s">
+        <v>14</v>
+      </c>
+      <c r="H319" t="s">
+        <v>15</v>
+      </c>
+      <c r="I319" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9">
+      <c r="A320" t="s">
+        <v>654</v>
+      </c>
+      <c r="B320"/>
+      <c r="C320" t="s">
+        <v>655</v>
+      </c>
+      <c r="D320"/>
+      <c r="E320" t="s">
+        <v>19</v>
+      </c>
+      <c r="F320" t="s">
+        <v>13</v>
+      </c>
+      <c r="G320" t="s">
+        <v>14</v>
+      </c>
+      <c r="H320" t="s">
+        <v>15</v>
+      </c>
+      <c r="I320" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9">
+      <c r="A321" t="s">
+        <v>656</v>
+      </c>
+      <c r="B321"/>
+      <c r="C321" t="s">
+        <v>657</v>
+      </c>
+      <c r="D321"/>
+      <c r="E321" t="s">
+        <v>19</v>
+      </c>
+      <c r="F321" t="s">
+        <v>13</v>
+      </c>
+      <c r="G321" t="s">
+        <v>14</v>
+      </c>
+      <c r="H321" t="s">
+        <v>15</v>
+      </c>
+      <c r="I321" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9">
+      <c r="A322" t="s">
+        <v>658</v>
+      </c>
+      <c r="B322"/>
+      <c r="C322" t="s">
+        <v>89</v>
+      </c>
+      <c r="D322"/>
+      <c r="E322" t="s">
+        <v>19</v>
+      </c>
+      <c r="F322" t="s">
+        <v>13</v>
+      </c>
+      <c r="G322" t="s">
+        <v>14</v>
+      </c>
+      <c r="H322" t="s">
+        <v>15</v>
+      </c>
+      <c r="I322" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9">
+      <c r="A323" t="s">
+        <v>659</v>
+      </c>
+      <c r="B323"/>
+      <c r="C323" t="s">
+        <v>660</v>
+      </c>
+      <c r="D323"/>
+      <c r="E323" t="s">
+        <v>40</v>
+      </c>
+      <c r="F323" t="s">
+        <v>13</v>
+      </c>
+      <c r="G323" t="s">
+        <v>14</v>
+      </c>
+      <c r="H323" t="s">
+        <v>15</v>
+      </c>
+      <c r="I323" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9">
+      <c r="A324" t="s">
+        <v>661</v>
+      </c>
+      <c r="B324"/>
+      <c r="C324" t="s">
+        <v>662</v>
+      </c>
+      <c r="D324"/>
+      <c r="E324" t="s">
+        <v>19</v>
+      </c>
+      <c r="F324" t="s">
+        <v>13</v>
+      </c>
+      <c r="G324" t="s">
+        <v>14</v>
+      </c>
+      <c r="H324" t="s">
+        <v>15</v>
+      </c>
+      <c r="I324" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9">
+      <c r="A325" t="s">
+        <v>663</v>
+      </c>
+      <c r="B325"/>
+      <c r="C325" t="s">
+        <v>664</v>
+      </c>
+      <c r="D325"/>
+      <c r="E325" t="s">
+        <v>19</v>
+      </c>
+      <c r="F325" t="s">
+        <v>13</v>
+      </c>
+      <c r="G325" t="s">
+        <v>14</v>
+      </c>
+      <c r="H325" t="s">
+        <v>15</v>
+      </c>
+      <c r="I325" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9">
+      <c r="A326" t="s">
+        <v>665</v>
+      </c>
+      <c r="B326"/>
+      <c r="C326" t="s">
+        <v>267</v>
+      </c>
+      <c r="D326"/>
+      <c r="E326" t="s">
+        <v>19</v>
+      </c>
+      <c r="F326" t="s">
+        <v>13</v>
+      </c>
+      <c r="G326" t="s">
+        <v>14</v>
+      </c>
+      <c r="H326" t="s">
+        <v>15</v>
+      </c>
+      <c r="I326" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9">
+      <c r="A327" t="s">
+        <v>666</v>
+      </c>
+      <c r="B327"/>
+      <c r="C327" t="s">
+        <v>405</v>
+      </c>
+      <c r="D327"/>
+      <c r="E327" t="s">
+        <v>19</v>
+      </c>
+      <c r="F327" t="s">
+        <v>13</v>
+      </c>
+      <c r="G327" t="s">
+        <v>14</v>
+      </c>
+      <c r="H327" t="s">
+        <v>15</v>
+      </c>
+      <c r="I327" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9">
+      <c r="A328" t="s">
+        <v>667</v>
+      </c>
+      <c r="B328"/>
+      <c r="C328" t="s">
+        <v>668</v>
+      </c>
+      <c r="D328"/>
+      <c r="E328" t="s">
+        <v>19</v>
+      </c>
+      <c r="F328" t="s">
+        <v>13</v>
+      </c>
+      <c r="G328" t="s">
+        <v>14</v>
+      </c>
+      <c r="H328" t="s">
+        <v>15</v>
+      </c>
+      <c r="I328" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9">
+      <c r="A329" t="s">
+        <v>669</v>
+      </c>
+      <c r="B329"/>
+      <c r="C329" t="s">
+        <v>81</v>
+      </c>
+      <c r="D329"/>
+      <c r="E329" t="s">
+        <v>19</v>
+      </c>
+      <c r="F329" t="s">
+        <v>13</v>
+      </c>
+      <c r="G329" t="s">
+        <v>14</v>
+      </c>
+      <c r="H329" t="s">
+        <v>15</v>
+      </c>
+      <c r="I329" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9">
+      <c r="A330" t="s">
+        <v>670</v>
+      </c>
+      <c r="B330"/>
+      <c r="C330" t="s">
+        <v>671</v>
+      </c>
+      <c r="D330"/>
+      <c r="E330" t="s">
+        <v>19</v>
+      </c>
+      <c r="F330" t="s">
+        <v>13</v>
+      </c>
+      <c r="G330" t="s">
+        <v>14</v>
+      </c>
+      <c r="H330" t="s">
+        <v>15</v>
+      </c>
+      <c r="I330" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9">
+      <c r="A331" t="s">
+        <v>672</v>
+      </c>
+      <c r="B331"/>
+      <c r="C331" t="s">
+        <v>673</v>
+      </c>
+      <c r="D331"/>
+      <c r="E331" t="s">
+        <v>19</v>
+      </c>
+      <c r="F331" t="s">
+        <v>13</v>
+      </c>
+      <c r="G331" t="s">
+        <v>14</v>
+      </c>
+      <c r="H331" t="s">
+        <v>15</v>
+      </c>
+      <c r="I331" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9">
+      <c r="A332" t="s">
+        <v>674</v>
+      </c>
+      <c r="B332"/>
+      <c r="C332" t="s">
+        <v>675</v>
+      </c>
+      <c r="D332"/>
+      <c r="E332" t="s">
+        <v>19</v>
+      </c>
+      <c r="F332" t="s">
+        <v>13</v>
+      </c>
+      <c r="G332" t="s">
+        <v>14</v>
+      </c>
+      <c r="H332" t="s">
+        <v>15</v>
+      </c>
+      <c r="I332" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9">
+      <c r="A333" t="s">
+        <v>676</v>
+      </c>
+      <c r="B333"/>
+      <c r="C333" t="s">
+        <v>247</v>
+      </c>
+      <c r="D333"/>
+      <c r="E333" t="s">
+        <v>19</v>
+      </c>
+      <c r="F333" t="s">
+        <v>13</v>
+      </c>
+      <c r="G333" t="s">
+        <v>14</v>
+      </c>
+      <c r="H333" t="s">
+        <v>15</v>
+      </c>
+      <c r="I333" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9">
+      <c r="A334" t="s">
+        <v>677</v>
+      </c>
+      <c r="B334"/>
+      <c r="C334" t="s">
+        <v>678</v>
+      </c>
+      <c r="D334"/>
+      <c r="E334" t="s">
+        <v>19</v>
+      </c>
+      <c r="F334" t="s">
+        <v>13</v>
+      </c>
+      <c r="G334" t="s">
+        <v>14</v>
+      </c>
+      <c r="H334" t="s">
+        <v>15</v>
+      </c>
+      <c r="I334" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9">
+      <c r="A335" t="s">
+        <v>679</v>
+      </c>
+      <c r="B335"/>
+      <c r="C335" t="s">
+        <v>680</v>
+      </c>
+      <c r="D335"/>
+      <c r="E335" t="s">
+        <v>19</v>
+      </c>
+      <c r="F335" t="s">
+        <v>13</v>
+      </c>
+      <c r="G335" t="s">
+        <v>14</v>
+      </c>
+      <c r="H335" t="s">
+        <v>15</v>
+      </c>
+      <c r="I335" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9">
+      <c r="A336" t="s">
+        <v>681</v>
+      </c>
+      <c r="B336"/>
+      <c r="C336" t="s">
+        <v>682</v>
+      </c>
+      <c r="D336"/>
+      <c r="E336"/>
+      <c r="F336" t="s">
+        <v>13</v>
+      </c>
+      <c r="G336" t="s">
+        <v>14</v>
+      </c>
+      <c r="H336" t="s">
+        <v>15</v>
+      </c>
+      <c r="I336" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9">
+      <c r="A337" t="s">
+        <v>683</v>
+      </c>
+      <c r="B337"/>
+      <c r="C337" t="s">
+        <v>684</v>
+      </c>
+      <c r="D337"/>
+      <c r="E337" t="s">
+        <v>19</v>
+      </c>
+      <c r="F337" t="s">
+        <v>13</v>
+      </c>
+      <c r="G337" t="s">
+        <v>14</v>
+      </c>
+      <c r="H337" t="s">
+        <v>15</v>
+      </c>
+      <c r="I337" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9">
+      <c r="A338" t="s">
+        <v>685</v>
+      </c>
+      <c r="B338"/>
+      <c r="C338" t="s">
+        <v>24</v>
+      </c>
+      <c r="D338"/>
+      <c r="E338" t="s">
+        <v>19</v>
+      </c>
+      <c r="F338" t="s">
+        <v>13</v>
+      </c>
+      <c r="G338" t="s">
+        <v>14</v>
+      </c>
+      <c r="H338" t="s">
+        <v>15</v>
+      </c>
+      <c r="I338" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9">
+      <c r="A339" t="s">
+        <v>687</v>
+      </c>
+      <c r="B339"/>
+      <c r="C339" t="s">
+        <v>688</v>
+      </c>
+      <c r="D339"/>
+      <c r="E339" t="s">
+        <v>19</v>
+      </c>
+      <c r="F339" t="s">
+        <v>13</v>
+      </c>
+      <c r="G339" t="s">
+        <v>14</v>
+      </c>
+      <c r="H339" t="s">
+        <v>15</v>
+      </c>
+      <c r="I339" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9">
+      <c r="A340" t="s">
+        <v>689</v>
+      </c>
+      <c r="B340"/>
+      <c r="C340" t="s">
+        <v>690</v>
+      </c>
+      <c r="D340"/>
+      <c r="E340"/>
+      <c r="F340" t="s">
+        <v>13</v>
+      </c>
+      <c r="G340" t="s">
+        <v>14</v>
+      </c>
+      <c r="H340" t="s">
+        <v>15</v>
+      </c>
+      <c r="I340" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9">
+      <c r="A341" t="s">
+        <v>691</v>
+      </c>
+      <c r="B341"/>
+      <c r="C341" t="s">
+        <v>692</v>
+      </c>
+      <c r="D341"/>
+      <c r="E341" t="s">
+        <v>40</v>
+      </c>
+      <c r="F341" t="s">
+        <v>13</v>
+      </c>
+      <c r="G341" t="s">
+        <v>14</v>
+      </c>
+      <c r="H341" t="s">
+        <v>15</v>
+      </c>
+      <c r="I341" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9">
+      <c r="A342" t="s">
+        <v>694</v>
+      </c>
+      <c r="B342"/>
+      <c r="C342" t="s">
+        <v>695</v>
+      </c>
+      <c r="D342"/>
+      <c r="E342" t="s">
+        <v>19</v>
+      </c>
+      <c r="F342" t="s">
+        <v>13</v>
+      </c>
+      <c r="G342" t="s">
+        <v>14</v>
+      </c>
+      <c r="H342" t="s">
+        <v>15</v>
+      </c>
+      <c r="I342" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9">
+      <c r="A343" t="s">
+        <v>696</v>
+      </c>
+      <c r="B343"/>
+      <c r="C343" t="s">
+        <v>697</v>
+      </c>
+      <c r="D343"/>
+      <c r="E343" t="s">
+        <v>19</v>
+      </c>
+      <c r="F343" t="s">
+        <v>13</v>
+      </c>
+      <c r="G343" t="s">
+        <v>14</v>
+      </c>
+      <c r="H343" t="s">
+        <v>15</v>
+      </c>
+      <c r="I343" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9">
+      <c r="A344" t="s">
+        <v>698</v>
+      </c>
+      <c r="B344"/>
+      <c r="C344" t="s">
+        <v>699</v>
+      </c>
+      <c r="D344"/>
+      <c r="E344" t="s">
+        <v>19</v>
+      </c>
+      <c r="F344" t="s">
+        <v>13</v>
+      </c>
+      <c r="G344" t="s">
+        <v>14</v>
+      </c>
+      <c r="H344" t="s">
+        <v>15</v>
+      </c>
+      <c r="I344" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9">
+      <c r="A345" t="s">
+        <v>700</v>
+      </c>
+      <c r="B345"/>
+      <c r="C345" t="s">
+        <v>89</v>
+      </c>
+      <c r="D345"/>
+      <c r="E345" t="s">
+        <v>19</v>
+      </c>
+      <c r="F345" t="s">
+        <v>13</v>
+      </c>
+      <c r="G345" t="s">
+        <v>14</v>
+      </c>
+      <c r="H345" t="s">
+        <v>15</v>
+      </c>
+      <c r="I345" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9">
+      <c r="A346" t="s">
+        <v>701</v>
+      </c>
+      <c r="B346"/>
+      <c r="C346" t="s">
+        <v>702</v>
+      </c>
+      <c r="D346"/>
+      <c r="E346" t="s">
+        <v>19</v>
+      </c>
+      <c r="F346" t="s">
+        <v>13</v>
+      </c>
+      <c r="G346" t="s">
+        <v>14</v>
+      </c>
+      <c r="H346" t="s">
+        <v>15</v>
+      </c>
+      <c r="I346" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9">
+      <c r="A347" t="s">
+        <v>703</v>
+      </c>
+      <c r="B347"/>
+      <c r="C347" t="s">
+        <v>704</v>
+      </c>
+      <c r="D347"/>
+      <c r="E347" t="s">
+        <v>19</v>
+      </c>
+      <c r="F347" t="s">
+        <v>13</v>
+      </c>
+      <c r="G347" t="s">
+        <v>14</v>
+      </c>
+      <c r="H347" t="s">
+        <v>15</v>
+      </c>
+      <c r="I347" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9">
+      <c r="A348" t="s">
+        <v>705</v>
+      </c>
+      <c r="B348"/>
+      <c r="C348" t="s">
+        <v>706</v>
+      </c>
+      <c r="D348"/>
+      <c r="E348" t="s">
+        <v>19</v>
+      </c>
+      <c r="F348" t="s">
+        <v>13</v>
+      </c>
+      <c r="G348" t="s">
+        <v>14</v>
+      </c>
+      <c r="H348" t="s">
+        <v>15</v>
+      </c>
+      <c r="I348" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9">
+      <c r="A349" t="s">
+        <v>707</v>
+      </c>
+      <c r="B349"/>
+      <c r="C349" t="s">
+        <v>708</v>
+      </c>
+      <c r="D349"/>
+      <c r="E349" t="s">
+        <v>19</v>
+      </c>
+      <c r="F349" t="s">
+        <v>13</v>
+      </c>
+      <c r="G349" t="s">
+        <v>14</v>
+      </c>
+      <c r="H349" t="s">
+        <v>15</v>
+      </c>
+      <c r="I349" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9">
+      <c r="A350" t="s">
+        <v>709</v>
+      </c>
+      <c r="B350"/>
+      <c r="C350" t="s">
+        <v>710</v>
+      </c>
+      <c r="D350"/>
+      <c r="E350" t="s">
+        <v>19</v>
+      </c>
+      <c r="F350" t="s">
+        <v>13</v>
+      </c>
+      <c r="G350" t="s">
+        <v>14</v>
+      </c>
+      <c r="H350" t="s">
+        <v>15</v>
+      </c>
+      <c r="I350" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9">
+      <c r="A351" t="s">
+        <v>711</v>
+      </c>
+      <c r="B351"/>
+      <c r="C351" t="s">
+        <v>712</v>
+      </c>
+      <c r="D351"/>
+      <c r="E351" t="s">
+        <v>19</v>
+      </c>
+      <c r="F351" t="s">
+        <v>13</v>
+      </c>
+      <c r="G351" t="s">
+        <v>14</v>
+      </c>
+      <c r="H351" t="s">
+        <v>15</v>
+      </c>
+      <c r="I351" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9">
+      <c r="A352" t="s">
+        <v>713</v>
+      </c>
+      <c r="B352"/>
+      <c r="C352" t="s">
+        <v>714</v>
+      </c>
+      <c r="D352"/>
+      <c r="E352" t="s">
+        <v>40</v>
+      </c>
+      <c r="F352" t="s">
+        <v>13</v>
+      </c>
+      <c r="G352" t="s">
+        <v>14</v>
+      </c>
+      <c r="H352" t="s">
+        <v>15</v>
+      </c>
+      <c r="I352" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9">
+      <c r="A353" t="s">
+        <v>715</v>
+      </c>
+      <c r="B353"/>
+      <c r="C353" t="s">
+        <v>716</v>
+      </c>
+      <c r="D353"/>
+      <c r="E353" t="s">
+        <v>19</v>
+      </c>
+      <c r="F353" t="s">
+        <v>13</v>
+      </c>
+      <c r="G353" t="s">
+        <v>14</v>
+      </c>
+      <c r="H353" t="s">
+        <v>15</v>
+      </c>
+      <c r="I353" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9">
+      <c r="A354" t="s">
+        <v>717</v>
+      </c>
+      <c r="B354"/>
+      <c r="C354" t="s">
+        <v>718</v>
+      </c>
+      <c r="D354"/>
+      <c r="E354" t="s">
+        <v>19</v>
+      </c>
+      <c r="F354" t="s">
+        <v>13</v>
+      </c>
+      <c r="G354" t="s">
+        <v>14</v>
+      </c>
+      <c r="H354" t="s">
+        <v>15</v>
+      </c>
+      <c r="I354" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9">
+      <c r="A355" t="s">
+        <v>719</v>
+      </c>
+      <c r="B355"/>
+      <c r="C355" t="s">
+        <v>720</v>
+      </c>
+      <c r="D355"/>
+      <c r="E355" t="s">
+        <v>19</v>
+      </c>
+      <c r="F355" t="s">
+        <v>13</v>
+      </c>
+      <c r="G355" t="s">
+        <v>14</v>
+      </c>
+      <c r="H355" t="s">
+        <v>15</v>
+      </c>
+      <c r="I355" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9">
+      <c r="A356" t="s">
+        <v>721</v>
+      </c>
+      <c r="B356"/>
+      <c r="C356" t="s">
+        <v>524</v>
+      </c>
+      <c r="D356"/>
+      <c r="E356" t="s">
+        <v>19</v>
+      </c>
+      <c r="F356" t="s">
+        <v>13</v>
+      </c>
+      <c r="G356" t="s">
+        <v>14</v>
+      </c>
+      <c r="H356" t="s">
+        <v>15</v>
+      </c>
+      <c r="I356" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9">
+      <c r="A357" t="s">
+        <v>722</v>
+      </c>
+      <c r="B357"/>
+      <c r="C357" t="s">
+        <v>723</v>
+      </c>
+      <c r="D357"/>
+      <c r="E357" t="s">
+        <v>19</v>
+      </c>
+      <c r="F357" t="s">
+        <v>13</v>
+      </c>
+      <c r="G357" t="s">
+        <v>14</v>
+      </c>
+      <c r="H357" t="s">
+        <v>15</v>
+      </c>
+      <c r="I357" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9">
+      <c r="A358" t="s">
+        <v>724</v>
+      </c>
+      <c r="B358"/>
+      <c r="C358" t="s">
+        <v>725</v>
+      </c>
+      <c r="D358"/>
+      <c r="E358" t="s">
+        <v>19</v>
+      </c>
+      <c r="F358" t="s">
+        <v>13</v>
+      </c>
+      <c r="G358" t="s">
+        <v>14</v>
+      </c>
+      <c r="H358" t="s">
+        <v>15</v>
+      </c>
+      <c r="I358" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9">
+      <c r="A359" t="s">
+        <v>726</v>
+      </c>
+      <c r="B359"/>
+      <c r="C359" t="s">
+        <v>727</v>
+      </c>
+      <c r="D359"/>
+      <c r="E359" t="s">
+        <v>19</v>
+      </c>
+      <c r="F359" t="s">
+        <v>13</v>
+      </c>
+      <c r="G359" t="s">
+        <v>14</v>
+      </c>
+      <c r="H359" t="s">
+        <v>15</v>
+      </c>
+      <c r="I359" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9">
+      <c r="A360" t="s">
+        <v>728</v>
+      </c>
+      <c r="B360"/>
+      <c r="C360" t="s">
+        <v>163</v>
+      </c>
+      <c r="D360"/>
+      <c r="E360" t="s">
+        <v>19</v>
+      </c>
+      <c r="F360" t="s">
+        <v>13</v>
+      </c>
+      <c r="G360" t="s">
+        <v>14</v>
+      </c>
+      <c r="H360" t="s">
+        <v>15</v>
+      </c>
+      <c r="I360" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9">
+      <c r="A361" t="s">
+        <v>729</v>
+      </c>
+      <c r="B361"/>
+      <c r="C361" t="s">
+        <v>730</v>
+      </c>
+      <c r="D361"/>
+      <c r="E361" t="s">
+        <v>19</v>
+      </c>
+      <c r="F361" t="s">
+        <v>13</v>
+      </c>
+      <c r="G361" t="s">
+        <v>14</v>
+      </c>
+      <c r="H361" t="s">
+        <v>15</v>
+      </c>
+      <c r="I361" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9">
+      <c r="A362" t="s">
+        <v>731</v>
+      </c>
+      <c r="B362"/>
+      <c r="C362" t="s">
+        <v>732</v>
+      </c>
+      <c r="D362"/>
+      <c r="E362"/>
+      <c r="F362" t="s">
+        <v>13</v>
+      </c>
+      <c r="G362" t="s">
+        <v>14</v>
+      </c>
+      <c r="H362" t="s">
+        <v>15</v>
+      </c>
+      <c r="I362" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9">
+      <c r="A363" t="s">
+        <v>733</v>
+      </c>
+      <c r="B363"/>
+      <c r="C363" t="s">
+        <v>734</v>
+      </c>
+      <c r="D363"/>
+      <c r="E363"/>
+      <c r="F363" t="s">
+        <v>13</v>
+      </c>
+      <c r="G363" t="s">
+        <v>14</v>
+      </c>
+      <c r="H363" t="s">
+        <v>15</v>
+      </c>
+      <c r="I363" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9">
+      <c r="A364" t="s">
+        <v>735</v>
+      </c>
+      <c r="B364"/>
+      <c r="C364" t="s">
+        <v>736</v>
+      </c>
+      <c r="D364"/>
+      <c r="E364" t="s">
+        <v>19</v>
+      </c>
+      <c r="F364" t="s">
+        <v>13</v>
+      </c>
+      <c r="G364" t="s">
+        <v>14</v>
+      </c>
+      <c r="H364" t="s">
+        <v>15</v>
+      </c>
+      <c r="I364" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9">
+      <c r="A365" t="s">
+        <v>737</v>
+      </c>
+      <c r="B365"/>
+      <c r="C365" t="s">
+        <v>738</v>
+      </c>
+      <c r="D365"/>
+      <c r="E365" t="s">
+        <v>19</v>
+      </c>
+      <c r="F365" t="s">
+        <v>13</v>
+      </c>
+      <c r="G365" t="s">
+        <v>14</v>
+      </c>
+      <c r="H365" t="s">
+        <v>15</v>
+      </c>
+      <c r="I365" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="366" spans="1:9">
+      <c r="A366" t="s">
+        <v>739</v>
+      </c>
+      <c r="B366"/>
+      <c r="C366" t="s">
+        <v>740</v>
+      </c>
+      <c r="D366"/>
+      <c r="E366" t="s">
+        <v>19</v>
+      </c>
+      <c r="F366" t="s">
+        <v>13</v>
+      </c>
+      <c r="G366" t="s">
+        <v>14</v>
+      </c>
+      <c r="H366" t="s">
+        <v>27</v>
+      </c>
+      <c r="I366" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9">
+      <c r="A367" t="s">
+        <v>741</v>
+      </c>
+      <c r="B367"/>
+      <c r="C367" t="s">
+        <v>742</v>
+      </c>
+      <c r="D367"/>
+      <c r="E367" t="s">
+        <v>19</v>
+      </c>
+      <c r="F367" t="s">
+        <v>13</v>
+      </c>
+      <c r="G367" t="s">
+        <v>14</v>
+      </c>
+      <c r="H367" t="s">
+        <v>15</v>
+      </c>
+      <c r="I367" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9">
+      <c r="A368" t="s">
+        <v>743</v>
+      </c>
+      <c r="B368"/>
+      <c r="C368" t="s">
+        <v>342</v>
+      </c>
+      <c r="D368"/>
+      <c r="E368" t="s">
+        <v>19</v>
+      </c>
+      <c r="F368" t="s">
+        <v>13</v>
+      </c>
+      <c r="G368" t="s">
+        <v>14</v>
+      </c>
+      <c r="H368" t="s">
+        <v>15</v>
+      </c>
+      <c r="I368" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9">
+      <c r="A369" t="s">
+        <v>744</v>
+      </c>
+      <c r="B369"/>
+      <c r="C369" t="s">
+        <v>745</v>
+      </c>
+      <c r="D369"/>
+      <c r="E369" t="s">
+        <v>19</v>
+      </c>
+      <c r="F369" t="s">
+        <v>13</v>
+      </c>
+      <c r="G369" t="s">
+        <v>14</v>
+      </c>
+      <c r="H369" t="s">
+        <v>15</v>
+      </c>
+      <c r="I369" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9">
+      <c r="A370" t="s">
+        <v>746</v>
+      </c>
+      <c r="B370"/>
+      <c r="C370" t="s">
+        <v>747</v>
+      </c>
+      <c r="D370"/>
+      <c r="E370" t="s">
+        <v>19</v>
+      </c>
+      <c r="F370" t="s">
+        <v>13</v>
+      </c>
+      <c r="G370" t="s">
+        <v>14</v>
+      </c>
+      <c r="H370" t="s">
+        <v>15</v>
+      </c>
+      <c r="I370" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9">
+      <c r="A371" t="s">
+        <v>748</v>
+      </c>
+      <c r="B371"/>
+      <c r="C371" t="s">
+        <v>749</v>
+      </c>
+      <c r="D371"/>
+      <c r="E371" t="s">
+        <v>19</v>
+      </c>
+      <c r="F371" t="s">
+        <v>13</v>
+      </c>
+      <c r="G371" t="s">
+        <v>14</v>
+      </c>
+      <c r="H371" t="s">
+        <v>15</v>
+      </c>
+      <c r="I371" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9">
+      <c r="A372" t="s">
+        <v>750</v>
+      </c>
+      <c r="B372"/>
+      <c r="C372" t="s">
+        <v>751</v>
+      </c>
+      <c r="D372"/>
+      <c r="E372" t="s">
+        <v>19</v>
+      </c>
+      <c r="F372" t="s">
+        <v>13</v>
+      </c>
+      <c r="G372" t="s">
+        <v>14</v>
+      </c>
+      <c r="H372" t="s">
+        <v>15</v>
+      </c>
+      <c r="I372" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9">
+      <c r="A373" t="s">
+        <v>752</v>
+      </c>
+      <c r="B373"/>
+      <c r="C373" t="s">
+        <v>753</v>
+      </c>
+      <c r="D373"/>
+      <c r="E373" t="s">
+        <v>19</v>
+      </c>
+      <c r="F373" t="s">
+        <v>13</v>
+      </c>
+      <c r="G373" t="s">
+        <v>14</v>
+      </c>
+      <c r="H373" t="s">
+        <v>15</v>
+      </c>
+      <c r="I373" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9">
+      <c r="A374" t="s">
+        <v>754</v>
+      </c>
+      <c r="B374"/>
+      <c r="C374" t="s">
+        <v>755</v>
+      </c>
+      <c r="D374"/>
+      <c r="E374" t="s">
+        <v>19</v>
+      </c>
+      <c r="F374" t="s">
+        <v>13</v>
+      </c>
+      <c r="G374" t="s">
+        <v>14</v>
+      </c>
+      <c r="H374" t="s">
+        <v>15</v>
+      </c>
+      <c r="I374" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9">
+      <c r="A375" t="s">
+        <v>756</v>
+      </c>
+      <c r="B375"/>
+      <c r="C375" t="s">
+        <v>757</v>
+      </c>
+      <c r="D375"/>
+      <c r="E375"/>
+      <c r="F375" t="s">
+        <v>13</v>
+      </c>
+      <c r="G375" t="s">
+        <v>14</v>
+      </c>
+      <c r="H375" t="s">
+        <v>15</v>
+      </c>
+      <c r="I375" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9">
+      <c r="A376" t="s">
+        <v>758</v>
+      </c>
+      <c r="B376"/>
+      <c r="C376" t="s">
+        <v>759</v>
+      </c>
+      <c r="D376"/>
+      <c r="E376" t="s">
+        <v>19</v>
+      </c>
+      <c r="F376" t="s">
+        <v>13</v>
+      </c>
+      <c r="G376" t="s">
+        <v>14</v>
+      </c>
+      <c r="H376" t="s">
+        <v>15</v>
+      </c>
+      <c r="I376" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9">
+      <c r="A377" t="s">
+        <v>760</v>
+      </c>
+      <c r="B377"/>
+      <c r="C377" t="s">
+        <v>761</v>
+      </c>
+      <c r="D377"/>
+      <c r="E377" t="s">
+        <v>40</v>
+      </c>
+      <c r="F377" t="s">
+        <v>13</v>
+      </c>
+      <c r="G377" t="s">
+        <v>14</v>
+      </c>
+      <c r="H377" t="s">
+        <v>15</v>
+      </c>
+      <c r="I377" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9">
+      <c r="A378" t="s">
+        <v>762</v>
+      </c>
+      <c r="B378"/>
+      <c r="C378" t="s">
+        <v>763</v>
+      </c>
+      <c r="D378"/>
+      <c r="E378"/>
+      <c r="F378" t="s">
+        <v>13</v>
+      </c>
+      <c r="G378" t="s">
+        <v>14</v>
+      </c>
+      <c r="H378" t="s">
+        <v>15</v>
+      </c>
+      <c r="I378" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9">
+      <c r="A379" t="s">
+        <v>764</v>
+      </c>
+      <c r="B379"/>
+      <c r="C379" t="s">
+        <v>765</v>
+      </c>
+      <c r="D379"/>
+      <c r="E379" t="s">
+        <v>19</v>
+      </c>
+      <c r="F379" t="s">
+        <v>13</v>
+      </c>
+      <c r="G379" t="s">
+        <v>14</v>
+      </c>
+      <c r="H379" t="s">
+        <v>15</v>
+      </c>
+      <c r="I379" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9">
+      <c r="A380" t="s">
+        <v>766</v>
+      </c>
+      <c r="B380"/>
+      <c r="C380" t="s">
+        <v>767</v>
+      </c>
+      <c r="D380"/>
+      <c r="E380" t="s">
+        <v>19</v>
+      </c>
+      <c r="F380" t="s">
+        <v>13</v>
+      </c>
+      <c r="G380" t="s">
+        <v>14</v>
+      </c>
+      <c r="H380" t="s">
+        <v>15</v>
+      </c>
+      <c r="I380" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9">
+      <c r="A381" t="s">
+        <v>768</v>
+      </c>
+      <c r="B381" t="s">
+        <v>769</v>
+      </c>
+      <c r="C381" t="s">
+        <v>770</v>
+      </c>
+      <c r="D381"/>
+      <c r="E381" t="s">
+        <v>19</v>
+      </c>
+      <c r="F381" t="s">
+        <v>13</v>
+      </c>
+      <c r="G381" t="s">
+        <v>14</v>
+      </c>
+      <c r="H381" t="s">
+        <v>15</v>
+      </c>
+      <c r="I381" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9">
+      <c r="A382" t="s">
+        <v>771</v>
+      </c>
+      <c r="B382"/>
+      <c r="C382" t="s">
+        <v>772</v>
+      </c>
+      <c r="D382"/>
+      <c r="E382" t="s">
+        <v>19</v>
+      </c>
+      <c r="F382" t="s">
+        <v>13</v>
+      </c>
+      <c r="G382" t="s">
+        <v>14</v>
+      </c>
+      <c r="H382" t="s">
+        <v>15</v>
+      </c>
+      <c r="I382" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9">
+      <c r="A383" t="s">
+        <v>773</v>
+      </c>
+      <c r="B383"/>
+      <c r="C383" t="s">
+        <v>774</v>
+      </c>
+      <c r="D383"/>
+      <c r="E383" t="s">
+        <v>19</v>
+      </c>
+      <c r="F383" t="s">
+        <v>13</v>
+      </c>
+      <c r="G383" t="s">
+        <v>14</v>
+      </c>
+      <c r="H383" t="s">
+        <v>15</v>
+      </c>
+      <c r="I383" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9">
+      <c r="A384" t="s">
+        <v>775</v>
+      </c>
+      <c r="B384"/>
+      <c r="C384" t="s">
+        <v>776</v>
+      </c>
+      <c r="D384"/>
+      <c r="E384" t="s">
+        <v>19</v>
+      </c>
+      <c r="F384" t="s">
+        <v>13</v>
+      </c>
+      <c r="G384" t="s">
+        <v>14</v>
+      </c>
+      <c r="H384" t="s">
+        <v>15</v>
+      </c>
+      <c r="I384" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9">
+      <c r="A385" t="s">
+        <v>777</v>
+      </c>
+      <c r="B385"/>
+      <c r="C385" t="s">
+        <v>778</v>
+      </c>
+      <c r="D385"/>
+      <c r="E385" t="s">
+        <v>19</v>
+      </c>
+      <c r="F385" t="s">
+        <v>13</v>
+      </c>
+      <c r="G385" t="s">
+        <v>14</v>
+      </c>
+      <c r="H385" t="s">
+        <v>15</v>
+      </c>
+      <c r="I385" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9">
+      <c r="A386" t="s">
+        <v>779</v>
+      </c>
+      <c r="B386"/>
+      <c r="C386" t="s">
+        <v>755</v>
+      </c>
+      <c r="D386"/>
+      <c r="E386" t="s">
+        <v>19</v>
+      </c>
+      <c r="F386" t="s">
+        <v>13</v>
+      </c>
+      <c r="G386" t="s">
+        <v>14</v>
+      </c>
+      <c r="H386" t="s">
+        <v>15</v>
+      </c>
+      <c r="I386" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9">
+      <c r="A387" t="s">
+        <v>780</v>
+      </c>
+      <c r="B387"/>
+      <c r="C387" t="s">
+        <v>781</v>
+      </c>
+      <c r="D387"/>
+      <c r="E387" t="s">
+        <v>19</v>
+      </c>
+      <c r="F387" t="s">
+        <v>13</v>
+      </c>
+      <c r="G387" t="s">
+        <v>14</v>
+      </c>
+      <c r="H387" t="s">
+        <v>15</v>
+      </c>
+      <c r="I387" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9">
+      <c r="A388" t="s">
+        <v>782</v>
+      </c>
+      <c r="B388"/>
+      <c r="C388" t="s">
+        <v>783</v>
+      </c>
+      <c r="D388"/>
+      <c r="E388" t="s">
+        <v>19</v>
+      </c>
+      <c r="F388" t="s">
+        <v>13</v>
+      </c>
+      <c r="G388" t="s">
+        <v>14</v>
+      </c>
+      <c r="H388" t="s">
+        <v>15</v>
+      </c>
+      <c r="I388" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9">
+      <c r="A389" t="s">
+        <v>784</v>
+      </c>
+      <c r="B389"/>
+      <c r="C389" t="s">
+        <v>785</v>
+      </c>
+      <c r="D389"/>
+      <c r="E389" t="s">
+        <v>19</v>
+      </c>
+      <c r="F389" t="s">
+        <v>13</v>
+      </c>
+      <c r="G389" t="s">
+        <v>14</v>
+      </c>
+      <c r="H389" t="s">
+        <v>15</v>
+      </c>
+      <c r="I389" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9">
+      <c r="A390" t="s">
+        <v>786</v>
+      </c>
+      <c r="B390"/>
+      <c r="C390" t="s">
+        <v>787</v>
+      </c>
+      <c r="D390"/>
+      <c r="E390"/>
+      <c r="F390" t="s">
+        <v>13</v>
+      </c>
+      <c r="G390" t="s">
+        <v>14</v>
+      </c>
+      <c r="H390" t="s">
+        <v>15</v>
+      </c>
+      <c r="I390" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9">
+      <c r="A391" t="s">
+        <v>788</v>
+      </c>
+      <c r="B391"/>
+      <c r="C391" t="s">
+        <v>789</v>
+      </c>
+      <c r="D391"/>
+      <c r="E391" t="s">
+        <v>19</v>
+      </c>
+      <c r="F391" t="s">
+        <v>13</v>
+      </c>
+      <c r="G391" t="s">
+        <v>14</v>
+      </c>
+      <c r="H391" t="s">
+        <v>15</v>
+      </c>
+      <c r="I391" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9">
+      <c r="A392" t="s">
+        <v>790</v>
+      </c>
+      <c r="B392"/>
+      <c r="C392" t="s">
+        <v>791</v>
+      </c>
+      <c r="D392"/>
+      <c r="E392" t="s">
+        <v>19</v>
+      </c>
+      <c r="F392" t="s">
+        <v>13</v>
+      </c>
+      <c r="G392" t="s">
+        <v>14</v>
+      </c>
+      <c r="H392" t="s">
+        <v>15</v>
+      </c>
+      <c r="I392" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9">
+      <c r="A393" t="s">
+        <v>792</v>
+      </c>
+      <c r="B393"/>
+      <c r="C393" t="s">
+        <v>793</v>
+      </c>
+      <c r="D393"/>
+      <c r="E393" t="s">
+        <v>19</v>
+      </c>
+      <c r="F393" t="s">
+        <v>13</v>
+      </c>
+      <c r="G393" t="s">
+        <v>14</v>
+      </c>
+      <c r="H393" t="s">
+        <v>15</v>
+      </c>
+      <c r="I393" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9">
+      <c r="A394" t="s">
+        <v>794</v>
+      </c>
+      <c r="B394"/>
+      <c r="C394" t="s">
+        <v>795</v>
+      </c>
+      <c r="D394"/>
+      <c r="E394" t="s">
+        <v>19</v>
+      </c>
+      <c r="F394" t="s">
+        <v>13</v>
+      </c>
+      <c r="G394" t="s">
+        <v>14</v>
+      </c>
+      <c r="H394" t="s">
+        <v>15</v>
+      </c>
+      <c r="I394" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9">
+      <c r="A395" t="s">
+        <v>796</v>
+      </c>
+      <c r="B395"/>
+      <c r="C395" t="s">
+        <v>797</v>
+      </c>
+      <c r="D395"/>
+      <c r="E395" t="s">
+        <v>19</v>
+      </c>
+      <c r="F395" t="s">
+        <v>13</v>
+      </c>
+      <c r="G395" t="s">
+        <v>14</v>
+      </c>
+      <c r="H395" t="s">
+        <v>15</v>
+      </c>
+      <c r="I395" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9">
+      <c r="A396" t="s">
+        <v>798</v>
+      </c>
+      <c r="B396"/>
+      <c r="C396" t="s">
+        <v>235</v>
+      </c>
+      <c r="D396"/>
+      <c r="E396" t="s">
+        <v>19</v>
+      </c>
+      <c r="F396" t="s">
+        <v>13</v>
+      </c>
+      <c r="G396" t="s">
+        <v>14</v>
+      </c>
+      <c r="H396" t="s">
+        <v>15</v>
+      </c>
+      <c r="I396" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9">
+      <c r="A397" t="s">
+        <v>799</v>
+      </c>
+      <c r="B397"/>
+      <c r="C397" t="s">
+        <v>800</v>
+      </c>
+      <c r="D397"/>
+      <c r="E397" t="s">
+        <v>40</v>
+      </c>
+      <c r="F397" t="s">
+        <v>13</v>
+      </c>
+      <c r="G397" t="s">
+        <v>14</v>
+      </c>
+      <c r="H397" t="s">
+        <v>15</v>
+      </c>
+      <c r="I397" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9">
+      <c r="A398" t="s">
+        <v>801</v>
+      </c>
+      <c r="B398"/>
+      <c r="C398" t="s">
+        <v>802</v>
+      </c>
+      <c r="D398"/>
+      <c r="E398" t="s">
+        <v>19</v>
+      </c>
+      <c r="F398" t="s">
+        <v>13</v>
+      </c>
+      <c r="G398" t="s">
+        <v>14</v>
+      </c>
+      <c r="H398" t="s">
+        <v>15</v>
+      </c>
+      <c r="I398" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9">
+      <c r="A399" t="s">
+        <v>803</v>
+      </c>
+      <c r="B399"/>
+      <c r="C399" t="s">
+        <v>804</v>
+      </c>
+      <c r="D399"/>
+      <c r="E399" t="s">
+        <v>19</v>
+      </c>
+      <c r="F399" t="s">
+        <v>13</v>
+      </c>
+      <c r="G399" t="s">
+        <v>14</v>
+      </c>
+      <c r="H399" t="s">
+        <v>15</v>
+      </c>
+      <c r="I399" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9">
+      <c r="A400" t="s">
+        <v>805</v>
+      </c>
+      <c r="B400"/>
+      <c r="C400" t="s">
+        <v>806</v>
+      </c>
+      <c r="D400"/>
+      <c r="E400" t="s">
+        <v>19</v>
+      </c>
+      <c r="F400" t="s">
+        <v>13</v>
+      </c>
+      <c r="G400" t="s">
+        <v>14</v>
+      </c>
+      <c r="H400" t="s">
+        <v>15</v>
+      </c>
+      <c r="I400" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9">
+      <c r="A401" t="s">
+        <v>807</v>
+      </c>
+      <c r="B401"/>
+      <c r="C401" t="s">
+        <v>808</v>
+      </c>
+      <c r="D401"/>
+      <c r="E401" t="s">
+        <v>19</v>
+      </c>
+      <c r="F401" t="s">
+        <v>13</v>
+      </c>
+      <c r="G401" t="s">
+        <v>14</v>
+      </c>
+      <c r="H401" t="s">
+        <v>15</v>
+      </c>
+      <c r="I401" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9">
+      <c r="A402" t="s">
+        <v>809</v>
+      </c>
+      <c r="B402"/>
+      <c r="C402" t="s">
+        <v>176</v>
+      </c>
+      <c r="D402"/>
+      <c r="E402" t="s">
+        <v>19</v>
+      </c>
+      <c r="F402" t="s">
+        <v>13</v>
+      </c>
+      <c r="G402" t="s">
+        <v>14</v>
+      </c>
+      <c r="H402" t="s">
+        <v>15</v>
+      </c>
+      <c r="I402" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9">
+      <c r="A403" t="s">
+        <v>810</v>
+      </c>
+      <c r="B403"/>
+      <c r="C403" t="s">
+        <v>811</v>
+      </c>
+      <c r="D403"/>
+      <c r="E403" t="s">
+        <v>19</v>
+      </c>
+      <c r="F403" t="s">
+        <v>13</v>
+      </c>
+      <c r="G403" t="s">
+        <v>14</v>
+      </c>
+      <c r="H403" t="s">
+        <v>15</v>
+      </c>
+      <c r="I403" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9">
+      <c r="A404" t="s">
+        <v>812</v>
+      </c>
+      <c r="B404"/>
+      <c r="C404" t="s">
+        <v>813</v>
+      </c>
+      <c r="D404"/>
+      <c r="E404" t="s">
+        <v>19</v>
+      </c>
+      <c r="F404" t="s">
+        <v>13</v>
+      </c>
+      <c r="G404" t="s">
+        <v>14</v>
+      </c>
+      <c r="H404" t="s">
+        <v>15</v>
+      </c>
+      <c r="I404" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9">
+      <c r="A405" t="s">
+        <v>814</v>
+      </c>
+      <c r="B405"/>
+      <c r="C405" t="s">
+        <v>815</v>
+      </c>
+      <c r="D405"/>
+      <c r="E405" t="s">
+        <v>19</v>
+      </c>
+      <c r="F405" t="s">
+        <v>13</v>
+      </c>
+      <c r="G405" t="s">
+        <v>14</v>
+      </c>
+      <c r="H405" t="s">
+        <v>15</v>
+      </c>
+      <c r="I405" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9">
+      <c r="A406" t="s">
+        <v>816</v>
+      </c>
+      <c r="B406"/>
+      <c r="C406" t="s">
+        <v>817</v>
+      </c>
+      <c r="D406"/>
+      <c r="E406" t="s">
+        <v>19</v>
+      </c>
+      <c r="F406" t="s">
+        <v>13</v>
+      </c>
+      <c r="G406" t="s">
+        <v>14</v>
+      </c>
+      <c r="H406" t="s">
+        <v>15</v>
+      </c>
+      <c r="I406" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9">
+      <c r="A407" t="s">
+        <v>818</v>
+      </c>
+      <c r="B407"/>
+      <c r="C407" t="s">
+        <v>819</v>
+      </c>
+      <c r="D407"/>
+      <c r="E407"/>
+      <c r="F407" t="s">
+        <v>13</v>
+      </c>
+      <c r="G407" t="s">
+        <v>14</v>
+      </c>
+      <c r="H407" t="s">
+        <v>15</v>
+      </c>
+      <c r="I407" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9">
+      <c r="A408" t="s">
+        <v>820</v>
+      </c>
+      <c r="B408"/>
+      <c r="C408" t="s">
+        <v>207</v>
+      </c>
+      <c r="D408"/>
+      <c r="E408" t="s">
+        <v>19</v>
+      </c>
+      <c r="F408" t="s">
+        <v>13</v>
+      </c>
+      <c r="G408" t="s">
+        <v>14</v>
+      </c>
+      <c r="H408" t="s">
+        <v>15</v>
+      </c>
+      <c r="I408" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9">
+      <c r="A409" t="s">
+        <v>821</v>
+      </c>
+      <c r="B409"/>
+      <c r="C409" t="s">
+        <v>822</v>
+      </c>
+      <c r="D409"/>
+      <c r="E409" t="s">
+        <v>19</v>
+      </c>
+      <c r="F409" t="s">
+        <v>13</v>
+      </c>
+      <c r="G409" t="s">
+        <v>14</v>
+      </c>
+      <c r="H409" t="s">
+        <v>15</v>
+      </c>
+      <c r="I409" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9">
+      <c r="A410" t="s">
+        <v>823</v>
+      </c>
+      <c r="B410"/>
+      <c r="C410" t="s">
+        <v>824</v>
+      </c>
+      <c r="D410"/>
+      <c r="E410" t="s">
+        <v>19</v>
+      </c>
+      <c r="F410" t="s">
+        <v>13</v>
+      </c>
+      <c r="G410" t="s">
+        <v>14</v>
+      </c>
+      <c r="H410" t="s">
+        <v>15</v>
+      </c>
+      <c r="I410" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9">
+      <c r="A411" t="s">
+        <v>825</v>
+      </c>
+      <c r="B411"/>
+      <c r="C411" t="s">
+        <v>826</v>
+      </c>
+      <c r="D411"/>
+      <c r="E411" t="s">
+        <v>19</v>
+      </c>
+      <c r="F411" t="s">
+        <v>13</v>
+      </c>
+      <c r="G411" t="s">
+        <v>14</v>
+      </c>
+      <c r="H411" t="s">
+        <v>15</v>
+      </c>
+      <c r="I411" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9">
+      <c r="A412" t="s">
+        <v>827</v>
+      </c>
+      <c r="B412"/>
+      <c r="C412" t="s">
+        <v>828</v>
+      </c>
+      <c r="D412"/>
+      <c r="E412" t="s">
+        <v>19</v>
+      </c>
+      <c r="F412" t="s">
+        <v>13</v>
+      </c>
+      <c r="G412" t="s">
+        <v>14</v>
+      </c>
+      <c r="H412" t="s">
+        <v>15</v>
+      </c>
+      <c r="I412" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9">
+      <c r="A413" t="s">
+        <v>829</v>
+      </c>
+      <c r="B413"/>
+      <c r="C413" t="s">
+        <v>830</v>
+      </c>
+      <c r="D413"/>
+      <c r="E413" t="s">
+        <v>19</v>
+      </c>
+      <c r="F413" t="s">
+        <v>13</v>
+      </c>
+      <c r="G413" t="s">
+        <v>14</v>
+      </c>
+      <c r="H413" t="s">
+        <v>15</v>
+      </c>
+      <c r="I413" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9">
+      <c r="A414" t="s">
+        <v>831</v>
+      </c>
+      <c r="B414"/>
+      <c r="C414" t="s">
+        <v>774</v>
+      </c>
+      <c r="D414"/>
+      <c r="E414" t="s">
+        <v>19</v>
+      </c>
+      <c r="F414" t="s">
+        <v>13</v>
+      </c>
+      <c r="G414" t="s">
+        <v>14</v>
+      </c>
+      <c r="H414" t="s">
+        <v>15</v>
+      </c>
+      <c r="I414" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9">
+      <c r="A415" t="s">
+        <v>832</v>
+      </c>
+      <c r="B415"/>
+      <c r="C415" t="s">
+        <v>833</v>
+      </c>
+      <c r="D415"/>
+      <c r="E415" t="s">
+        <v>19</v>
+      </c>
+      <c r="F415" t="s">
+        <v>13</v>
+      </c>
+      <c r="G415" t="s">
+        <v>14</v>
+      </c>
+      <c r="H415" t="s">
+        <v>15</v>
+      </c>
+      <c r="I415" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9">
+      <c r="A416" t="s">
+        <v>834</v>
+      </c>
+      <c r="B416"/>
+      <c r="C416" t="s">
+        <v>835</v>
+      </c>
+      <c r="D416"/>
+      <c r="E416" t="s">
+        <v>19</v>
+      </c>
+      <c r="F416" t="s">
+        <v>13</v>
+      </c>
+      <c r="G416" t="s">
+        <v>14</v>
+      </c>
+      <c r="H416" t="s">
+        <v>15</v>
+      </c>
+      <c r="I416" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9">
+      <c r="A417" t="s">
+        <v>836</v>
+      </c>
+      <c r="B417"/>
+      <c r="C417" t="s">
+        <v>837</v>
+      </c>
+      <c r="D417"/>
+      <c r="E417" t="s">
+        <v>19</v>
+      </c>
+      <c r="F417" t="s">
+        <v>13</v>
+      </c>
+      <c r="G417" t="s">
+        <v>14</v>
+      </c>
+      <c r="H417" t="s">
+        <v>15</v>
+      </c>
+      <c r="I417" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9">
+      <c r="A418" t="s">
+        <v>838</v>
+      </c>
+      <c r="B418"/>
+      <c r="C418" t="s">
+        <v>839</v>
+      </c>
+      <c r="D418"/>
+      <c r="E418" t="s">
+        <v>19</v>
+      </c>
+      <c r="F418" t="s">
+        <v>13</v>
+      </c>
+      <c r="G418" t="s">
+        <v>14</v>
+      </c>
+      <c r="H418" t="s">
+        <v>15</v>
+      </c>
+      <c r="I418" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9">
+      <c r="A419" t="s">
+        <v>840</v>
+      </c>
+      <c r="B419"/>
+      <c r="C419" t="s">
+        <v>841</v>
+      </c>
+      <c r="D419"/>
+      <c r="E419" t="s">
+        <v>19</v>
+      </c>
+      <c r="F419" t="s">
+        <v>13</v>
+      </c>
+      <c r="G419" t="s">
+        <v>14</v>
+      </c>
+      <c r="H419" t="s">
+        <v>15</v>
+      </c>
+      <c r="I419" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9">
+      <c r="A420" t="s">
+        <v>842</v>
+      </c>
+      <c r="B420"/>
+      <c r="C420" t="s">
+        <v>843</v>
+      </c>
+      <c r="D420"/>
+      <c r="E420" t="s">
+        <v>19</v>
+      </c>
+      <c r="F420" t="s">
+        <v>13</v>
+      </c>
+      <c r="G420" t="s">
+        <v>14</v>
+      </c>
+      <c r="H420" t="s">
+        <v>15</v>
+      </c>
+      <c r="I420" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="421" spans="1:9">
+      <c r="A421" t="s">
+        <v>844</v>
+      </c>
+      <c r="B421"/>
+      <c r="C421" t="s">
+        <v>845</v>
+      </c>
+      <c r="D421"/>
+      <c r="E421" t="s">
+        <v>19</v>
+      </c>
+      <c r="F421" t="s">
+        <v>13</v>
+      </c>
+      <c r="G421" t="s">
+        <v>14</v>
+      </c>
+      <c r="H421" t="s">
+        <v>15</v>
+      </c>
+      <c r="I421" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="422" spans="1:9">
+      <c r="A422" t="s">
+        <v>846</v>
+      </c>
+      <c r="B422"/>
+      <c r="C422" t="s">
+        <v>847</v>
+      </c>
+      <c r="D422"/>
+      <c r="E422"/>
+      <c r="F422" t="s">
+        <v>13</v>
+      </c>
+      <c r="G422" t="s">
+        <v>14</v>
+      </c>
+      <c r="H422" t="s">
+        <v>15</v>
+      </c>
+      <c r="I422" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9">
+      <c r="A423" t="s">
+        <v>848</v>
+      </c>
+      <c r="B423"/>
+      <c r="C423" t="s">
+        <v>643</v>
+      </c>
+      <c r="D423"/>
+      <c r="E423" t="s">
+        <v>19</v>
+      </c>
+      <c r="F423" t="s">
+        <v>13</v>
+      </c>
+      <c r="G423" t="s">
+        <v>14</v>
+      </c>
+      <c r="H423" t="s">
+        <v>15</v>
+      </c>
+      <c r="I423" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9">
+      <c r="A424" t="s">
+        <v>849</v>
+      </c>
+      <c r="B424"/>
+      <c r="C424" t="s">
+        <v>850</v>
+      </c>
+      <c r="D424"/>
+      <c r="E424"/>
+      <c r="F424" t="s">
+        <v>13</v>
+      </c>
+      <c r="G424" t="s">
+        <v>14</v>
+      </c>
+      <c r="H424" t="s">
+        <v>15</v>
+      </c>
+      <c r="I424" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9">
+      <c r="A425" t="s">
+        <v>851</v>
+      </c>
+      <c r="B425"/>
+      <c r="C425" t="s">
+        <v>852</v>
+      </c>
+      <c r="D425"/>
+      <c r="E425" t="s">
+        <v>19</v>
+      </c>
+      <c r="F425" t="s">
+        <v>13</v>
+      </c>
+      <c r="G425" t="s">
+        <v>14</v>
+      </c>
+      <c r="H425" t="s">
+        <v>15</v>
+      </c>
+      <c r="I425" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9">
+      <c r="A426" t="s">
+        <v>853</v>
+      </c>
+      <c r="B426"/>
+      <c r="C426" t="s">
+        <v>854</v>
+      </c>
+      <c r="D426"/>
+      <c r="E426" t="s">
+        <v>19</v>
+      </c>
+      <c r="F426" t="s">
+        <v>13</v>
+      </c>
+      <c r="G426" t="s">
+        <v>14</v>
+      </c>
+      <c r="H426" t="s">
+        <v>15</v>
+      </c>
+      <c r="I426" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9">
+      <c r="A427" t="s">
+        <v>855</v>
+      </c>
+      <c r="B427"/>
+      <c r="C427" t="s">
+        <v>856</v>
+      </c>
+      <c r="D427"/>
+      <c r="E427" t="s">
+        <v>19</v>
+      </c>
+      <c r="F427" t="s">
+        <v>13</v>
+      </c>
+      <c r="G427" t="s">
+        <v>14</v>
+      </c>
+      <c r="H427" t="s">
+        <v>15</v>
+      </c>
+      <c r="I427" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9">
+      <c r="A428" t="s">
+        <v>857</v>
+      </c>
+      <c r="B428"/>
+      <c r="C428" t="s">
+        <v>858</v>
+      </c>
+      <c r="D428"/>
+      <c r="E428" t="s">
+        <v>19</v>
+      </c>
+      <c r="F428" t="s">
+        <v>13</v>
+      </c>
+      <c r="G428" t="s">
+        <v>14</v>
+      </c>
+      <c r="H428" t="s">
+        <v>15</v>
+      </c>
+      <c r="I428" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9">
+      <c r="A429" t="s">
+        <v>859</v>
+      </c>
+      <c r="B429"/>
+      <c r="C429" t="s">
+        <v>860</v>
+      </c>
+      <c r="D429"/>
+      <c r="E429" t="s">
+        <v>19</v>
+      </c>
+      <c r="F429" t="s">
+        <v>13</v>
+      </c>
+      <c r="G429" t="s">
+        <v>14</v>
+      </c>
+      <c r="H429" t="s">
+        <v>15</v>
+      </c>
+      <c r="I429" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="430" spans="1:9">
+      <c r="A430" t="s">
+        <v>861</v>
+      </c>
+      <c r="B430"/>
+      <c r="C430" t="s">
+        <v>73</v>
+      </c>
+      <c r="D430"/>
+      <c r="E430" t="s">
+        <v>19</v>
+      </c>
+      <c r="F430" t="s">
+        <v>13</v>
+      </c>
+      <c r="G430" t="s">
+        <v>14</v>
+      </c>
+      <c r="H430"/>
+      <c r="I430" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9">
+      <c r="A431" t="s">
+        <v>862</v>
+      </c>
+      <c r="B431"/>
+      <c r="C431" t="s">
+        <v>863</v>
+      </c>
+      <c r="D431"/>
+      <c r="E431" t="s">
+        <v>19</v>
+      </c>
+      <c r="F431" t="s">
+        <v>13</v>
+      </c>
+      <c r="G431" t="s">
+        <v>14</v>
+      </c>
+      <c r="H431" t="s">
+        <v>15</v>
+      </c>
+      <c r="I431" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9">
+      <c r="A432" t="s">
+        <v>864</v>
+      </c>
+      <c r="B432"/>
+      <c r="C432" t="s">
+        <v>865</v>
+      </c>
+      <c r="D432"/>
+      <c r="E432" t="s">
+        <v>19</v>
+      </c>
+      <c r="F432" t="s">
+        <v>13</v>
+      </c>
+      <c r="G432" t="s">
+        <v>14</v>
+      </c>
+      <c r="H432" t="s">
+        <v>15</v>
+      </c>
+      <c r="I432" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9">
+      <c r="A433" t="s">
+        <v>866</v>
+      </c>
+      <c r="B433"/>
+      <c r="C433" t="s">
+        <v>373</v>
+      </c>
+      <c r="D433"/>
+      <c r="E433" t="s">
+        <v>19</v>
+      </c>
+      <c r="F433" t="s">
+        <v>13</v>
+      </c>
+      <c r="G433" t="s">
+        <v>14</v>
+      </c>
+      <c r="H433" t="s">
+        <v>15</v>
+      </c>
+      <c r="I433" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9">
+      <c r="A434" t="s">
+        <v>867</v>
+      </c>
+      <c r="B434"/>
+      <c r="C434" t="s">
+        <v>868</v>
+      </c>
+      <c r="D434"/>
+      <c r="E434" t="s">
+        <v>19</v>
+      </c>
+      <c r="F434" t="s">
+        <v>13</v>
+      </c>
+      <c r="G434" t="s">
+        <v>14</v>
+      </c>
+      <c r="H434" t="s">
+        <v>15</v>
+      </c>
+      <c r="I434" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9">
+      <c r="A435" t="s">
+        <v>869</v>
+      </c>
+      <c r="B435"/>
+      <c r="C435" t="s">
+        <v>870</v>
+      </c>
+      <c r="D435"/>
+      <c r="E435" t="s">
+        <v>19</v>
+      </c>
+      <c r="F435" t="s">
+        <v>13</v>
+      </c>
+      <c r="G435" t="s">
+        <v>14</v>
+      </c>
+      <c r="H435" t="s">
+        <v>15</v>
+      </c>
+      <c r="I435" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9">
+      <c r="A436" t="s">
+        <v>871</v>
+      </c>
+      <c r="B436"/>
+      <c r="C436" t="s">
+        <v>172</v>
+      </c>
+      <c r="D436"/>
+      <c r="E436" t="s">
+        <v>19</v>
+      </c>
+      <c r="F436" t="s">
+        <v>13</v>
+      </c>
+      <c r="G436" t="s">
+        <v>14</v>
+      </c>
+      <c r="H436" t="s">
+        <v>15</v>
+      </c>
+      <c r="I436" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9">
+      <c r="A437" t="s">
+        <v>872</v>
+      </c>
+      <c r="B437"/>
+      <c r="C437" t="s">
+        <v>873</v>
+      </c>
+      <c r="D437"/>
+      <c r="E437" t="s">
+        <v>19</v>
+      </c>
+      <c r="F437" t="s">
+        <v>13</v>
+      </c>
+      <c r="G437" t="s">
+        <v>14</v>
+      </c>
+      <c r="H437" t="s">
+        <v>15</v>
+      </c>
+      <c r="I437" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9">
+      <c r="A438" t="s">
+        <v>874</v>
+      </c>
+      <c r="B438"/>
+      <c r="C438" t="s">
+        <v>875</v>
+      </c>
+      <c r="D438"/>
+      <c r="E438" t="s">
+        <v>19</v>
+      </c>
+      <c r="F438" t="s">
+        <v>13</v>
+      </c>
+      <c r="G438" t="s">
+        <v>14</v>
+      </c>
+      <c r="H438" t="s">
+        <v>15</v>
+      </c>
+      <c r="I438" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9">
+      <c r="A439" t="s">
+        <v>876</v>
+      </c>
+      <c r="B439"/>
+      <c r="C439" t="s">
+        <v>877</v>
+      </c>
+      <c r="D439"/>
+      <c r="E439" t="s">
+        <v>19</v>
+      </c>
+      <c r="F439" t="s">
+        <v>13</v>
+      </c>
+      <c r="G439" t="s">
+        <v>14</v>
+      </c>
+      <c r="H439" t="s">
+        <v>15</v>
+      </c>
+      <c r="I439" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9">
+      <c r="A440" t="s">
+        <v>878</v>
+      </c>
+      <c r="B440"/>
+      <c r="C440" t="s">
+        <v>664</v>
+      </c>
+      <c r="D440"/>
+      <c r="E440" t="s">
+        <v>19</v>
+      </c>
+      <c r="F440" t="s">
+        <v>13</v>
+      </c>
+      <c r="G440" t="s">
+        <v>14</v>
+      </c>
+      <c r="H440" t="s">
+        <v>15</v>
+      </c>
+      <c r="I440" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="441" spans="1:9">
+      <c r="A441" t="s">
+        <v>879</v>
+      </c>
+      <c r="B441"/>
+      <c r="C441" t="s">
+        <v>93</v>
+      </c>
+      <c r="D441"/>
+      <c r="E441" t="s">
+        <v>19</v>
+      </c>
+      <c r="F441" t="s">
+        <v>13</v>
+      </c>
+      <c r="G441" t="s">
+        <v>14</v>
+      </c>
+      <c r="H441" t="s">
+        <v>15</v>
+      </c>
+      <c r="I441" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9">
+      <c r="A442" t="s">
+        <v>880</v>
+      </c>
+      <c r="B442"/>
+      <c r="C442" t="s">
+        <v>881</v>
+      </c>
+      <c r="D442"/>
+      <c r="E442" t="s">
+        <v>19</v>
+      </c>
+      <c r="F442" t="s">
+        <v>13</v>
+      </c>
+      <c r="G442" t="s">
+        <v>14</v>
+      </c>
+      <c r="H442" t="s">
+        <v>15</v>
+      </c>
+      <c r="I442" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9">
+      <c r="A443" t="s">
+        <v>882</v>
+      </c>
+      <c r="B443"/>
+      <c r="C443" t="s">
+        <v>883</v>
+      </c>
+      <c r="D443"/>
+      <c r="E443" t="s">
+        <v>19</v>
+      </c>
+      <c r="F443" t="s">
+        <v>13</v>
+      </c>
+      <c r="G443" t="s">
+        <v>14</v>
+      </c>
+      <c r="H443" t="s">
+        <v>15</v>
+      </c>
+      <c r="I443" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9">
+      <c r="A444" t="s">
+        <v>884</v>
+      </c>
+      <c r="B444"/>
+      <c r="C444" t="s">
+        <v>216</v>
+      </c>
+      <c r="D444"/>
+      <c r="E444" t="s">
+        <v>19</v>
+      </c>
+      <c r="F444" t="s">
+        <v>13</v>
+      </c>
+      <c r="G444" t="s">
+        <v>14</v>
+      </c>
+      <c r="H444" t="s">
+        <v>15</v>
+      </c>
+      <c r="I444" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="445" spans="1:9">
+      <c r="A445" t="s">
+        <v>885</v>
+      </c>
+      <c r="B445"/>
+      <c r="C445" t="s">
+        <v>886</v>
+      </c>
+      <c r="D445"/>
+      <c r="E445" t="s">
+        <v>19</v>
+      </c>
+      <c r="F445" t="s">
+        <v>13</v>
+      </c>
+      <c r="G445" t="s">
+        <v>14</v>
+      </c>
+      <c r="H445" t="s">
+        <v>15</v>
+      </c>
+      <c r="I445" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="446" spans="1:9">
+      <c r="A446" t="s">
+        <v>887</v>
+      </c>
+      <c r="B446"/>
+      <c r="C446" t="s">
+        <v>888</v>
+      </c>
+      <c r="D446"/>
+      <c r="E446" t="s">
+        <v>19</v>
+      </c>
+      <c r="F446" t="s">
+        <v>13</v>
+      </c>
+      <c r="G446" t="s">
+        <v>14</v>
+      </c>
+      <c r="H446" t="s">
+        <v>15</v>
+      </c>
+      <c r="I446" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9">
+      <c r="A447" t="s">
+        <v>889</v>
+      </c>
+      <c r="B447"/>
+      <c r="C447" t="s">
+        <v>599</v>
+      </c>
+      <c r="D447"/>
+      <c r="E447" t="s">
+        <v>19</v>
+      </c>
+      <c r="F447" t="s">
+        <v>13</v>
+      </c>
+      <c r="G447" t="s">
+        <v>14</v>
+      </c>
+      <c r="H447" t="s">
+        <v>491</v>
+      </c>
+      <c r="I447" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9">
+      <c r="A448" t="s">
+        <v>34</v>
+      </c>
+      <c r="B448"/>
+      <c r="C448" t="s">
+        <v>35</v>
+      </c>
+      <c r="D448"/>
+      <c r="E448" t="s">
+        <v>19</v>
+      </c>
+      <c r="F448" t="s">
+        <v>13</v>
+      </c>
+      <c r="G448" t="s">
+        <v>14</v>
+      </c>
+      <c r="H448" t="s">
+        <v>15</v>
+      </c>
+      <c r="I448" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9">
+      <c r="A449" t="s">
+        <v>890</v>
+      </c>
+      <c r="B449"/>
+      <c r="C449" t="s">
+        <v>64</v>
+      </c>
+      <c r="D449"/>
+      <c r="E449" t="s">
+        <v>19</v>
+      </c>
+      <c r="F449" t="s">
+        <v>13</v>
+      </c>
+      <c r="G449" t="s">
+        <v>14</v>
+      </c>
+      <c r="H449" t="s">
+        <v>15</v>
+      </c>
+      <c r="I449" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9">
+      <c r="A450" t="s">
+        <v>891</v>
+      </c>
+      <c r="B450"/>
+      <c r="C450" t="s">
+        <v>892</v>
+      </c>
+      <c r="D450"/>
+      <c r="E450" t="s">
+        <v>19</v>
+      </c>
+      <c r="F450" t="s">
+        <v>13</v>
+      </c>
+      <c r="G450" t="s">
+        <v>14</v>
+      </c>
+      <c r="H450" t="s">
+        <v>15</v>
+      </c>
+      <c r="I450" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9">
+      <c r="A451" t="s">
+        <v>893</v>
+      </c>
+      <c r="B451"/>
+      <c r="C451" t="s">
+        <v>85</v>
+      </c>
+      <c r="D451"/>
+      <c r="E451" t="s">
+        <v>19</v>
+      </c>
+      <c r="F451" t="s">
+        <v>13</v>
+      </c>
+      <c r="G451" t="s">
+        <v>14</v>
+      </c>
+      <c r="H451" t="s">
+        <v>15</v>
+      </c>
+      <c r="I451" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9">
+      <c r="A452" t="s">
+        <v>894</v>
+      </c>
+      <c r="B452"/>
+      <c r="C452" t="s">
+        <v>895</v>
+      </c>
+      <c r="D452"/>
+      <c r="E452" t="s">
+        <v>19</v>
+      </c>
+      <c r="F452" t="s">
+        <v>13</v>
+      </c>
+      <c r="G452" t="s">
+        <v>14</v>
+      </c>
+      <c r="H452" t="s">
+        <v>15</v>
+      </c>
+      <c r="I452" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="453" spans="1:9">
+      <c r="A453" t="s">
+        <v>896</v>
+      </c>
+      <c r="B453"/>
+      <c r="C453" t="s">
+        <v>897</v>
+      </c>
+      <c r="D453"/>
+      <c r="E453" t="s">
+        <v>19</v>
+      </c>
+      <c r="F453" t="s">
+        <v>13</v>
+      </c>
+      <c r="G453" t="s">
+        <v>14</v>
+      </c>
+      <c r="H453" t="s">
+        <v>15</v>
+      </c>
+      <c r="I453" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9">
+      <c r="A454" t="s">
+        <v>898</v>
+      </c>
+      <c r="B454"/>
+      <c r="C454" t="s">
+        <v>899</v>
+      </c>
+      <c r="D454"/>
+      <c r="E454" t="s">
+        <v>19</v>
+      </c>
+      <c r="F454" t="s">
+        <v>13</v>
+      </c>
+      <c r="G454" t="s">
+        <v>14</v>
+      </c>
+      <c r="H454" t="s">
+        <v>15</v>
+      </c>
+      <c r="I454" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9">
+      <c r="A455" t="s">
+        <v>900</v>
+      </c>
+      <c r="B455"/>
+      <c r="C455" t="s">
+        <v>901</v>
+      </c>
+      <c r="D455"/>
+      <c r="E455" t="s">
+        <v>19</v>
+      </c>
+      <c r="F455" t="s">
+        <v>13</v>
+      </c>
+      <c r="G455" t="s">
+        <v>14</v>
+      </c>
+      <c r="H455" t="s">
+        <v>15</v>
+      </c>
+      <c r="I455" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9">
+      <c r="A456" t="s">
+        <v>902</v>
+      </c>
+      <c r="B456"/>
+      <c r="C456" t="s">
+        <v>243</v>
+      </c>
+      <c r="D456"/>
+      <c r="E456" t="s">
+        <v>19</v>
+      </c>
+      <c r="F456" t="s">
+        <v>13</v>
+      </c>
+      <c r="G456" t="s">
+        <v>14</v>
+      </c>
+      <c r="H456" t="s">
+        <v>15</v>
+      </c>
+      <c r="I456" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="457" spans="1:9">
+      <c r="A457" t="s">
+        <v>903</v>
+      </c>
+      <c r="B457"/>
+      <c r="C457" t="s">
+        <v>265</v>
+      </c>
+      <c r="D457"/>
+      <c r="E457" t="s">
+        <v>19</v>
+      </c>
+      <c r="F457" t="s">
+        <v>13</v>
+      </c>
+      <c r="G457" t="s">
+        <v>14</v>
+      </c>
+      <c r="H457" t="s">
+        <v>15</v>
+      </c>
+      <c r="I457" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9">
+      <c r="A458" t="s">
+        <v>904</v>
+      </c>
+      <c r="B458"/>
+      <c r="C458" t="s">
+        <v>273</v>
+      </c>
+      <c r="D458"/>
+      <c r="E458" t="s">
+        <v>19</v>
+      </c>
+      <c r="F458" t="s">
+        <v>13</v>
+      </c>
+      <c r="G458" t="s">
+        <v>14</v>
+      </c>
+      <c r="H458" t="s">
+        <v>15</v>
+      </c>
+      <c r="I458" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9">
+      <c r="A459" t="s">
+        <v>905</v>
+      </c>
+      <c r="B459"/>
+      <c r="C459" t="s">
+        <v>284</v>
+      </c>
+      <c r="D459"/>
+      <c r="E459" t="s">
+        <v>19</v>
+      </c>
+      <c r="F459" t="s">
+        <v>13</v>
+      </c>
+      <c r="G459" t="s">
+        <v>14</v>
+      </c>
+      <c r="H459" t="s">
+        <v>15</v>
+      </c>
+      <c r="I459" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9">
+      <c r="A460" t="s">
+        <v>906</v>
+      </c>
+      <c r="B460"/>
+      <c r="C460" t="s">
         <v>312</v>
       </c>
-      <c r="B278"/>
-[...392 lines deleted...]
-      <c r="A296" t="s">
+      <c r="D460"/>
+      <c r="E460" t="s">
+        <v>19</v>
+      </c>
+      <c r="F460" t="s">
+        <v>13</v>
+      </c>
+      <c r="G460" t="s">
+        <v>14</v>
+      </c>
+      <c r="H460" t="s">
+        <v>15</v>
+      </c>
+      <c r="I460" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9">
+      <c r="A461" t="s">
+        <v>907</v>
+      </c>
+      <c r="B461"/>
+      <c r="C461" t="s">
+        <v>235</v>
+      </c>
+      <c r="D461"/>
+      <c r="E461" t="s">
+        <v>19</v>
+      </c>
+      <c r="F461" t="s">
+        <v>13</v>
+      </c>
+      <c r="G461" t="s">
+        <v>14</v>
+      </c>
+      <c r="H461" t="s">
+        <v>15</v>
+      </c>
+      <c r="I461" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9">
+      <c r="A462" t="s">
+        <v>908</v>
+      </c>
+      <c r="B462"/>
+      <c r="C462" t="s">
+        <v>787</v>
+      </c>
+      <c r="D462"/>
+      <c r="E462" t="s">
+        <v>19</v>
+      </c>
+      <c r="F462" t="s">
+        <v>13</v>
+      </c>
+      <c r="G462" t="s">
+        <v>14</v>
+      </c>
+      <c r="H462" t="s">
+        <v>15</v>
+      </c>
+      <c r="I462" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9">
+      <c r="A463" t="s">
+        <v>909</v>
+      </c>
+      <c r="B463"/>
+      <c r="C463" t="s">
+        <v>910</v>
+      </c>
+      <c r="D463"/>
+      <c r="E463" t="s">
+        <v>19</v>
+      </c>
+      <c r="F463" t="s">
+        <v>13</v>
+      </c>
+      <c r="G463" t="s">
+        <v>14</v>
+      </c>
+      <c r="H463" t="s">
+        <v>15</v>
+      </c>
+      <c r="I463" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9">
+      <c r="A464" t="s">
+        <v>911</v>
+      </c>
+      <c r="B464"/>
+      <c r="C464" t="s">
+        <v>117</v>
+      </c>
+      <c r="D464"/>
+      <c r="E464" t="s">
+        <v>19</v>
+      </c>
+      <c r="F464" t="s">
+        <v>13</v>
+      </c>
+      <c r="G464" t="s">
+        <v>14</v>
+      </c>
+      <c r="H464" t="s">
+        <v>15</v>
+      </c>
+      <c r="I464" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9">
+      <c r="A465" t="s">
+        <v>912</v>
+      </c>
+      <c r="B465"/>
+      <c r="C465" t="s">
+        <v>913</v>
+      </c>
+      <c r="D465"/>
+      <c r="E465" t="s">
+        <v>19</v>
+      </c>
+      <c r="F465" t="s">
+        <v>13</v>
+      </c>
+      <c r="G465" t="s">
+        <v>14</v>
+      </c>
+      <c r="H465" t="s">
+        <v>15</v>
+      </c>
+      <c r="I465" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9">
+      <c r="A466" t="s">
+        <v>914</v>
+      </c>
+      <c r="B466"/>
+      <c r="C466" t="s">
+        <v>915</v>
+      </c>
+      <c r="D466"/>
+      <c r="E466" t="s">
+        <v>19</v>
+      </c>
+      <c r="F466" t="s">
+        <v>13</v>
+      </c>
+      <c r="G466" t="s">
+        <v>14</v>
+      </c>
+      <c r="H466" t="s">
+        <v>15</v>
+      </c>
+      <c r="I466" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9">
+      <c r="A467" t="s">
+        <v>916</v>
+      </c>
+      <c r="B467"/>
+      <c r="C467" t="s">
+        <v>917</v>
+      </c>
+      <c r="D467"/>
+      <c r="E467" t="s">
+        <v>19</v>
+      </c>
+      <c r="F467" t="s">
+        <v>13</v>
+      </c>
+      <c r="G467" t="s">
+        <v>14</v>
+      </c>
+      <c r="H467" t="s">
+        <v>15</v>
+      </c>
+      <c r="I467" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9">
+      <c r="A468" t="s">
+        <v>918</v>
+      </c>
+      <c r="B468"/>
+      <c r="C468" t="s">
+        <v>873</v>
+      </c>
+      <c r="D468"/>
+      <c r="E468" t="s">
+        <v>19</v>
+      </c>
+      <c r="F468" t="s">
+        <v>13</v>
+      </c>
+      <c r="G468" t="s">
+        <v>14</v>
+      </c>
+      <c r="H468" t="s">
+        <v>15</v>
+      </c>
+      <c r="I468" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9">
+      <c r="A469" t="s">
+        <v>919</v>
+      </c>
+      <c r="B469"/>
+      <c r="C469" t="s">
+        <v>920</v>
+      </c>
+      <c r="D469"/>
+      <c r="E469" t="s">
+        <v>19</v>
+      </c>
+      <c r="F469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G469" t="s">
+        <v>14</v>
+      </c>
+      <c r="H469" t="s">
+        <v>15</v>
+      </c>
+      <c r="I469" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9">
+      <c r="A470" t="s">
+        <v>921</v>
+      </c>
+      <c r="B470"/>
+      <c r="C470" t="s">
+        <v>922</v>
+      </c>
+      <c r="D470"/>
+      <c r="E470" t="s">
+        <v>19</v>
+      </c>
+      <c r="F470" t="s">
+        <v>13</v>
+      </c>
+      <c r="G470" t="s">
+        <v>14</v>
+      </c>
+      <c r="H470" t="s">
+        <v>15</v>
+      </c>
+      <c r="I470" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9">
+      <c r="A471" t="s">
+        <v>923</v>
+      </c>
+      <c r="B471"/>
+      <c r="C471" t="s">
+        <v>924</v>
+      </c>
+      <c r="D471"/>
+      <c r="E471" t="s">
+        <v>19</v>
+      </c>
+      <c r="F471" t="s">
+        <v>13</v>
+      </c>
+      <c r="G471" t="s">
+        <v>14</v>
+      </c>
+      <c r="H471" t="s">
+        <v>15</v>
+      </c>
+      <c r="I471" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9">
+      <c r="A472" t="s">
+        <v>925</v>
+      </c>
+      <c r="B472"/>
+      <c r="C472" t="s">
+        <v>926</v>
+      </c>
+      <c r="D472"/>
+      <c r="E472" t="s">
+        <v>19</v>
+      </c>
+      <c r="F472" t="s">
+        <v>13</v>
+      </c>
+      <c r="G472" t="s">
+        <v>14</v>
+      </c>
+      <c r="H472" t="s">
+        <v>15</v>
+      </c>
+      <c r="I472" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="473" spans="1:9">
+      <c r="A473" t="s">
+        <v>927</v>
+      </c>
+      <c r="B473"/>
+      <c r="C473" t="s">
+        <v>926</v>
+      </c>
+      <c r="D473"/>
+      <c r="E473" t="s">
+        <v>19</v>
+      </c>
+      <c r="F473" t="s">
+        <v>13</v>
+      </c>
+      <c r="G473" t="s">
+        <v>14</v>
+      </c>
+      <c r="H473" t="s">
+        <v>15</v>
+      </c>
+      <c r="I473" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9">
+      <c r="A474" t="s">
+        <v>928</v>
+      </c>
+      <c r="B474"/>
+      <c r="C474" t="s">
+        <v>637</v>
+      </c>
+      <c r="D474"/>
+      <c r="E474" t="s">
+        <v>19</v>
+      </c>
+      <c r="F474" t="s">
+        <v>13</v>
+      </c>
+      <c r="G474" t="s">
+        <v>14</v>
+      </c>
+      <c r="H474" t="s">
+        <v>15</v>
+      </c>
+      <c r="I474" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="475" spans="1:9">
+      <c r="A475" t="s">
+        <v>929</v>
+      </c>
+      <c r="B475"/>
+      <c r="C475" t="s">
+        <v>930</v>
+      </c>
+      <c r="D475"/>
+      <c r="E475" t="s">
+        <v>19</v>
+      </c>
+      <c r="F475" t="s">
+        <v>13</v>
+      </c>
+      <c r="G475" t="s">
+        <v>14</v>
+      </c>
+      <c r="H475" t="s">
+        <v>491</v>
+      </c>
+      <c r="I475" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="476" spans="1:9">
+      <c r="A476" t="s">
+        <v>931</v>
+      </c>
+      <c r="B476"/>
+      <c r="C476" t="s">
+        <v>113</v>
+      </c>
+      <c r="D476"/>
+      <c r="E476" t="s">
+        <v>19</v>
+      </c>
+      <c r="F476" t="s">
+        <v>13</v>
+      </c>
+      <c r="G476" t="s">
+        <v>14</v>
+      </c>
+      <c r="H476" t="s">
+        <v>491</v>
+      </c>
+      <c r="I476" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9">
+      <c r="A477" t="s">
+        <v>932</v>
+      </c>
+      <c r="B477"/>
+      <c r="C477" t="s">
+        <v>115</v>
+      </c>
+      <c r="D477"/>
+      <c r="E477" t="s">
+        <v>19</v>
+      </c>
+      <c r="F477" t="s">
+        <v>13</v>
+      </c>
+      <c r="G477" t="s">
+        <v>14</v>
+      </c>
+      <c r="H477" t="s">
+        <v>491</v>
+      </c>
+      <c r="I477" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9">
+      <c r="A478" t="s">
+        <v>933</v>
+      </c>
+      <c r="B478"/>
+      <c r="C478" t="s">
+        <v>146</v>
+      </c>
+      <c r="D478"/>
+      <c r="E478" t="s">
+        <v>19</v>
+      </c>
+      <c r="F478" t="s">
+        <v>13</v>
+      </c>
+      <c r="G478" t="s">
+        <v>14</v>
+      </c>
+      <c r="H478" t="s">
+        <v>491</v>
+      </c>
+      <c r="I478" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9">
+      <c r="A479" t="s">
+        <v>934</v>
+      </c>
+      <c r="B479"/>
+      <c r="C479" t="s">
+        <v>935</v>
+      </c>
+      <c r="D479"/>
+      <c r="E479" t="s">
+        <v>19</v>
+      </c>
+      <c r="F479" t="s">
+        <v>13</v>
+      </c>
+      <c r="G479" t="s">
+        <v>14</v>
+      </c>
+      <c r="H479" t="s">
+        <v>491</v>
+      </c>
+      <c r="I479" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="480" spans="1:9">
+      <c r="A480" t="s">
+        <v>936</v>
+      </c>
+      <c r="B480"/>
+      <c r="C480" t="s">
+        <v>937</v>
+      </c>
+      <c r="D480"/>
+      <c r="E480" t="s">
+        <v>19</v>
+      </c>
+      <c r="F480" t="s">
+        <v>13</v>
+      </c>
+      <c r="G480" t="s">
+        <v>14</v>
+      </c>
+      <c r="H480" t="s">
+        <v>491</v>
+      </c>
+      <c r="I480" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="481" spans="1:9">
+      <c r="A481" t="s">
+        <v>938</v>
+      </c>
+      <c r="B481"/>
+      <c r="C481" t="s">
+        <v>939</v>
+      </c>
+      <c r="D481"/>
+      <c r="E481" t="s">
+        <v>19</v>
+      </c>
+      <c r="F481" t="s">
+        <v>13</v>
+      </c>
+      <c r="G481" t="s">
+        <v>14</v>
+      </c>
+      <c r="H481" t="s">
+        <v>15</v>
+      </c>
+      <c r="I481" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="482" spans="1:9">
+      <c r="A482" t="s">
+        <v>940</v>
+      </c>
+      <c r="B482"/>
+      <c r="C482" t="s">
+        <v>941</v>
+      </c>
+      <c r="D482"/>
+      <c r="E482" t="s">
+        <v>19</v>
+      </c>
+      <c r="F482" t="s">
+        <v>13</v>
+      </c>
+      <c r="G482" t="s">
+        <v>14</v>
+      </c>
+      <c r="H482" t="s">
+        <v>15</v>
+      </c>
+      <c r="I482" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9">
+      <c r="A483" t="s">
+        <v>942</v>
+      </c>
+      <c r="B483"/>
+      <c r="C483" t="s">
+        <v>73</v>
+      </c>
+      <c r="D483"/>
+      <c r="E483" t="s">
+        <v>19</v>
+      </c>
+      <c r="F483" t="s">
+        <v>13</v>
+      </c>
+      <c r="G483" t="s">
+        <v>14</v>
+      </c>
+      <c r="H483" t="s">
+        <v>15</v>
+      </c>
+      <c r="I483" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9">
+      <c r="A484" t="s">
+        <v>942</v>
+      </c>
+      <c r="B484"/>
+      <c r="C484" t="s">
+        <v>73</v>
+      </c>
+      <c r="D484"/>
+      <c r="E484" t="s">
+        <v>19</v>
+      </c>
+      <c r="F484" t="s">
+        <v>13</v>
+      </c>
+      <c r="G484" t="s">
+        <v>14</v>
+      </c>
+      <c r="H484" t="s">
+        <v>15</v>
+      </c>
+      <c r="I484" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9">
+      <c r="A485" t="s">
+        <v>943</v>
+      </c>
+      <c r="B485"/>
+      <c r="C485" t="s">
+        <v>944</v>
+      </c>
+      <c r="D485"/>
+      <c r="E485" t="s">
+        <v>19</v>
+      </c>
+      <c r="F485" t="s">
+        <v>13</v>
+      </c>
+      <c r="G485" t="s">
+        <v>14</v>
+      </c>
+      <c r="H485" t="s">
+        <v>15</v>
+      </c>
+      <c r="I485" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="486" spans="1:9">
+      <c r="A486" t="s">
+        <v>943</v>
+      </c>
+      <c r="B486"/>
+      <c r="C486" t="s">
+        <v>944</v>
+      </c>
+      <c r="D486"/>
+      <c r="E486" t="s">
+        <v>19</v>
+      </c>
+      <c r="F486" t="s">
+        <v>13</v>
+      </c>
+      <c r="G486" t="s">
+        <v>14</v>
+      </c>
+      <c r="H486" t="s">
+        <v>15</v>
+      </c>
+      <c r="I486" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9">
+      <c r="A487" t="s">
+        <v>945</v>
+      </c>
+      <c r="B487"/>
+      <c r="C487" t="s">
+        <v>536</v>
+      </c>
+      <c r="D487"/>
+      <c r="E487" t="s">
+        <v>19</v>
+      </c>
+      <c r="F487" t="s">
+        <v>13</v>
+      </c>
+      <c r="G487" t="s">
+        <v>14</v>
+      </c>
+      <c r="H487" t="s">
+        <v>15</v>
+      </c>
+      <c r="I487" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="488" spans="1:9">
+      <c r="A488" t="s">
+        <v>946</v>
+      </c>
+      <c r="B488"/>
+      <c r="C488" t="s">
+        <v>35</v>
+      </c>
+      <c r="D488"/>
+      <c r="E488" t="s">
+        <v>19</v>
+      </c>
+      <c r="F488" t="s">
+        <v>13</v>
+      </c>
+      <c r="G488" t="s">
+        <v>14</v>
+      </c>
+      <c r="H488" t="s">
+        <v>15</v>
+      </c>
+      <c r="I488" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="489" spans="1:9">
+      <c r="A489" t="s">
+        <v>947</v>
+      </c>
+      <c r="B489"/>
+      <c r="C489" t="s">
+        <v>948</v>
+      </c>
+      <c r="D489"/>
+      <c r="E489" t="s">
+        <v>19</v>
+      </c>
+      <c r="F489" t="s">
+        <v>13</v>
+      </c>
+      <c r="G489" t="s">
+        <v>14</v>
+      </c>
+      <c r="H489" t="s">
+        <v>15</v>
+      </c>
+      <c r="I489" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="490" spans="1:9">
+      <c r="A490" t="s">
+        <v>949</v>
+      </c>
+      <c r="B490"/>
+      <c r="C490" t="s">
+        <v>490</v>
+      </c>
+      <c r="D490"/>
+      <c r="E490" t="s">
+        <v>19</v>
+      </c>
+      <c r="F490" t="s">
+        <v>13</v>
+      </c>
+      <c r="G490" t="s">
+        <v>14</v>
+      </c>
+      <c r="H490" t="s">
+        <v>15</v>
+      </c>
+      <c r="I490" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9">
+      <c r="A491" t="s">
+        <v>950</v>
+      </c>
+      <c r="B491"/>
+      <c r="C491" t="s">
+        <v>429</v>
+      </c>
+      <c r="D491"/>
+      <c r="E491" t="s">
+        <v>19</v>
+      </c>
+      <c r="F491" t="s">
+        <v>13</v>
+      </c>
+      <c r="G491" t="s">
+        <v>14</v>
+      </c>
+      <c r="H491" t="s">
+        <v>15</v>
+      </c>
+      <c r="I491" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="492" spans="1:9">
+      <c r="A492" t="s">
+        <v>951</v>
+      </c>
+      <c r="B492"/>
+      <c r="C492" t="s">
+        <v>952</v>
+      </c>
+      <c r="D492"/>
+      <c r="E492" t="s">
+        <v>19</v>
+      </c>
+      <c r="F492" t="s">
+        <v>13</v>
+      </c>
+      <c r="G492" t="s">
+        <v>14</v>
+      </c>
+      <c r="H492" t="s">
+        <v>15</v>
+      </c>
+      <c r="I492" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="493" spans="1:9">
+      <c r="A493" t="s">
+        <v>953</v>
+      </c>
+      <c r="B493"/>
+      <c r="C493" t="s">
+        <v>954</v>
+      </c>
+      <c r="D493"/>
+      <c r="E493" t="s">
+        <v>19</v>
+      </c>
+      <c r="F493" t="s">
+        <v>13</v>
+      </c>
+      <c r="G493" t="s">
+        <v>14</v>
+      </c>
+      <c r="H493" t="s">
+        <v>15</v>
+      </c>
+      <c r="I493" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9">
+      <c r="A494" t="s">
+        <v>955</v>
+      </c>
+      <c r="B494"/>
+      <c r="C494" t="s">
+        <v>70</v>
+      </c>
+      <c r="D494"/>
+      <c r="E494" t="s">
+        <v>19</v>
+      </c>
+      <c r="F494" t="s">
+        <v>13</v>
+      </c>
+      <c r="G494" t="s">
+        <v>14</v>
+      </c>
+      <c r="H494" t="s">
+        <v>15</v>
+      </c>
+      <c r="I494" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9">
+      <c r="A495" t="s">
+        <v>956</v>
+      </c>
+      <c r="B495"/>
+      <c r="C495" t="s">
+        <v>508</v>
+      </c>
+      <c r="D495"/>
+      <c r="E495" t="s">
+        <v>19</v>
+      </c>
+      <c r="F495" t="s">
+        <v>13</v>
+      </c>
+      <c r="G495" t="s">
+        <v>14</v>
+      </c>
+      <c r="H495" t="s">
+        <v>15</v>
+      </c>
+      <c r="I495" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="496" spans="1:9">
+      <c r="A496" t="s">
+        <v>957</v>
+      </c>
+      <c r="B496"/>
+      <c r="C496" t="s">
+        <v>958</v>
+      </c>
+      <c r="D496"/>
+      <c r="E496" t="s">
+        <v>19</v>
+      </c>
+      <c r="F496" t="s">
+        <v>13</v>
+      </c>
+      <c r="G496" t="s">
+        <v>14</v>
+      </c>
+      <c r="H496" t="s">
+        <v>15</v>
+      </c>
+      <c r="I496" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="497" spans="1:9">
+      <c r="A497" t="s">
+        <v>959</v>
+      </c>
+      <c r="B497"/>
+      <c r="C497" t="s">
+        <v>87</v>
+      </c>
+      <c r="D497"/>
+      <c r="E497" t="s">
+        <v>19</v>
+      </c>
+      <c r="F497" t="s">
+        <v>13</v>
+      </c>
+      <c r="G497" t="s">
+        <v>14</v>
+      </c>
+      <c r="H497" t="s">
+        <v>15</v>
+      </c>
+      <c r="I497" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9">
+      <c r="A498" t="s">
+        <v>960</v>
+      </c>
+      <c r="B498"/>
+      <c r="C498" t="s">
+        <v>520</v>
+      </c>
+      <c r="D498"/>
+      <c r="E498" t="s">
+        <v>19</v>
+      </c>
+      <c r="F498" t="s">
+        <v>13</v>
+      </c>
+      <c r="G498" t="s">
+        <v>14</v>
+      </c>
+      <c r="H498" t="s">
+        <v>15</v>
+      </c>
+      <c r="I498" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="499" spans="1:9">
+      <c r="A499" t="s">
+        <v>961</v>
+      </c>
+      <c r="B499"/>
+      <c r="C499" t="s">
+        <v>961</v>
+      </c>
+      <c r="D499"/>
+      <c r="E499" t="s">
+        <v>40</v>
+      </c>
+      <c r="F499" t="s">
+        <v>13</v>
+      </c>
+      <c r="G499" t="s">
+        <v>14</v>
+      </c>
+      <c r="H499" t="s">
+        <v>15</v>
+      </c>
+      <c r="I499" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="500" spans="1:9">
+      <c r="A500" t="s">
+        <v>962</v>
+      </c>
+      <c r="B500"/>
+      <c r="C500" t="s">
+        <v>963</v>
+      </c>
+      <c r="D500"/>
+      <c r="E500" t="s">
+        <v>19</v>
+      </c>
+      <c r="F500" t="s">
+        <v>13</v>
+      </c>
+      <c r="G500" t="s">
+        <v>14</v>
+      </c>
+      <c r="H500" t="s">
+        <v>15</v>
+      </c>
+      <c r="I500" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="501" spans="1:9">
+      <c r="A501" t="s">
+        <v>964</v>
+      </c>
+      <c r="B501"/>
+      <c r="C501" t="s">
+        <v>965</v>
+      </c>
+      <c r="D501"/>
+      <c r="E501" t="s">
+        <v>19</v>
+      </c>
+      <c r="F501" t="s">
+        <v>13</v>
+      </c>
+      <c r="G501" t="s">
+        <v>14</v>
+      </c>
+      <c r="H501" t="s">
+        <v>15</v>
+      </c>
+      <c r="I501" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="502" spans="1:9">
+      <c r="A502" t="s">
+        <v>966</v>
+      </c>
+      <c r="B502"/>
+      <c r="C502" t="s">
+        <v>967</v>
+      </c>
+      <c r="D502"/>
+      <c r="E502" t="s">
+        <v>19</v>
+      </c>
+      <c r="F502" t="s">
+        <v>13</v>
+      </c>
+      <c r="G502" t="s">
+        <v>14</v>
+      </c>
+      <c r="H502" t="s">
+        <v>15</v>
+      </c>
+      <c r="I502" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="503" spans="1:9">
+      <c r="A503" t="s">
+        <v>968</v>
+      </c>
+      <c r="B503"/>
+      <c r="C503" t="s">
+        <v>969</v>
+      </c>
+      <c r="D503"/>
+      <c r="E503" t="s">
+        <v>19</v>
+      </c>
+      <c r="F503" t="s">
+        <v>13</v>
+      </c>
+      <c r="G503" t="s">
+        <v>14</v>
+      </c>
+      <c r="H503" t="s">
+        <v>15</v>
+      </c>
+      <c r="I503" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="504" spans="1:9">
+      <c r="A504" t="s">
+        <v>970</v>
+      </c>
+      <c r="B504"/>
+      <c r="C504" t="s">
+        <v>971</v>
+      </c>
+      <c r="D504"/>
+      <c r="E504" t="s">
+        <v>19</v>
+      </c>
+      <c r="F504" t="s">
+        <v>13</v>
+      </c>
+      <c r="G504" t="s">
+        <v>14</v>
+      </c>
+      <c r="H504" t="s">
+        <v>15</v>
+      </c>
+      <c r="I504" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="505" spans="1:9">
+      <c r="A505" t="s">
+        <v>972</v>
+      </c>
+      <c r="B505"/>
+      <c r="C505" t="s">
         <v>331</v>
       </c>
-      <c r="B296"/>
-[...238 lines deleted...]
-      <c r="A307" t="s">
+      <c r="D505"/>
+      <c r="E505" t="s">
+        <v>19</v>
+      </c>
+      <c r="F505" t="s">
+        <v>13</v>
+      </c>
+      <c r="G505" t="s">
+        <v>14</v>
+      </c>
+      <c r="H505" t="s">
+        <v>15</v>
+      </c>
+      <c r="I505" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="506" spans="1:9">
+      <c r="A506" t="s">
+        <v>973</v>
+      </c>
+      <c r="B506"/>
+      <c r="C506" t="s">
+        <v>974</v>
+      </c>
+      <c r="D506"/>
+      <c r="E506" t="s">
+        <v>19</v>
+      </c>
+      <c r="F506" t="s">
+        <v>13</v>
+      </c>
+      <c r="G506" t="s">
+        <v>14</v>
+      </c>
+      <c r="H506" t="s">
+        <v>15</v>
+      </c>
+      <c r="I506" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="507" spans="1:9">
+      <c r="A507" t="s">
+        <v>975</v>
+      </c>
+      <c r="B507"/>
+      <c r="C507" t="s">
         <v>342</v>
       </c>
-      <c r="B307"/>
-[...1590 lines deleted...]
-      <c r="A380" t="s">
+      <c r="D507"/>
+      <c r="E507" t="s">
+        <v>19</v>
+      </c>
+      <c r="F507" t="s">
+        <v>13</v>
+      </c>
+      <c r="G507" t="s">
+        <v>14</v>
+      </c>
+      <c r="H507" t="s">
+        <v>15</v>
+      </c>
+      <c r="I507" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="508" spans="1:9">
+      <c r="A508" t="s">
+        <v>976</v>
+      </c>
+      <c r="B508"/>
+      <c r="C508" t="s">
+        <v>977</v>
+      </c>
+      <c r="D508"/>
+      <c r="E508" t="s">
+        <v>19</v>
+      </c>
+      <c r="F508" t="s">
+        <v>13</v>
+      </c>
+      <c r="G508" t="s">
+        <v>14</v>
+      </c>
+      <c r="H508" t="s">
+        <v>15</v>
+      </c>
+      <c r="I508" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="509" spans="1:9">
+      <c r="A509" t="s">
+        <v>978</v>
+      </c>
+      <c r="B509"/>
+      <c r="C509" t="s">
+        <v>979</v>
+      </c>
+      <c r="D509"/>
+      <c r="E509" t="s">
+        <v>19</v>
+      </c>
+      <c r="F509" t="s">
+        <v>13</v>
+      </c>
+      <c r="G509" t="s">
+        <v>14</v>
+      </c>
+      <c r="H509" t="s">
+        <v>27</v>
+      </c>
+      <c r="I509" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="510" spans="1:9">
+      <c r="A510" t="s">
+        <v>980</v>
+      </c>
+      <c r="B510"/>
+      <c r="C510" t="s">
+        <v>100</v>
+      </c>
+      <c r="D510"/>
+      <c r="E510" t="s">
+        <v>19</v>
+      </c>
+      <c r="F510" t="s">
+        <v>13</v>
+      </c>
+      <c r="G510" t="s">
+        <v>14</v>
+      </c>
+      <c r="H510" t="s">
+        <v>15</v>
+      </c>
+      <c r="I510" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="511" spans="1:9">
+      <c r="A511" t="s">
+        <v>981</v>
+      </c>
+      <c r="B511"/>
+      <c r="C511" t="s">
+        <v>135</v>
+      </c>
+      <c r="D511"/>
+      <c r="E511" t="s">
+        <v>19</v>
+      </c>
+      <c r="F511" t="s">
+        <v>13</v>
+      </c>
+      <c r="G511" t="s">
+        <v>14</v>
+      </c>
+      <c r="H511" t="s">
+        <v>15</v>
+      </c>
+      <c r="I511" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="512" spans="1:9">
+      <c r="A512" t="s">
+        <v>982</v>
+      </c>
+      <c r="B512"/>
+      <c r="C512" t="s">
+        <v>167</v>
+      </c>
+      <c r="D512"/>
+      <c r="E512" t="s">
+        <v>19</v>
+      </c>
+      <c r="F512" t="s">
+        <v>13</v>
+      </c>
+      <c r="G512" t="s">
+        <v>14</v>
+      </c>
+      <c r="H512" t="s">
+        <v>15</v>
+      </c>
+      <c r="I512" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="513" spans="1:9">
+      <c r="A513" t="s">
+        <v>983</v>
+      </c>
+      <c r="B513"/>
+      <c r="C513" t="s">
+        <v>161</v>
+      </c>
+      <c r="D513"/>
+      <c r="E513" t="s">
+        <v>19</v>
+      </c>
+      <c r="F513" t="s">
+        <v>13</v>
+      </c>
+      <c r="G513" t="s">
+        <v>14</v>
+      </c>
+      <c r="H513" t="s">
+        <v>15</v>
+      </c>
+      <c r="I513" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="514" spans="1:9">
+      <c r="A514" t="s">
+        <v>984</v>
+      </c>
+      <c r="B514"/>
+      <c r="C514" t="s">
+        <v>985</v>
+      </c>
+      <c r="D514"/>
+      <c r="E514" t="s">
+        <v>19</v>
+      </c>
+      <c r="F514" t="s">
+        <v>13</v>
+      </c>
+      <c r="G514" t="s">
+        <v>14</v>
+      </c>
+      <c r="H514" t="s">
+        <v>15</v>
+      </c>
+      <c r="I514" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="515" spans="1:9">
+      <c r="A515" t="s">
+        <v>986</v>
+      </c>
+      <c r="B515"/>
+      <c r="C515" t="s">
+        <v>987</v>
+      </c>
+      <c r="D515"/>
+      <c r="E515" t="s">
+        <v>988</v>
+      </c>
+      <c r="F515" t="s">
+        <v>13</v>
+      </c>
+      <c r="G515" t="s">
+        <v>14</v>
+      </c>
+      <c r="H515" t="s">
+        <v>27</v>
+      </c>
+      <c r="I515" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="516" spans="1:9">
+      <c r="A516" t="s">
+        <v>989</v>
+      </c>
+      <c r="B516"/>
+      <c r="C516" t="s">
+        <v>990</v>
+      </c>
+      <c r="D516"/>
+      <c r="E516" t="s">
+        <v>988</v>
+      </c>
+      <c r="F516" t="s">
+        <v>13</v>
+      </c>
+      <c r="G516" t="s">
+        <v>14</v>
+      </c>
+      <c r="H516" t="s">
+        <v>27</v>
+      </c>
+      <c r="I516" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="517" spans="1:9">
+      <c r="A517" t="s">
+        <v>991</v>
+      </c>
+      <c r="B517"/>
+      <c r="C517" t="s">
+        <v>992</v>
+      </c>
+      <c r="D517"/>
+      <c r="E517" t="s">
+        <v>988</v>
+      </c>
+      <c r="F517" t="s">
+        <v>13</v>
+      </c>
+      <c r="G517" t="s">
+        <v>14</v>
+      </c>
+      <c r="H517" t="s">
+        <v>27</v>
+      </c>
+      <c r="I517" t="s">
         <v>417</v>
       </c>
-      <c r="B380"/>
-[...42 lines deleted...]
-      <c r="A382" t="s">
+    </row>
+    <row r="518" spans="1:9">
+      <c r="A518" t="s">
+        <v>993</v>
+      </c>
+      <c r="B518"/>
+      <c r="C518" t="s">
+        <v>994</v>
+      </c>
+      <c r="D518"/>
+      <c r="E518" t="s">
+        <v>988</v>
+      </c>
+      <c r="F518" t="s">
+        <v>13</v>
+      </c>
+      <c r="G518" t="s">
+        <v>14</v>
+      </c>
+      <c r="H518" t="s">
+        <v>27</v>
+      </c>
+      <c r="I518" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="519" spans="1:9">
+      <c r="A519" t="s">
+        <v>995</v>
+      </c>
+      <c r="B519" t="s">
+        <v>996</v>
+      </c>
+      <c r="C519" t="s">
+        <v>995</v>
+      </c>
+      <c r="D519"/>
+      <c r="E519" t="s">
+        <v>40</v>
+      </c>
+      <c r="F519" t="s">
+        <v>13</v>
+      </c>
+      <c r="G519" t="s">
+        <v>14</v>
+      </c>
+      <c r="H519" t="s">
+        <v>15</v>
+      </c>
+      <c r="I519" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="520" spans="1:9">
+      <c r="A520" t="s">
+        <v>997</v>
+      </c>
+      <c r="B520"/>
+      <c r="C520" t="s">
+        <v>998</v>
+      </c>
+      <c r="D520"/>
+      <c r="E520" t="s">
+        <v>999</v>
+      </c>
+      <c r="F520" t="s">
+        <v>13</v>
+      </c>
+      <c r="G520" t="s">
+        <v>14</v>
+      </c>
+      <c r="H520" t="s">
+        <v>15</v>
+      </c>
+      <c r="I520" t="s">
         <v>420</v>
       </c>
-      <c r="B382"/>
-[...3045 lines deleted...]
-    <row r="521" spans="1:8">
+    </row>
+    <row r="521" spans="1:9">
       <c r="A521" t="s">
-        <v>559</v>
+        <v>1000</v>
       </c>
       <c r="B521"/>
-      <c r="C521"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C521" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D521"/>
       <c r="E521" t="s">
-        <v>12</v>
+        <v>999</v>
       </c>
       <c r="F521" t="s">
         <v>13</v>
       </c>
       <c r="G521" t="s">
         <v>14</v>
       </c>
       <c r="H521" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I521" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="522" spans="1:9">
       <c r="A522" t="s">
-        <v>560</v>
+        <v>1002</v>
       </c>
       <c r="B522"/>
-      <c r="C522"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C522" t="s">
+        <v>875</v>
+      </c>
+      <c r="D522"/>
       <c r="E522" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F522" t="s">
         <v>13</v>
       </c>
       <c r="G522" t="s">
         <v>14</v>
       </c>
       <c r="H522" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I522" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="523" spans="1:9">
       <c r="A523" t="s">
-        <v>561</v>
+        <v>1003</v>
       </c>
       <c r="B523"/>
-      <c r="C523"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C523" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D523"/>
       <c r="E523" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F523" t="s">
         <v>13</v>
       </c>
       <c r="G523" t="s">
         <v>14</v>
       </c>
       <c r="H523" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I523" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="524" spans="1:9">
       <c r="A524" t="s">
-        <v>562</v>
+        <v>1005</v>
       </c>
       <c r="B524"/>
-      <c r="C524"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C524" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D524"/>
       <c r="E524" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F524" t="s">
         <v>13</v>
       </c>
       <c r="G524" t="s">
         <v>14</v>
       </c>
       <c r="H524" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I524" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="525" spans="1:9">
       <c r="A525" t="s">
-        <v>564</v>
+        <v>1008</v>
       </c>
       <c r="B525"/>
-      <c r="C525"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C525" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D525"/>
       <c r="E525" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F525" t="s">
         <v>13</v>
       </c>
       <c r="G525" t="s">
         <v>14</v>
       </c>
       <c r="H525" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I525" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="526" spans="1:9">
       <c r="A526" t="s">
-        <v>565</v>
+        <v>1010</v>
       </c>
       <c r="B526"/>
-      <c r="C526"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C526" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D526"/>
       <c r="E526" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F526" t="s">
         <v>13</v>
       </c>
       <c r="G526" t="s">
         <v>14</v>
       </c>
       <c r="H526" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I526" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="527" spans="1:9">
       <c r="A527" t="s">
-        <v>566</v>
+        <v>1012</v>
       </c>
       <c r="B527"/>
       <c r="C527"/>
-      <c r="D527" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D527"/>
       <c r="E527" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F527" t="s">
         <v>13</v>
       </c>
       <c r="G527" t="s">
         <v>14</v>
       </c>
       <c r="H527" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I527" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="528" spans="1:9">
       <c r="A528" t="s">
-        <v>567</v>
+        <v>1013</v>
       </c>
       <c r="B528"/>
-      <c r="C528"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C528" t="s">
+        <v>939</v>
+      </c>
+      <c r="D528"/>
       <c r="E528" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F528" t="s">
         <v>13</v>
       </c>
       <c r="G528" t="s">
         <v>14</v>
       </c>
       <c r="H528" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I528" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="529" spans="1:9">
       <c r="A529" t="s">
-        <v>568</v>
+        <v>1014</v>
       </c>
       <c r="B529"/>
-      <c r="C529"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C529" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D529"/>
       <c r="E529" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F529" t="s">
         <v>13</v>
       </c>
       <c r="G529" t="s">
         <v>14</v>
       </c>
       <c r="H529" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I529" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="530" spans="1:9">
       <c r="A530" t="s">
-        <v>569</v>
+        <v>1016</v>
       </c>
       <c r="B530"/>
-      <c r="C530"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C530" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D530"/>
       <c r="E530" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F530" t="s">
         <v>13</v>
       </c>
       <c r="G530" t="s">
         <v>14</v>
       </c>
       <c r="H530" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I530" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="531" spans="1:9">
       <c r="A531" t="s">
-        <v>570</v>
+        <v>1018</v>
       </c>
       <c r="B531"/>
-      <c r="C531"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C531" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D531"/>
       <c r="E531" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F531" t="s">
         <v>13</v>
       </c>
       <c r="G531" t="s">
         <v>14</v>
       </c>
       <c r="H531" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I531" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="532" spans="1:9">
       <c r="A532" t="s">
-        <v>571</v>
+        <v>1020</v>
       </c>
       <c r="B532"/>
-      <c r="C532"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C532" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D532"/>
       <c r="E532" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F532" t="s">
         <v>13</v>
       </c>
       <c r="G532" t="s">
         <v>14</v>
       </c>
       <c r="H532" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I532" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="533" spans="1:9">
       <c r="A533" t="s">
-        <v>572</v>
+        <v>1022</v>
       </c>
       <c r="B533"/>
-      <c r="C533"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C533" t="s">
+        <v>520</v>
+      </c>
+      <c r="D533"/>
       <c r="E533" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F533" t="s">
         <v>13</v>
       </c>
       <c r="G533" t="s">
         <v>14</v>
       </c>
       <c r="H533" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I533" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="534" spans="1:9">
       <c r="A534" t="s">
-        <v>573</v>
+        <v>1023</v>
       </c>
       <c r="B534"/>
-      <c r="C534"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C534" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D534"/>
       <c r="E534" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F534" t="s">
         <v>13</v>
       </c>
       <c r="G534" t="s">
         <v>14</v>
       </c>
       <c r="H534" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I534" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="535" spans="1:9">
       <c r="A535" t="s">
-        <v>574</v>
+        <v>1025</v>
       </c>
       <c r="B535"/>
-      <c r="C535"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C535" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D535"/>
       <c r="E535" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F535" t="s">
         <v>13</v>
       </c>
       <c r="G535" t="s">
         <v>14</v>
       </c>
       <c r="H535" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I535" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="536" spans="1:9">
       <c r="A536" t="s">
-        <v>575</v>
+        <v>1027</v>
       </c>
       <c r="B536"/>
-      <c r="C536"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C536" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D536"/>
       <c r="E536" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F536" t="s">
         <v>13</v>
       </c>
       <c r="G536" t="s">
         <v>14</v>
       </c>
       <c r="H536" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I536" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="537" spans="1:9">
       <c r="A537" t="s">
-        <v>576</v>
+        <v>1029</v>
       </c>
       <c r="B537"/>
-      <c r="C537"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C537" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D537"/>
       <c r="E537" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F537" t="s">
         <v>13</v>
       </c>
       <c r="G537" t="s">
         <v>14</v>
       </c>
       <c r="H537" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I537" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="538" spans="1:9">
       <c r="A538" t="s">
-        <v>577</v>
+        <v>1031</v>
       </c>
       <c r="B538"/>
-      <c r="C538"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C538" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D538"/>
       <c r="E538" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F538" t="s">
         <v>13</v>
       </c>
       <c r="G538" t="s">
         <v>14</v>
       </c>
       <c r="H538" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I538" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="539" spans="1:9">
       <c r="A539" t="s">
-        <v>578</v>
+        <v>1033</v>
       </c>
       <c r="B539"/>
-      <c r="C539"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C539" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D539"/>
       <c r="E539" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F539" t="s">
         <v>13</v>
       </c>
       <c r="G539" t="s">
         <v>14</v>
       </c>
       <c r="H539" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I539" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="540" spans="1:9">
       <c r="A540" t="s">
-        <v>579</v>
+        <v>1035</v>
       </c>
       <c r="B540"/>
-      <c r="C540"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C540" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D540"/>
       <c r="E540" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F540" t="s">
         <v>13</v>
       </c>
       <c r="G540" t="s">
         <v>14</v>
       </c>
       <c r="H540" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I540" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="541" spans="1:9">
       <c r="A541" t="s">
-        <v>580</v>
+        <v>1037</v>
       </c>
       <c r="B541"/>
-      <c r="C541"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C541" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D541"/>
       <c r="E541" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F541" t="s">
         <v>13</v>
       </c>
       <c r="G541" t="s">
         <v>14</v>
       </c>
       <c r="H541" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I541" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="542" spans="1:9">
       <c r="A542" t="s">
-        <v>581</v>
+        <v>1039</v>
       </c>
       <c r="B542"/>
-      <c r="C542"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C542" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D542"/>
       <c r="E542" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F542" t="s">
         <v>13</v>
       </c>
       <c r="G542" t="s">
         <v>14</v>
       </c>
       <c r="H542" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I542" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="543" spans="1:9">
       <c r="A543" t="s">
-        <v>582</v>
+        <v>1041</v>
       </c>
       <c r="B543"/>
-      <c r="C543"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C543" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D543"/>
       <c r="E543" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F543" t="s">
         <v>13</v>
       </c>
       <c r="G543" t="s">
         <v>14</v>
       </c>
       <c r="H543" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I543" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="544" spans="1:9">
       <c r="A544" t="s">
-        <v>583</v>
+        <v>1043</v>
       </c>
       <c r="B544"/>
-      <c r="C544"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C544" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D544"/>
       <c r="E544" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F544" t="s">
         <v>13</v>
       </c>
       <c r="G544" t="s">
         <v>14</v>
       </c>
       <c r="H544" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I544" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="545" spans="1:9">
       <c r="A545" t="s">
-        <v>584</v>
+        <v>1045</v>
       </c>
       <c r="B545"/>
-      <c r="C545"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C545" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D545"/>
       <c r="E545" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F545" t="s">
         <v>13</v>
       </c>
       <c r="G545" t="s">
         <v>14</v>
       </c>
       <c r="H545" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I545" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="546" spans="1:9">
       <c r="A546" t="s">
-        <v>585</v>
+        <v>1047</v>
       </c>
       <c r="B546"/>
-      <c r="C546"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C546" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D546"/>
       <c r="E546" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F546" t="s">
         <v>13</v>
       </c>
       <c r="G546" t="s">
         <v>14</v>
       </c>
       <c r="H546" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I546" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="547" spans="1:9">
       <c r="A547" t="s">
-        <v>586</v>
+        <v>1049</v>
       </c>
       <c r="B547"/>
-      <c r="C547"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C547" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D547"/>
       <c r="E547" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F547" t="s">
         <v>13</v>
       </c>
       <c r="G547" t="s">
         <v>14</v>
       </c>
       <c r="H547" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I547" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="548" spans="1:9">
       <c r="A548" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B548"/>
+      <c r="C548" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D548"/>
+      <c r="E548" t="s">
+        <v>19</v>
+      </c>
+      <c r="F548" t="s">
+        <v>13</v>
+      </c>
+      <c r="G548" t="s">
+        <v>14</v>
+      </c>
+      <c r="H548" t="s">
+        <v>15</v>
+      </c>
+      <c r="I548" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="549" spans="1:9">
+      <c r="A549" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B549"/>
+      <c r="C549" t="s">
+        <v>91</v>
+      </c>
+      <c r="D549"/>
+      <c r="E549" t="s">
+        <v>19</v>
+      </c>
+      <c r="F549" t="s">
+        <v>13</v>
+      </c>
+      <c r="G549" t="s">
+        <v>14</v>
+      </c>
+      <c r="H549" t="s">
+        <v>15</v>
+      </c>
+      <c r="I549" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="550" spans="1:9">
+      <c r="A550" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B550"/>
+      <c r="C550" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D550"/>
+      <c r="E550" t="s">
+        <v>19</v>
+      </c>
+      <c r="F550" t="s">
+        <v>13</v>
+      </c>
+      <c r="G550" t="s">
+        <v>14</v>
+      </c>
+      <c r="H550" t="s">
+        <v>15</v>
+      </c>
+      <c r="I550" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9">
+      <c r="A551" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B551"/>
+      <c r="C551" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D551"/>
+      <c r="E551" t="s">
+        <v>19</v>
+      </c>
+      <c r="F551" t="s">
+        <v>13</v>
+      </c>
+      <c r="G551" t="s">
+        <v>14</v>
+      </c>
+      <c r="H551" t="s">
+        <v>15</v>
+      </c>
+      <c r="I551" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="552" spans="1:9">
+      <c r="A552" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B552"/>
+      <c r="C552" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D552"/>
+      <c r="E552" t="s">
+        <v>19</v>
+      </c>
+      <c r="F552" t="s">
+        <v>13</v>
+      </c>
+      <c r="G552" t="s">
+        <v>14</v>
+      </c>
+      <c r="H552" t="s">
+        <v>15</v>
+      </c>
+      <c r="I552" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="553" spans="1:9">
+      <c r="A553" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B553"/>
+      <c r="C553" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D553"/>
+      <c r="E553" t="s">
+        <v>19</v>
+      </c>
+      <c r="F553" t="s">
+        <v>13</v>
+      </c>
+      <c r="G553" t="s">
+        <v>14</v>
+      </c>
+      <c r="H553" t="s">
+        <v>15</v>
+      </c>
+      <c r="I553" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="554" spans="1:9">
+      <c r="A554" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B554"/>
+      <c r="C554" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D554"/>
+      <c r="E554" t="s">
+        <v>19</v>
+      </c>
+      <c r="F554" t="s">
+        <v>13</v>
+      </c>
+      <c r="G554" t="s">
+        <v>14</v>
+      </c>
+      <c r="H554" t="s">
+        <v>15</v>
+      </c>
+      <c r="I554" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="555" spans="1:9">
+      <c r="A555" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B555"/>
+      <c r="C555" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D555"/>
+      <c r="E555" t="s">
+        <v>19</v>
+      </c>
+      <c r="F555" t="s">
+        <v>13</v>
+      </c>
+      <c r="G555" t="s">
+        <v>14</v>
+      </c>
+      <c r="H555" t="s">
+        <v>15</v>
+      </c>
+      <c r="I555" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="556" spans="1:9">
+      <c r="A556" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B556"/>
+      <c r="C556" t="s">
+        <v>425</v>
+      </c>
+      <c r="D556"/>
+      <c r="E556" t="s">
+        <v>19</v>
+      </c>
+      <c r="F556" t="s">
+        <v>13</v>
+      </c>
+      <c r="G556" t="s">
+        <v>14</v>
+      </c>
+      <c r="H556" t="s">
+        <v>15</v>
+      </c>
+      <c r="I556" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="557" spans="1:9">
+      <c r="A557" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B557"/>
+      <c r="C557" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D557"/>
+      <c r="E557" t="s">
+        <v>19</v>
+      </c>
+      <c r="F557" t="s">
+        <v>13</v>
+      </c>
+      <c r="G557" t="s">
+        <v>14</v>
+      </c>
+      <c r="H557" t="s">
+        <v>15</v>
+      </c>
+      <c r="I557" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="558" spans="1:9">
+      <c r="A558" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B558"/>
+      <c r="C558" t="s">
+        <v>948</v>
+      </c>
+      <c r="D558"/>
+      <c r="E558" t="s">
+        <v>19</v>
+      </c>
+      <c r="F558" t="s">
+        <v>13</v>
+      </c>
+      <c r="G558" t="s">
+        <v>14</v>
+      </c>
+      <c r="H558" t="s">
+        <v>15</v>
+      </c>
+      <c r="I558" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="559" spans="1:9">
+      <c r="A559" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B559"/>
+      <c r="C559" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D559"/>
+      <c r="E559" t="s">
+        <v>19</v>
+      </c>
+      <c r="F559" t="s">
+        <v>13</v>
+      </c>
+      <c r="G559" t="s">
+        <v>14</v>
+      </c>
+      <c r="H559" t="s">
+        <v>15</v>
+      </c>
+      <c r="I559" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9">
+      <c r="A560" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B560"/>
+      <c r="C560" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D560"/>
+      <c r="E560" t="s">
+        <v>19</v>
+      </c>
+      <c r="F560" t="s">
+        <v>13</v>
+      </c>
+      <c r="G560" t="s">
+        <v>14</v>
+      </c>
+      <c r="H560" t="s">
+        <v>15</v>
+      </c>
+      <c r="I560" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="561" spans="1:9">
+      <c r="A561" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B561"/>
+      <c r="C561" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D561"/>
+      <c r="E561" t="s">
+        <v>19</v>
+      </c>
+      <c r="F561" t="s">
+        <v>13</v>
+      </c>
+      <c r="G561" t="s">
+        <v>14</v>
+      </c>
+      <c r="H561" t="s">
+        <v>15</v>
+      </c>
+      <c r="I561" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="562" spans="1:9">
+      <c r="A562" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B562"/>
+      <c r="C562" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D562"/>
+      <c r="E562" t="s">
+        <v>19</v>
+      </c>
+      <c r="F562" t="s">
+        <v>13</v>
+      </c>
+      <c r="G562" t="s">
+        <v>14</v>
+      </c>
+      <c r="H562" t="s">
+        <v>15</v>
+      </c>
+      <c r="I562" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="563" spans="1:9">
+      <c r="A563" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B563"/>
+      <c r="C563" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D563"/>
+      <c r="E563" t="s">
+        <v>19</v>
+      </c>
+      <c r="F563" t="s">
+        <v>13</v>
+      </c>
+      <c r="G563" t="s">
+        <v>14</v>
+      </c>
+      <c r="H563" t="s">
+        <v>15</v>
+      </c>
+      <c r="I563" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="564" spans="1:9">
+      <c r="A564" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B564"/>
+      <c r="C564" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D564"/>
+      <c r="E564" t="s">
+        <v>19</v>
+      </c>
+      <c r="F564" t="s">
+        <v>13</v>
+      </c>
+      <c r="G564" t="s">
+        <v>14</v>
+      </c>
+      <c r="H564" t="s">
+        <v>15</v>
+      </c>
+      <c r="I564" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="565" spans="1:9">
+      <c r="A565" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B565"/>
+      <c r="C565" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D565"/>
+      <c r="E565" t="s">
+        <v>19</v>
+      </c>
+      <c r="F565" t="s">
+        <v>13</v>
+      </c>
+      <c r="G565" t="s">
+        <v>14</v>
+      </c>
+      <c r="H565" t="s">
+        <v>15</v>
+      </c>
+      <c r="I565" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="566" spans="1:9">
+      <c r="A566" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B566"/>
+      <c r="C566" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D566"/>
+      <c r="E566" t="s">
+        <v>999</v>
+      </c>
+      <c r="F566" t="s">
+        <v>13</v>
+      </c>
+      <c r="G566" t="s">
+        <v>14</v>
+      </c>
+      <c r="H566" t="s">
+        <v>15</v>
+      </c>
+      <c r="I566" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="567" spans="1:9">
+      <c r="A567" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B567"/>
+      <c r="C567" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D567"/>
+      <c r="E567" t="s">
+        <v>19</v>
+      </c>
+      <c r="F567" t="s">
+        <v>13</v>
+      </c>
+      <c r="G567" t="s">
+        <v>14</v>
+      </c>
+      <c r="H567" t="s">
+        <v>15</v>
+      </c>
+      <c r="I567" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="568" spans="1:9">
+      <c r="A568" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B568"/>
+      <c r="C568" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D568"/>
+      <c r="E568" t="s">
+        <v>19</v>
+      </c>
+      <c r="F568" t="s">
+        <v>13</v>
+      </c>
+      <c r="G568" t="s">
+        <v>14</v>
+      </c>
+      <c r="H568" t="s">
+        <v>15</v>
+      </c>
+      <c r="I568" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="569" spans="1:9">
+      <c r="A569" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B569"/>
+      <c r="C569" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D569"/>
+      <c r="E569" t="s">
+        <v>19</v>
+      </c>
+      <c r="F569" t="s">
+        <v>13</v>
+      </c>
+      <c r="G569" t="s">
+        <v>14</v>
+      </c>
+      <c r="H569" t="s">
+        <v>15</v>
+      </c>
+      <c r="I569" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="570" spans="1:9">
+      <c r="A570" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B570"/>
+      <c r="C570" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D570"/>
+      <c r="E570" t="s">
+        <v>19</v>
+      </c>
+      <c r="F570" t="s">
+        <v>13</v>
+      </c>
+      <c r="G570" t="s">
+        <v>14</v>
+      </c>
+      <c r="H570" t="s">
+        <v>15</v>
+      </c>
+      <c r="I570" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="571" spans="1:9">
+      <c r="A571" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B571"/>
+      <c r="C571" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D571"/>
+      <c r="E571" t="s">
+        <v>19</v>
+      </c>
+      <c r="F571" t="s">
+        <v>13</v>
+      </c>
+      <c r="G571" t="s">
+        <v>14</v>
+      </c>
+      <c r="H571" t="s">
+        <v>15</v>
+      </c>
+      <c r="I571" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="572" spans="1:9">
+      <c r="A572" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B572"/>
+      <c r="C572" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D572"/>
+      <c r="E572" t="s">
+        <v>19</v>
+      </c>
+      <c r="F572" t="s">
+        <v>13</v>
+      </c>
+      <c r="G572" t="s">
+        <v>14</v>
+      </c>
+      <c r="H572" t="s">
+        <v>15</v>
+      </c>
+      <c r="I572" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="573" spans="1:9">
+      <c r="A573" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B573"/>
+      <c r="C573" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D573"/>
+      <c r="E573" t="s">
+        <v>19</v>
+      </c>
+      <c r="F573" t="s">
+        <v>13</v>
+      </c>
+      <c r="G573" t="s">
+        <v>14</v>
+      </c>
+      <c r="H573" t="s">
+        <v>15</v>
+      </c>
+      <c r="I573" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="574" spans="1:9">
+      <c r="A574" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B574"/>
+      <c r="C574" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D574"/>
+      <c r="E574" t="s">
+        <v>19</v>
+      </c>
+      <c r="F574" t="s">
+        <v>13</v>
+      </c>
+      <c r="G574" t="s">
+        <v>14</v>
+      </c>
+      <c r="H574" t="s">
+        <v>15</v>
+      </c>
+      <c r="I574" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="575" spans="1:9">
+      <c r="A575" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B575"/>
+      <c r="C575" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D575"/>
+      <c r="E575" t="s">
+        <v>19</v>
+      </c>
+      <c r="F575" t="s">
+        <v>13</v>
+      </c>
+      <c r="G575" t="s">
+        <v>14</v>
+      </c>
+      <c r="H575" t="s">
+        <v>15</v>
+      </c>
+      <c r="I575" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="576" spans="1:9">
+      <c r="A576" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B576"/>
+      <c r="C576" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D576"/>
+      <c r="E576" t="s">
+        <v>19</v>
+      </c>
+      <c r="F576" t="s">
+        <v>13</v>
+      </c>
+      <c r="G576" t="s">
+        <v>14</v>
+      </c>
+      <c r="H576" t="s">
+        <v>15</v>
+      </c>
+      <c r="I576" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="577" spans="1:9">
+      <c r="A577" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B577"/>
+      <c r="C577" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D577"/>
+      <c r="E577" t="s">
+        <v>19</v>
+      </c>
+      <c r="F577" t="s">
+        <v>13</v>
+      </c>
+      <c r="G577" t="s">
+        <v>14</v>
+      </c>
+      <c r="H577" t="s">
+        <v>15</v>
+      </c>
+      <c r="I577" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="578" spans="1:9">
+      <c r="A578" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B578"/>
+      <c r="C578" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D578"/>
+      <c r="E578" t="s">
+        <v>19</v>
+      </c>
+      <c r="F578" t="s">
+        <v>13</v>
+      </c>
+      <c r="G578" t="s">
+        <v>14</v>
+      </c>
+      <c r="H578" t="s">
+        <v>15</v>
+      </c>
+      <c r="I578" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="579" spans="1:9">
+      <c r="A579" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B579"/>
+      <c r="C579" t="s">
+        <v>83</v>
+      </c>
+      <c r="D579"/>
+      <c r="E579" t="s">
+        <v>19</v>
+      </c>
+      <c r="F579" t="s">
+        <v>13</v>
+      </c>
+      <c r="G579" t="s">
+        <v>14</v>
+      </c>
+      <c r="H579" t="s">
+        <v>15</v>
+      </c>
+      <c r="I579" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="580" spans="1:9">
+      <c r="A580" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B580"/>
+      <c r="C580" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D580"/>
+      <c r="E580" t="s">
+        <v>19</v>
+      </c>
+      <c r="F580" t="s">
+        <v>13</v>
+      </c>
+      <c r="G580" t="s">
+        <v>14</v>
+      </c>
+      <c r="H580" t="s">
+        <v>15</v>
+      </c>
+      <c r="I580" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="581" spans="1:9">
+      <c r="A581" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B581"/>
+      <c r="C581" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D581"/>
+      <c r="E581" t="s">
+        <v>19</v>
+      </c>
+      <c r="F581" t="s">
+        <v>13</v>
+      </c>
+      <c r="G581" t="s">
+        <v>14</v>
+      </c>
+      <c r="H581" t="s">
+        <v>15</v>
+      </c>
+      <c r="I581" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="582" spans="1:9">
+      <c r="A582" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B582"/>
+      <c r="C582" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D582"/>
+      <c r="E582" t="s">
+        <v>19</v>
+      </c>
+      <c r="F582" t="s">
+        <v>13</v>
+      </c>
+      <c r="G582" t="s">
+        <v>14</v>
+      </c>
+      <c r="H582" t="s">
+        <v>15</v>
+      </c>
+      <c r="I582" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="583" spans="1:9">
+      <c r="A583" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B583"/>
+      <c r="C583" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D583"/>
+      <c r="E583" t="s">
+        <v>19</v>
+      </c>
+      <c r="F583" t="s">
+        <v>13</v>
+      </c>
+      <c r="G583" t="s">
+        <v>14</v>
+      </c>
+      <c r="H583" t="s">
+        <v>15</v>
+      </c>
+      <c r="I583" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="584" spans="1:9">
+      <c r="A584" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B584"/>
+      <c r="C584" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D584"/>
+      <c r="E584" t="s">
+        <v>19</v>
+      </c>
+      <c r="F584" t="s">
+        <v>13</v>
+      </c>
+      <c r="G584" t="s">
+        <v>14</v>
+      </c>
+      <c r="H584" t="s">
+        <v>15</v>
+      </c>
+      <c r="I584" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="585" spans="1:9">
+      <c r="A585" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B585"/>
+      <c r="C585" t="s">
+        <v>310</v>
+      </c>
+      <c r="D585"/>
+      <c r="E585" t="s">
+        <v>19</v>
+      </c>
+      <c r="F585" t="s">
+        <v>13</v>
+      </c>
+      <c r="G585" t="s">
+        <v>14</v>
+      </c>
+      <c r="H585" t="s">
+        <v>15</v>
+      </c>
+      <c r="I585" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="586" spans="1:9">
+      <c r="A586" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B586"/>
+      <c r="C586" t="s">
+        <v>974</v>
+      </c>
+      <c r="D586"/>
+      <c r="E586" t="s">
+        <v>19</v>
+      </c>
+      <c r="F586" t="s">
+        <v>13</v>
+      </c>
+      <c r="G586" t="s">
+        <v>14</v>
+      </c>
+      <c r="H586" t="s">
+        <v>15</v>
+      </c>
+      <c r="I586" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="587" spans="1:9">
+      <c r="A587" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B587"/>
+      <c r="C587" t="s">
+        <v>356</v>
+      </c>
+      <c r="D587"/>
+      <c r="E587" t="s">
+        <v>19</v>
+      </c>
+      <c r="F587" t="s">
+        <v>13</v>
+      </c>
+      <c r="G587" t="s">
+        <v>14</v>
+      </c>
+      <c r="H587" t="s">
+        <v>15</v>
+      </c>
+      <c r="I587" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="588" spans="1:9">
+      <c r="A588" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B588"/>
+      <c r="C588" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D588"/>
+      <c r="E588" t="s">
+        <v>19</v>
+      </c>
+      <c r="F588" t="s">
+        <v>13</v>
+      </c>
+      <c r="G588" t="s">
+        <v>14</v>
+      </c>
+      <c r="H588" t="s">
+        <v>15</v>
+      </c>
+      <c r="I588" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="589" spans="1:9">
+      <c r="A589" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B589"/>
+      <c r="C589" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D589"/>
+      <c r="E589" t="s">
+        <v>19</v>
+      </c>
+      <c r="F589" t="s">
+        <v>13</v>
+      </c>
+      <c r="G589" t="s">
+        <v>14</v>
+      </c>
+      <c r="H589" t="s">
+        <v>15</v>
+      </c>
+      <c r="I589" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="590" spans="1:9">
+      <c r="A590" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B590"/>
+      <c r="C590" t="s">
+        <v>755</v>
+      </c>
+      <c r="D590"/>
+      <c r="E590" t="s">
+        <v>19</v>
+      </c>
+      <c r="F590" t="s">
+        <v>13</v>
+      </c>
+      <c r="G590" t="s">
+        <v>14</v>
+      </c>
+      <c r="H590" t="s">
+        <v>15</v>
+      </c>
+      <c r="I590" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="591" spans="1:9">
+      <c r="A591" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B591"/>
+      <c r="C591" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D591"/>
+      <c r="E591" t="s">
+        <v>19</v>
+      </c>
+      <c r="F591" t="s">
+        <v>13</v>
+      </c>
+      <c r="G591" t="s">
+        <v>14</v>
+      </c>
+      <c r="H591" t="s">
+        <v>15</v>
+      </c>
+      <c r="I591" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="592" spans="1:9">
+      <c r="A592" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B592"/>
+      <c r="C592" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D592"/>
+      <c r="E592" t="s">
+        <v>19</v>
+      </c>
+      <c r="F592" t="s">
+        <v>13</v>
+      </c>
+      <c r="G592" t="s">
+        <v>14</v>
+      </c>
+      <c r="H592" t="s">
+        <v>15</v>
+      </c>
+      <c r="I592" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="593" spans="1:9">
+      <c r="A593" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B593"/>
+      <c r="C593" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D593"/>
+      <c r="E593" t="s">
+        <v>19</v>
+      </c>
+      <c r="F593" t="s">
+        <v>13</v>
+      </c>
+      <c r="G593" t="s">
+        <v>14</v>
+      </c>
+      <c r="H593" t="s">
+        <v>15</v>
+      </c>
+      <c r="I593" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="594" spans="1:9">
+      <c r="A594" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B594"/>
+      <c r="C594" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D594"/>
+      <c r="E594" t="s">
+        <v>19</v>
+      </c>
+      <c r="F594" t="s">
+        <v>13</v>
+      </c>
+      <c r="G594" t="s">
+        <v>14</v>
+      </c>
+      <c r="H594" t="s">
+        <v>15</v>
+      </c>
+      <c r="I594" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="595" spans="1:9">
+      <c r="A595" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B595"/>
+      <c r="C595" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D595"/>
+      <c r="E595" t="s">
+        <v>19</v>
+      </c>
+      <c r="F595" t="s">
+        <v>13</v>
+      </c>
+      <c r="G595" t="s">
+        <v>14</v>
+      </c>
+      <c r="H595" t="s">
+        <v>15</v>
+      </c>
+      <c r="I595" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="596" spans="1:9">
+      <c r="A596" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B596"/>
+      <c r="C596" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D596"/>
+      <c r="E596" t="s">
+        <v>19</v>
+      </c>
+      <c r="F596" t="s">
+        <v>13</v>
+      </c>
+      <c r="G596" t="s">
+        <v>14</v>
+      </c>
+      <c r="H596" t="s">
+        <v>15</v>
+      </c>
+      <c r="I596" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="597" spans="1:9">
+      <c r="A597" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B597"/>
+      <c r="C597" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D597"/>
+      <c r="E597" t="s">
+        <v>19</v>
+      </c>
+      <c r="F597" t="s">
+        <v>13</v>
+      </c>
+      <c r="G597" t="s">
+        <v>14</v>
+      </c>
+      <c r="H597" t="s">
+        <v>15</v>
+      </c>
+      <c r="I597" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="598" spans="1:9">
+      <c r="A598" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B598"/>
+      <c r="C598" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D598"/>
+      <c r="E598" t="s">
+        <v>19</v>
+      </c>
+      <c r="F598" t="s">
+        <v>13</v>
+      </c>
+      <c r="G598" t="s">
+        <v>14</v>
+      </c>
+      <c r="H598" t="s">
+        <v>15</v>
+      </c>
+      <c r="I598" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="599" spans="1:9">
+      <c r="A599" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B599"/>
+      <c r="C599" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D599"/>
+      <c r="E599" t="s">
+        <v>19</v>
+      </c>
+      <c r="F599" t="s">
+        <v>13</v>
+      </c>
+      <c r="G599" t="s">
+        <v>14</v>
+      </c>
+      <c r="H599" t="s">
+        <v>15</v>
+      </c>
+      <c r="I599" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="600" spans="1:9">
+      <c r="A600" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B600"/>
+      <c r="C600" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D600"/>
+      <c r="E600" t="s">
+        <v>19</v>
+      </c>
+      <c r="F600" t="s">
+        <v>13</v>
+      </c>
+      <c r="G600" t="s">
+        <v>14</v>
+      </c>
+      <c r="H600" t="s">
+        <v>15</v>
+      </c>
+      <c r="I600" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="601" spans="1:9">
+      <c r="A601" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B601"/>
+      <c r="C601" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D601"/>
+      <c r="E601" t="s">
+        <v>19</v>
+      </c>
+      <c r="F601" t="s">
+        <v>13</v>
+      </c>
+      <c r="G601" t="s">
+        <v>14</v>
+      </c>
+      <c r="H601" t="s">
+        <v>15</v>
+      </c>
+      <c r="I601" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="602" spans="1:9">
+      <c r="A602" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B602"/>
+      <c r="C602" t="s">
+        <v>688</v>
+      </c>
+      <c r="D602"/>
+      <c r="E602" t="s">
+        <v>19</v>
+      </c>
+      <c r="F602" t="s">
+        <v>13</v>
+      </c>
+      <c r="G602" t="s">
+        <v>14</v>
+      </c>
+      <c r="H602" t="s">
+        <v>15</v>
+      </c>
+      <c r="I602" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="603" spans="1:9">
+      <c r="A603" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B603"/>
+      <c r="C603" t="s">
+        <v>868</v>
+      </c>
+      <c r="D603"/>
+      <c r="E603" t="s">
+        <v>19</v>
+      </c>
+      <c r="F603" t="s">
+        <v>13</v>
+      </c>
+      <c r="G603" t="s">
+        <v>14</v>
+      </c>
+      <c r="H603" t="s">
+        <v>15</v>
+      </c>
+      <c r="I603" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="604" spans="1:9">
+      <c r="A604" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B604"/>
+      <c r="C604" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D604"/>
+      <c r="E604" t="s">
+        <v>19</v>
+      </c>
+      <c r="F604" t="s">
+        <v>13</v>
+      </c>
+      <c r="G604" t="s">
+        <v>14</v>
+      </c>
+      <c r="H604" t="s">
+        <v>15</v>
+      </c>
+      <c r="I604" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="605" spans="1:9">
+      <c r="A605" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B605"/>
+      <c r="C605" t="s">
+        <v>59</v>
+      </c>
+      <c r="D605"/>
+      <c r="E605" t="s">
+        <v>19</v>
+      </c>
+      <c r="F605" t="s">
+        <v>13</v>
+      </c>
+      <c r="G605" t="s">
+        <v>14</v>
+      </c>
+      <c r="H605" t="s">
+        <v>15</v>
+      </c>
+      <c r="I605" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="606" spans="1:9">
+      <c r="A606" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B606"/>
+      <c r="C606" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D606"/>
+      <c r="E606" t="s">
+        <v>19</v>
+      </c>
+      <c r="F606" t="s">
+        <v>13</v>
+      </c>
+      <c r="G606" t="s">
+        <v>14</v>
+      </c>
+      <c r="H606" t="s">
+        <v>15</v>
+      </c>
+      <c r="I606" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="607" spans="1:9">
+      <c r="A607" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B607"/>
+      <c r="C607" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D607"/>
+      <c r="E607" t="s">
+        <v>19</v>
+      </c>
+      <c r="F607" t="s">
+        <v>13</v>
+      </c>
+      <c r="G607" t="s">
+        <v>14</v>
+      </c>
+      <c r="H607" t="s">
+        <v>15</v>
+      </c>
+      <c r="I607" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="608" spans="1:9">
+      <c r="A608" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B608"/>
+      <c r="C608" t="s">
+        <v>668</v>
+      </c>
+      <c r="D608"/>
+      <c r="E608" t="s">
+        <v>19</v>
+      </c>
+      <c r="F608" t="s">
+        <v>13</v>
+      </c>
+      <c r="G608" t="s">
+        <v>14</v>
+      </c>
+      <c r="H608" t="s">
+        <v>15</v>
+      </c>
+      <c r="I608" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="609" spans="1:9">
+      <c r="A609" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B609"/>
+      <c r="C609" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D609"/>
+      <c r="E609" t="s">
+        <v>19</v>
+      </c>
+      <c r="F609" t="s">
+        <v>13</v>
+      </c>
+      <c r="G609" t="s">
+        <v>14</v>
+      </c>
+      <c r="H609" t="s">
+        <v>15</v>
+      </c>
+      <c r="I609" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="610" spans="1:9">
+      <c r="A610" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B610"/>
+      <c r="C610" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D610"/>
+      <c r="E610" t="s">
+        <v>19</v>
+      </c>
+      <c r="F610" t="s">
+        <v>13</v>
+      </c>
+      <c r="G610" t="s">
+        <v>14</v>
+      </c>
+      <c r="H610" t="s">
+        <v>15</v>
+      </c>
+      <c r="I610" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="611" spans="1:9">
+      <c r="A611" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B611"/>
+      <c r="C611" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D611"/>
+      <c r="E611" t="s">
+        <v>19</v>
+      </c>
+      <c r="F611" t="s">
+        <v>13</v>
+      </c>
+      <c r="G611" t="s">
+        <v>14</v>
+      </c>
+      <c r="H611" t="s">
+        <v>15</v>
+      </c>
+      <c r="I611" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="612" spans="1:9">
+      <c r="A612" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B612"/>
+      <c r="C612" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D612"/>
+      <c r="E612" t="s">
+        <v>19</v>
+      </c>
+      <c r="F612" t="s">
+        <v>13</v>
+      </c>
+      <c r="G612" t="s">
+        <v>14</v>
+      </c>
+      <c r="H612" t="s">
+        <v>15</v>
+      </c>
+      <c r="I612" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="613" spans="1:9">
+      <c r="A613" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B613"/>
+      <c r="C613" t="s">
+        <v>83</v>
+      </c>
+      <c r="D613"/>
+      <c r="E613" t="s">
+        <v>19</v>
+      </c>
+      <c r="F613" t="s">
+        <v>13</v>
+      </c>
+      <c r="G613" t="s">
+        <v>14</v>
+      </c>
+      <c r="H613" t="s">
+        <v>15</v>
+      </c>
+      <c r="I613" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="614" spans="1:9">
+      <c r="A614" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B614"/>
+      <c r="C614" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D614"/>
+      <c r="E614" t="s">
+        <v>19</v>
+      </c>
+      <c r="F614" t="s">
+        <v>13</v>
+      </c>
+      <c r="G614" t="s">
+        <v>14</v>
+      </c>
+      <c r="H614" t="s">
+        <v>15</v>
+      </c>
+      <c r="I614" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="615" spans="1:9">
+      <c r="A615" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B615"/>
+      <c r="C615" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D615"/>
+      <c r="E615" t="s">
+        <v>19</v>
+      </c>
+      <c r="F615" t="s">
+        <v>13</v>
+      </c>
+      <c r="G615" t="s">
+        <v>14</v>
+      </c>
+      <c r="H615" t="s">
+        <v>15</v>
+      </c>
+      <c r="I615" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="616" spans="1:9">
+      <c r="A616" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B616"/>
+      <c r="C616" t="s">
+        <v>104</v>
+      </c>
+      <c r="D616"/>
+      <c r="E616" t="s">
+        <v>19</v>
+      </c>
+      <c r="F616" t="s">
+        <v>13</v>
+      </c>
+      <c r="G616" t="s">
+        <v>14</v>
+      </c>
+      <c r="H616" t="s">
+        <v>15</v>
+      </c>
+      <c r="I616" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="617" spans="1:9">
+      <c r="A617" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B617"/>
+      <c r="C617" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D617"/>
+      <c r="E617" t="s">
+        <v>19</v>
+      </c>
+      <c r="F617" t="s">
+        <v>13</v>
+      </c>
+      <c r="G617" t="s">
+        <v>14</v>
+      </c>
+      <c r="H617" t="s">
+        <v>15</v>
+      </c>
+      <c r="I617" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="618" spans="1:9">
+      <c r="A618" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B618"/>
+      <c r="C618" t="s">
+        <v>668</v>
+      </c>
+      <c r="D618"/>
+      <c r="E618" t="s">
+        <v>19</v>
+      </c>
+      <c r="F618" t="s">
+        <v>13</v>
+      </c>
+      <c r="G618" t="s">
+        <v>14</v>
+      </c>
+      <c r="H618" t="s">
+        <v>15</v>
+      </c>
+      <c r="I618" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="619" spans="1:9">
+      <c r="A619" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B619"/>
+      <c r="C619" t="s">
+        <v>87</v>
+      </c>
+      <c r="D619"/>
+      <c r="E619" t="s">
+        <v>19</v>
+      </c>
+      <c r="F619" t="s">
+        <v>13</v>
+      </c>
+      <c r="G619" t="s">
+        <v>14</v>
+      </c>
+      <c r="H619" t="s">
+        <v>15</v>
+      </c>
+      <c r="I619" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="620" spans="1:9">
+      <c r="A620" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B620"/>
+      <c r="C620" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D620"/>
+      <c r="E620" t="s">
+        <v>19</v>
+      </c>
+      <c r="F620" t="s">
+        <v>13</v>
+      </c>
+      <c r="G620" t="s">
+        <v>14</v>
+      </c>
+      <c r="H620" t="s">
+        <v>15</v>
+      </c>
+      <c r="I620" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="621" spans="1:9">
+      <c r="A621" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B621"/>
+      <c r="C621" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D621"/>
+      <c r="E621" t="s">
+        <v>19</v>
+      </c>
+      <c r="F621" t="s">
+        <v>13</v>
+      </c>
+      <c r="G621" t="s">
+        <v>14</v>
+      </c>
+      <c r="H621" t="s">
+        <v>15</v>
+      </c>
+      <c r="I621" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="622" spans="1:9">
+      <c r="A622" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B622"/>
+      <c r="C622" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D622"/>
+      <c r="E622" t="s">
+        <v>19</v>
+      </c>
+      <c r="F622" t="s">
+        <v>13</v>
+      </c>
+      <c r="G622" t="s">
+        <v>14</v>
+      </c>
+      <c r="H622" t="s">
+        <v>15</v>
+      </c>
+      <c r="I622" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="623" spans="1:9">
+      <c r="A623" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B623"/>
+      <c r="C623" t="s">
+        <v>35</v>
+      </c>
+      <c r="D623"/>
+      <c r="E623" t="s">
+        <v>19</v>
+      </c>
+      <c r="F623" t="s">
+        <v>13</v>
+      </c>
+      <c r="G623" t="s">
+        <v>14</v>
+      </c>
+      <c r="H623" t="s">
+        <v>15</v>
+      </c>
+      <c r="I623" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="624" spans="1:9">
+      <c r="A624" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B624"/>
+      <c r="C624" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D624"/>
+      <c r="E624" t="s">
+        <v>19</v>
+      </c>
+      <c r="F624" t="s">
+        <v>13</v>
+      </c>
+      <c r="G624" t="s">
+        <v>14</v>
+      </c>
+      <c r="H624" t="s">
+        <v>15</v>
+      </c>
+      <c r="I624" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="625" spans="1:9">
+      <c r="A625" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B625"/>
+      <c r="C625" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D625"/>
+      <c r="E625" t="s">
+        <v>19</v>
+      </c>
+      <c r="F625" t="s">
+        <v>13</v>
+      </c>
+      <c r="G625" t="s">
+        <v>14</v>
+      </c>
+      <c r="H625" t="s">
+        <v>15</v>
+      </c>
+      <c r="I625" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="626" spans="1:9">
+      <c r="A626" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B626"/>
+      <c r="C626" t="s">
+        <v>167</v>
+      </c>
+      <c r="D626"/>
+      <c r="E626" t="s">
+        <v>19</v>
+      </c>
+      <c r="F626" t="s">
+        <v>13</v>
+      </c>
+      <c r="G626" t="s">
+        <v>14</v>
+      </c>
+      <c r="H626" t="s">
+        <v>15</v>
+      </c>
+      <c r="I626" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="627" spans="1:9">
+      <c r="A627" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B627"/>
+      <c r="C627" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D627"/>
+      <c r="E627" t="s">
+        <v>19</v>
+      </c>
+      <c r="F627" t="s">
+        <v>13</v>
+      </c>
+      <c r="G627" t="s">
+        <v>14</v>
+      </c>
+      <c r="H627" t="s">
+        <v>15</v>
+      </c>
+      <c r="I627" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="628" spans="1:9">
+      <c r="A628" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B628"/>
+      <c r="C628" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D628"/>
+      <c r="E628" t="s">
+        <v>19</v>
+      </c>
+      <c r="F628" t="s">
+        <v>13</v>
+      </c>
+      <c r="G628" t="s">
+        <v>14</v>
+      </c>
+      <c r="H628" t="s">
+        <v>15</v>
+      </c>
+      <c r="I628" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="629" spans="1:9">
+      <c r="A629" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B629"/>
+      <c r="C629" t="s">
+        <v>100</v>
+      </c>
+      <c r="D629"/>
+      <c r="E629" t="s">
+        <v>19</v>
+      </c>
+      <c r="F629" t="s">
+        <v>13</v>
+      </c>
+      <c r="G629" t="s">
+        <v>14</v>
+      </c>
+      <c r="H629" t="s">
+        <v>15</v>
+      </c>
+      <c r="I629" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="630" spans="1:9">
+      <c r="A630" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B630"/>
+      <c r="C630" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D630"/>
+      <c r="E630" t="s">
+        <v>19</v>
+      </c>
+      <c r="F630" t="s">
+        <v>13</v>
+      </c>
+      <c r="G630" t="s">
+        <v>14</v>
+      </c>
+      <c r="H630" t="s">
+        <v>15</v>
+      </c>
+      <c r="I630" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="631" spans="1:9">
+      <c r="A631" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B631"/>
+      <c r="C631" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D631"/>
+      <c r="E631" t="s">
+        <v>19</v>
+      </c>
+      <c r="F631" t="s">
+        <v>13</v>
+      </c>
+      <c r="G631" t="s">
+        <v>14</v>
+      </c>
+      <c r="H631" t="s">
+        <v>15</v>
+      </c>
+      <c r="I631" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="632" spans="1:9">
+      <c r="A632" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B632"/>
+      <c r="C632" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D632"/>
+      <c r="E632" t="s">
+        <v>19</v>
+      </c>
+      <c r="F632" t="s">
+        <v>13</v>
+      </c>
+      <c r="G632" t="s">
+        <v>14</v>
+      </c>
+      <c r="H632" t="s">
+        <v>15</v>
+      </c>
+      <c r="I632" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="633" spans="1:9">
+      <c r="A633" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B633"/>
+      <c r="C633" t="s">
+        <v>350</v>
+      </c>
+      <c r="D633"/>
+      <c r="E633" t="s">
+        <v>19</v>
+      </c>
+      <c r="F633" t="s">
+        <v>13</v>
+      </c>
+      <c r="G633" t="s">
+        <v>14</v>
+      </c>
+      <c r="H633" t="s">
+        <v>15</v>
+      </c>
+      <c r="I633" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="634" spans="1:9">
+      <c r="A634" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B634"/>
+      <c r="C634" t="s">
+        <v>35</v>
+      </c>
+      <c r="D634"/>
+      <c r="E634" t="s">
+        <v>19</v>
+      </c>
+      <c r="F634" t="s">
+        <v>13</v>
+      </c>
+      <c r="G634" t="s">
+        <v>14</v>
+      </c>
+      <c r="H634" t="s">
+        <v>15</v>
+      </c>
+      <c r="I634" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="635" spans="1:9">
+      <c r="A635" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B635"/>
+      <c r="C635" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D635"/>
+      <c r="E635" t="s">
+        <v>19</v>
+      </c>
+      <c r="F635" t="s">
+        <v>13</v>
+      </c>
+      <c r="G635" t="s">
+        <v>14</v>
+      </c>
+      <c r="H635" t="s">
+        <v>15</v>
+      </c>
+      <c r="I635" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="636" spans="1:9">
+      <c r="A636" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B636"/>
+      <c r="C636" t="s">
+        <v>156</v>
+      </c>
+      <c r="D636"/>
+      <c r="E636" t="s">
+        <v>19</v>
+      </c>
+      <c r="F636" t="s">
+        <v>13</v>
+      </c>
+      <c r="G636" t="s">
+        <v>14</v>
+      </c>
+      <c r="H636" t="s">
+        <v>15</v>
+      </c>
+      <c r="I636" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="637" spans="1:9">
+      <c r="A637" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B637"/>
+      <c r="C637" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D637"/>
+      <c r="E637" t="s">
+        <v>19</v>
+      </c>
+      <c r="F637" t="s">
+        <v>13</v>
+      </c>
+      <c r="G637" t="s">
+        <v>14</v>
+      </c>
+      <c r="H637" t="s">
+        <v>15</v>
+      </c>
+      <c r="I637" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="638" spans="1:9">
+      <c r="A638" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B638"/>
+      <c r="C638" t="s">
+        <v>156</v>
+      </c>
+      <c r="D638"/>
+      <c r="E638" t="s">
+        <v>19</v>
+      </c>
+      <c r="F638" t="s">
+        <v>13</v>
+      </c>
+      <c r="G638" t="s">
+        <v>14</v>
+      </c>
+      <c r="H638" t="s">
+        <v>15</v>
+      </c>
+      <c r="I638" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="639" spans="1:9">
+      <c r="A639" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B639"/>
+      <c r="C639" t="s">
+        <v>167</v>
+      </c>
+      <c r="D639"/>
+      <c r="E639" t="s">
+        <v>19</v>
+      </c>
+      <c r="F639" t="s">
+        <v>13</v>
+      </c>
+      <c r="G639" t="s">
+        <v>14</v>
+      </c>
+      <c r="H639" t="s">
+        <v>15</v>
+      </c>
+      <c r="I639" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="640" spans="1:9">
+      <c r="A640" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B640"/>
+      <c r="C640" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D640"/>
+      <c r="E640" t="s">
+        <v>19</v>
+      </c>
+      <c r="F640" t="s">
+        <v>13</v>
+      </c>
+      <c r="G640" t="s">
+        <v>14</v>
+      </c>
+      <c r="H640" t="s">
+        <v>15</v>
+      </c>
+      <c r="I640" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="641" spans="1:9">
+      <c r="A641" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B641"/>
+      <c r="C641" t="s">
+        <v>135</v>
+      </c>
+      <c r="D641"/>
+      <c r="E641" t="s">
+        <v>19</v>
+      </c>
+      <c r="F641" t="s">
+        <v>13</v>
+      </c>
+      <c r="G641" t="s">
+        <v>14</v>
+      </c>
+      <c r="H641" t="s">
+        <v>15</v>
+      </c>
+      <c r="I641" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="642" spans="1:9">
+      <c r="A642" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B642"/>
+      <c r="C642" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D642"/>
+      <c r="E642" t="s">
+        <v>19</v>
+      </c>
+      <c r="F642" t="s">
+        <v>13</v>
+      </c>
+      <c r="G642" t="s">
+        <v>14</v>
+      </c>
+      <c r="H642" t="s">
+        <v>15</v>
+      </c>
+      <c r="I642" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="643" spans="1:9">
+      <c r="A643" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B643"/>
+      <c r="C643" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D643"/>
+      <c r="E643" t="s">
+        <v>19</v>
+      </c>
+      <c r="F643" t="s">
+        <v>13</v>
+      </c>
+      <c r="G643" t="s">
+        <v>14</v>
+      </c>
+      <c r="H643" t="s">
+        <v>15</v>
+      </c>
+      <c r="I643" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="644" spans="1:9">
+      <c r="A644" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B644"/>
+      <c r="C644" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D644"/>
+      <c r="E644" t="s">
+        <v>19</v>
+      </c>
+      <c r="F644" t="s">
+        <v>13</v>
+      </c>
+      <c r="G644" t="s">
+        <v>14</v>
+      </c>
+      <c r="H644" t="s">
+        <v>15</v>
+      </c>
+      <c r="I644" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="645" spans="1:9">
+      <c r="A645" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B645"/>
+      <c r="C645" t="s">
+        <v>847</v>
+      </c>
+      <c r="D645"/>
+      <c r="E645" t="s">
+        <v>19</v>
+      </c>
+      <c r="F645" t="s">
+        <v>13</v>
+      </c>
+      <c r="G645" t="s">
+        <v>14</v>
+      </c>
+      <c r="H645" t="s">
+        <v>15</v>
+      </c>
+      <c r="I645" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="646" spans="1:9">
+      <c r="A646" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B646"/>
+      <c r="C646" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D646"/>
+      <c r="E646" t="s">
+        <v>19</v>
+      </c>
+      <c r="F646" t="s">
+        <v>13</v>
+      </c>
+      <c r="G646" t="s">
+        <v>14</v>
+      </c>
+      <c r="H646" t="s">
+        <v>15</v>
+      </c>
+      <c r="I646" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="647" spans="1:9">
+      <c r="A647" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B647"/>
+      <c r="C647" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D647"/>
+      <c r="E647" t="s">
+        <v>19</v>
+      </c>
+      <c r="F647" t="s">
+        <v>13</v>
+      </c>
+      <c r="G647" t="s">
+        <v>14</v>
+      </c>
+      <c r="H647" t="s">
+        <v>15</v>
+      </c>
+      <c r="I647" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="648" spans="1:9">
+      <c r="A648" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B648"/>
+      <c r="C648" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D648"/>
+      <c r="E648" t="s">
+        <v>19</v>
+      </c>
+      <c r="F648" t="s">
+        <v>13</v>
+      </c>
+      <c r="G648" t="s">
+        <v>14</v>
+      </c>
+      <c r="H648" t="s">
+        <v>15</v>
+      </c>
+      <c r="I648" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="649" spans="1:9">
+      <c r="A649" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B649"/>
+      <c r="C649" t="s">
+        <v>197</v>
+      </c>
+      <c r="D649"/>
+      <c r="E649" t="s">
+        <v>19</v>
+      </c>
+      <c r="F649" t="s">
+        <v>13</v>
+      </c>
+      <c r="G649" t="s">
+        <v>14</v>
+      </c>
+      <c r="H649" t="s">
+        <v>15</v>
+      </c>
+      <c r="I649" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="650" spans="1:9">
+      <c r="A650" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B650"/>
+      <c r="C650" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D650"/>
+      <c r="E650" t="s">
+        <v>19</v>
+      </c>
+      <c r="F650" t="s">
+        <v>13</v>
+      </c>
+      <c r="G650" t="s">
+        <v>14</v>
+      </c>
+      <c r="H650" t="s">
+        <v>15</v>
+      </c>
+      <c r="I650" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="651" spans="1:9">
+      <c r="A651" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B651"/>
+      <c r="C651" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D651"/>
+      <c r="E651" t="s">
+        <v>19</v>
+      </c>
+      <c r="F651" t="s">
+        <v>13</v>
+      </c>
+      <c r="G651" t="s">
+        <v>14</v>
+      </c>
+      <c r="H651" t="s">
+        <v>15</v>
+      </c>
+      <c r="I651" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="652" spans="1:9">
+      <c r="A652" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B652"/>
+      <c r="C652" t="s">
+        <v>534</v>
+      </c>
+      <c r="D652"/>
+      <c r="E652" t="s">
+        <v>19</v>
+      </c>
+      <c r="F652" t="s">
+        <v>13</v>
+      </c>
+      <c r="G652" t="s">
+        <v>14</v>
+      </c>
+      <c r="H652" t="s">
+        <v>15</v>
+      </c>
+      <c r="I652" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="653" spans="1:9">
+      <c r="A653" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B653"/>
+      <c r="C653" t="s">
+        <v>464</v>
+      </c>
+      <c r="D653"/>
+      <c r="E653" t="s">
+        <v>19</v>
+      </c>
+      <c r="F653" t="s">
+        <v>13</v>
+      </c>
+      <c r="G653" t="s">
+        <v>14</v>
+      </c>
+      <c r="H653" t="s">
+        <v>15</v>
+      </c>
+      <c r="I653" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="654" spans="1:9">
+      <c r="A654" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B654"/>
+      <c r="C654" t="s">
+        <v>448</v>
+      </c>
+      <c r="D654"/>
+      <c r="E654" t="s">
+        <v>19</v>
+      </c>
+      <c r="F654" t="s">
+        <v>13</v>
+      </c>
+      <c r="G654" t="s">
+        <v>14</v>
+      </c>
+      <c r="H654" t="s">
+        <v>15</v>
+      </c>
+      <c r="I654" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="655" spans="1:9">
+      <c r="A655" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B655"/>
+      <c r="C655" t="s">
+        <v>148</v>
+      </c>
+      <c r="D655"/>
+      <c r="E655" t="s">
+        <v>19</v>
+      </c>
+      <c r="F655" t="s">
+        <v>13</v>
+      </c>
+      <c r="G655" t="s">
+        <v>14</v>
+      </c>
+      <c r="H655" t="s">
+        <v>15</v>
+      </c>
+      <c r="I655" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="656" spans="1:9">
+      <c r="A656" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B656"/>
+      <c r="C656" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D656"/>
+      <c r="E656" t="s">
+        <v>19</v>
+      </c>
+      <c r="F656" t="s">
+        <v>13</v>
+      </c>
+      <c r="G656" t="s">
+        <v>14</v>
+      </c>
+      <c r="H656" t="s">
+        <v>15</v>
+      </c>
+      <c r="I656" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="657" spans="1:9">
+      <c r="A657" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B657"/>
+      <c r="C657" t="s">
+        <v>468</v>
+      </c>
+      <c r="D657"/>
+      <c r="E657" t="s">
+        <v>19</v>
+      </c>
+      <c r="F657" t="s">
+        <v>13</v>
+      </c>
+      <c r="G657" t="s">
+        <v>14</v>
+      </c>
+      <c r="H657" t="s">
+        <v>15</v>
+      </c>
+      <c r="I657" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="658" spans="1:9">
+      <c r="A658" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B658"/>
+      <c r="C658" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D658"/>
+      <c r="E658" t="s">
+        <v>19</v>
+      </c>
+      <c r="F658" t="s">
+        <v>13</v>
+      </c>
+      <c r="G658" t="s">
+        <v>14</v>
+      </c>
+      <c r="H658" t="s">
+        <v>15</v>
+      </c>
+      <c r="I658" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="659" spans="1:9">
+      <c r="A659" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B659"/>
+      <c r="C659" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D659"/>
+      <c r="E659" t="s">
+        <v>19</v>
+      </c>
+      <c r="F659" t="s">
+        <v>13</v>
+      </c>
+      <c r="G659" t="s">
+        <v>14</v>
+      </c>
+      <c r="H659" t="s">
+        <v>15</v>
+      </c>
+      <c r="I659" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="660" spans="1:9">
+      <c r="A660" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B660"/>
+      <c r="C660" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D660"/>
+      <c r="E660" t="s">
+        <v>19</v>
+      </c>
+      <c r="F660" t="s">
+        <v>13</v>
+      </c>
+      <c r="G660" t="s">
+        <v>14</v>
+      </c>
+      <c r="H660" t="s">
+        <v>15</v>
+      </c>
+      <c r="I660" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="661" spans="1:9">
+      <c r="A661" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B661"/>
+      <c r="C661" t="s">
+        <v>470</v>
+      </c>
+      <c r="D661"/>
+      <c r="E661" t="s">
+        <v>19</v>
+      </c>
+      <c r="F661" t="s">
+        <v>13</v>
+      </c>
+      <c r="G661" t="s">
+        <v>14</v>
+      </c>
+      <c r="H661" t="s">
+        <v>15</v>
+      </c>
+      <c r="I661" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="662" spans="1:9">
+      <c r="A662" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B662"/>
+      <c r="C662" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D662"/>
+      <c r="E662" t="s">
+        <v>19</v>
+      </c>
+      <c r="F662" t="s">
+        <v>13</v>
+      </c>
+      <c r="G662" t="s">
+        <v>14</v>
+      </c>
+      <c r="H662" t="s">
+        <v>15</v>
+      </c>
+      <c r="I662" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="663" spans="1:9">
+      <c r="A663" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B663"/>
+      <c r="C663" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D663"/>
+      <c r="E663" t="s">
+        <v>19</v>
+      </c>
+      <c r="F663" t="s">
+        <v>13</v>
+      </c>
+      <c r="G663" t="s">
+        <v>14</v>
+      </c>
+      <c r="H663" t="s">
+        <v>15</v>
+      </c>
+      <c r="I663" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="664" spans="1:9">
+      <c r="A664" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B664"/>
+      <c r="C664" t="s">
+        <v>253</v>
+      </c>
+      <c r="D664"/>
+      <c r="E664" t="s">
+        <v>19</v>
+      </c>
+      <c r="F664" t="s">
+        <v>13</v>
+      </c>
+      <c r="G664" t="s">
+        <v>14</v>
+      </c>
+      <c r="H664" t="s">
+        <v>15</v>
+      </c>
+      <c r="I664" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="665" spans="1:9">
+      <c r="A665" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B665"/>
+      <c r="C665" t="s">
+        <v>375</v>
+      </c>
+      <c r="D665"/>
+      <c r="E665" t="s">
+        <v>19</v>
+      </c>
+      <c r="F665" t="s">
+        <v>13</v>
+      </c>
+      <c r="G665" t="s">
+        <v>14</v>
+      </c>
+      <c r="H665" t="s">
+        <v>15</v>
+      </c>
+      <c r="I665" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="666" spans="1:9">
+      <c r="A666" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B666"/>
+      <c r="C666" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D666"/>
+      <c r="E666" t="s">
+        <v>19</v>
+      </c>
+      <c r="F666" t="s">
+        <v>13</v>
+      </c>
+      <c r="G666" t="s">
+        <v>14</v>
+      </c>
+      <c r="H666" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I666"/>
+    </row>
+    <row r="667" spans="1:9">
+      <c r="A667" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B667"/>
+      <c r="C667" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D667"/>
+      <c r="E667" t="s">
+        <v>19</v>
+      </c>
+      <c r="F667" t="s">
+        <v>13</v>
+      </c>
+      <c r="G667" t="s">
+        <v>14</v>
+      </c>
+      <c r="H667" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I667"/>
+    </row>
+    <row r="668" spans="1:9">
+      <c r="A668" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B668"/>
+      <c r="C668" t="s">
+        <v>379</v>
+      </c>
+      <c r="D668"/>
+      <c r="E668" t="s">
+        <v>19</v>
+      </c>
+      <c r="F668" t="s">
+        <v>13</v>
+      </c>
+      <c r="G668" t="s">
+        <v>14</v>
+      </c>
+      <c r="H668" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I668"/>
+    </row>
+    <row r="669" spans="1:9">
+      <c r="A669" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B669"/>
+      <c r="C669" t="s">
+        <v>464</v>
+      </c>
+      <c r="D669"/>
+      <c r="E669" t="s">
+        <v>19</v>
+      </c>
+      <c r="F669" t="s">
+        <v>13</v>
+      </c>
+      <c r="G669" t="s">
+        <v>14</v>
+      </c>
+      <c r="H669" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I669"/>
+    </row>
+    <row r="670" spans="1:9">
+      <c r="A670" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B670"/>
+      <c r="C670" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D670"/>
+      <c r="E670" t="s">
+        <v>19</v>
+      </c>
+      <c r="F670" t="s">
+        <v>13</v>
+      </c>
+      <c r="G670" t="s">
+        <v>14</v>
+      </c>
+      <c r="H670" t="s">
+        <v>15</v>
+      </c>
+      <c r="I670" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="671" spans="1:9">
+      <c r="A671" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B671"/>
+      <c r="C671" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D671"/>
+      <c r="E671" t="s">
+        <v>19</v>
+      </c>
+      <c r="F671" t="s">
+        <v>13</v>
+      </c>
+      <c r="G671" t="s">
+        <v>14</v>
+      </c>
+      <c r="H671" t="s">
+        <v>15</v>
+      </c>
+      <c r="I671" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="672" spans="1:9">
+      <c r="A672" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B672"/>
+      <c r="C672" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D672"/>
+      <c r="E672" t="s">
+        <v>19</v>
+      </c>
+      <c r="F672" t="s">
+        <v>13</v>
+      </c>
+      <c r="G672" t="s">
+        <v>14</v>
+      </c>
+      <c r="H672" t="s">
+        <v>15</v>
+      </c>
+      <c r="I672" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="673" spans="1:9">
+      <c r="A673" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B673"/>
+      <c r="C673" t="s">
+        <v>488</v>
+      </c>
+      <c r="D673"/>
+      <c r="E673" t="s">
+        <v>19</v>
+      </c>
+      <c r="F673" t="s">
+        <v>13</v>
+      </c>
+      <c r="G673" t="s">
+        <v>14</v>
+      </c>
+      <c r="H673" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I673"/>
+    </row>
+    <row r="674" spans="1:9">
+      <c r="A674" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B674"/>
+      <c r="C674" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D674"/>
+      <c r="E674" t="s">
+        <v>19</v>
+      </c>
+      <c r="F674" t="s">
+        <v>13</v>
+      </c>
+      <c r="G674" t="s">
+        <v>14</v>
+      </c>
+      <c r="H674" t="s">
+        <v>15</v>
+      </c>
+      <c r="I674" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="675" spans="1:9">
+      <c r="A675" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B675"/>
+      <c r="C675" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D675"/>
+      <c r="E675" t="s">
+        <v>19</v>
+      </c>
+      <c r="F675" t="s">
+        <v>13</v>
+      </c>
+      <c r="G675" t="s">
+        <v>14</v>
+      </c>
+      <c r="H675" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I675"/>
+    </row>
+    <row r="676" spans="1:9">
+      <c r="A676" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B676"/>
+      <c r="C676" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D676"/>
+      <c r="E676" t="s">
+        <v>19</v>
+      </c>
+      <c r="F676" t="s">
+        <v>13</v>
+      </c>
+      <c r="G676" t="s">
+        <v>14</v>
+      </c>
+      <c r="H676" t="s">
+        <v>15</v>
+      </c>
+      <c r="I676" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="677" spans="1:9">
+      <c r="A677" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B677"/>
+      <c r="C677" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D677"/>
+      <c r="E677" t="s">
+        <v>19</v>
+      </c>
+      <c r="F677" t="s">
+        <v>13</v>
+      </c>
+      <c r="G677" t="s">
+        <v>14</v>
+      </c>
+      <c r="H677" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I677" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="678" spans="1:9">
+      <c r="A678" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B678"/>
+      <c r="C678" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D678"/>
+      <c r="E678" t="s">
+        <v>19</v>
+      </c>
+      <c r="F678" t="s">
+        <v>13</v>
+      </c>
+      <c r="G678" t="s">
+        <v>14</v>
+      </c>
+      <c r="H678" t="s">
+        <v>15</v>
+      </c>
+      <c r="I678" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="679" spans="1:9">
+      <c r="A679" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B679"/>
+      <c r="C679" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D679"/>
+      <c r="E679" t="s">
+        <v>19</v>
+      </c>
+      <c r="F679" t="s">
+        <v>13</v>
+      </c>
+      <c r="G679" t="s">
+        <v>14</v>
+      </c>
+      <c r="H679" t="s">
+        <v>15</v>
+      </c>
+      <c r="I679" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="680" spans="1:9">
+      <c r="A680" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B680"/>
+      <c r="C680" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D680"/>
+      <c r="E680" t="s">
+        <v>19</v>
+      </c>
+      <c r="F680" t="s">
+        <v>13</v>
+      </c>
+      <c r="G680" t="s">
+        <v>14</v>
+      </c>
+      <c r="H680" t="s">
+        <v>15</v>
+      </c>
+      <c r="I680" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="681" spans="1:9">
+      <c r="A681" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B681"/>
+      <c r="C681" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D681"/>
+      <c r="E681" t="s">
+        <v>19</v>
+      </c>
+      <c r="F681" t="s">
+        <v>13</v>
+      </c>
+      <c r="G681" t="s">
+        <v>14</v>
+      </c>
+      <c r="H681" t="s">
+        <v>15</v>
+      </c>
+      <c r="I681" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="682" spans="1:9">
+      <c r="A682" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B682"/>
+      <c r="C682" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D682"/>
+      <c r="E682" t="s">
+        <v>19</v>
+      </c>
+      <c r="F682" t="s">
+        <v>13</v>
+      </c>
+      <c r="G682" t="s">
+        <v>14</v>
+      </c>
+      <c r="H682" t="s">
+        <v>15</v>
+      </c>
+      <c r="I682" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="683" spans="1:9">
+      <c r="A683" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B683"/>
+      <c r="C683" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D683"/>
+      <c r="E683" t="s">
+        <v>19</v>
+      </c>
+      <c r="F683" t="s">
+        <v>13</v>
+      </c>
+      <c r="G683" t="s">
+        <v>14</v>
+      </c>
+      <c r="H683" t="s">
+        <v>15</v>
+      </c>
+      <c r="I683" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="684" spans="1:9">
+      <c r="A684" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B684"/>
+      <c r="C684" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D684"/>
+      <c r="E684" t="s">
+        <v>19</v>
+      </c>
+      <c r="F684" t="s">
+        <v>13</v>
+      </c>
+      <c r="G684" t="s">
+        <v>14</v>
+      </c>
+      <c r="H684" t="s">
+        <v>15</v>
+      </c>
+      <c r="I684" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="685" spans="1:9">
+      <c r="A685" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B685"/>
+      <c r="C685" t="s">
+        <v>442</v>
+      </c>
+      <c r="D685"/>
+      <c r="E685" t="s">
+        <v>19</v>
+      </c>
+      <c r="F685" t="s">
+        <v>13</v>
+      </c>
+      <c r="G685" t="s">
+        <v>14</v>
+      </c>
+      <c r="H685" t="s">
+        <v>15</v>
+      </c>
+      <c r="I685" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="686" spans="1:9">
+      <c r="A686" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B686"/>
+      <c r="C686" t="s">
+        <v>755</v>
+      </c>
+      <c r="D686"/>
+      <c r="E686" t="s">
+        <v>19</v>
+      </c>
+      <c r="F686" t="s">
+        <v>13</v>
+      </c>
+      <c r="G686" t="s">
+        <v>14</v>
+      </c>
+      <c r="H686" t="s">
+        <v>15</v>
+      </c>
+      <c r="I686" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="687" spans="1:9">
+      <c r="A687" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B687"/>
+      <c r="C687" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D687"/>
+      <c r="E687" t="s">
+        <v>19</v>
+      </c>
+      <c r="F687" t="s">
+        <v>13</v>
+      </c>
+      <c r="G687" t="s">
+        <v>14</v>
+      </c>
+      <c r="H687" t="s">
+        <v>15</v>
+      </c>
+      <c r="I687" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="688" spans="1:9">
+      <c r="A688" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B688"/>
+      <c r="C688" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D688"/>
+      <c r="E688" t="s">
+        <v>19</v>
+      </c>
+      <c r="F688" t="s">
+        <v>13</v>
+      </c>
+      <c r="G688" t="s">
+        <v>14</v>
+      </c>
+      <c r="H688" t="s">
+        <v>15</v>
+      </c>
+      <c r="I688" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="689" spans="1:9">
+      <c r="A689" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B689"/>
+      <c r="C689" t="s">
+        <v>540</v>
+      </c>
+      <c r="D689"/>
+      <c r="E689" t="s">
+        <v>19</v>
+      </c>
+      <c r="F689" t="s">
+        <v>13</v>
+      </c>
+      <c r="G689" t="s">
+        <v>14</v>
+      </c>
+      <c r="H689" t="s">
+        <v>15</v>
+      </c>
+      <c r="I689" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="690" spans="1:9">
+      <c r="A690" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B690"/>
+      <c r="C690" t="s">
+        <v>220</v>
+      </c>
+      <c r="D690"/>
+      <c r="E690" t="s">
+        <v>19</v>
+      </c>
+      <c r="F690" t="s">
+        <v>13</v>
+      </c>
+      <c r="G690" t="s">
+        <v>14</v>
+      </c>
+      <c r="H690" t="s">
+        <v>15</v>
+      </c>
+      <c r="I690" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="691" spans="1:9">
+      <c r="A691" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B691"/>
+      <c r="C691" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D691"/>
+      <c r="E691" t="s">
+        <v>19</v>
+      </c>
+      <c r="F691" t="s">
+        <v>13</v>
+      </c>
+      <c r="G691" t="s">
+        <v>14</v>
+      </c>
+      <c r="H691" t="s">
+        <v>15</v>
+      </c>
+      <c r="I691" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="692" spans="1:9">
+      <c r="A692" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B692"/>
+      <c r="C692" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D692"/>
+      <c r="E692" t="s">
+        <v>19</v>
+      </c>
+      <c r="F692" t="s">
+        <v>13</v>
+      </c>
+      <c r="G692" t="s">
+        <v>14</v>
+      </c>
+      <c r="H692" t="s">
+        <v>15</v>
+      </c>
+      <c r="I692" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="693" spans="1:9">
+      <c r="A693" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B693"/>
+      <c r="C693" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D693"/>
+      <c r="E693" t="s">
+        <v>19</v>
+      </c>
+      <c r="F693" t="s">
+        <v>13</v>
+      </c>
+      <c r="G693" t="s">
+        <v>14</v>
+      </c>
+      <c r="H693" t="s">
+        <v>15</v>
+      </c>
+      <c r="I693" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="694" spans="1:9">
+      <c r="A694" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B694"/>
+      <c r="C694" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D694"/>
+      <c r="E694" t="s">
+        <v>19</v>
+      </c>
+      <c r="F694" t="s">
+        <v>13</v>
+      </c>
+      <c r="G694" t="s">
+        <v>14</v>
+      </c>
+      <c r="H694" t="s">
+        <v>15</v>
+      </c>
+      <c r="I694" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="695" spans="1:9">
+      <c r="A695" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B695"/>
+      <c r="C695" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D695"/>
+      <c r="E695" t="s">
+        <v>19</v>
+      </c>
+      <c r="F695" t="s">
+        <v>13</v>
+      </c>
+      <c r="G695" t="s">
+        <v>14</v>
+      </c>
+      <c r="H695" t="s">
+        <v>15</v>
+      </c>
+      <c r="I695" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="696" spans="1:9">
+      <c r="A696" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B696"/>
+      <c r="C696" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D696"/>
+      <c r="E696" t="s">
+        <v>19</v>
+      </c>
+      <c r="F696" t="s">
+        <v>13</v>
+      </c>
+      <c r="G696" t="s">
+        <v>14</v>
+      </c>
+      <c r="H696" t="s">
+        <v>15</v>
+      </c>
+      <c r="I696" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="697" spans="1:9">
+      <c r="A697" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B697"/>
+      <c r="C697" t="s">
+        <v>534</v>
+      </c>
+      <c r="D697"/>
+      <c r="E697" t="s">
+        <v>19</v>
+      </c>
+      <c r="F697" t="s">
+        <v>13</v>
+      </c>
+      <c r="G697" t="s">
+        <v>14</v>
+      </c>
+      <c r="H697" t="s">
+        <v>15</v>
+      </c>
+      <c r="I697" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="698" spans="1:9">
+      <c r="A698" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B698"/>
+      <c r="C698" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D698"/>
+      <c r="E698" t="s">
+        <v>19</v>
+      </c>
+      <c r="F698" t="s">
+        <v>13</v>
+      </c>
+      <c r="G698" t="s">
+        <v>14</v>
+      </c>
+      <c r="H698" t="s">
+        <v>15</v>
+      </c>
+      <c r="I698" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="699" spans="1:9">
+      <c r="A699" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B699"/>
+      <c r="C699" t="s">
+        <v>448</v>
+      </c>
+      <c r="D699"/>
+      <c r="E699" t="s">
+        <v>19</v>
+      </c>
+      <c r="F699" t="s">
+        <v>13</v>
+      </c>
+      <c r="G699" t="s">
+        <v>14</v>
+      </c>
+      <c r="H699" t="s">
+        <v>15</v>
+      </c>
+      <c r="I699" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="700" spans="1:9">
+      <c r="A700" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B700"/>
+      <c r="C700" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D700"/>
+      <c r="E700" t="s">
+        <v>19</v>
+      </c>
+      <c r="F700" t="s">
+        <v>13</v>
+      </c>
+      <c r="G700" t="s">
+        <v>14</v>
+      </c>
+      <c r="H700" t="s">
+        <v>15</v>
+      </c>
+      <c r="I700" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="701" spans="1:9">
+      <c r="A701" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B701"/>
+      <c r="C701" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D701"/>
+      <c r="E701" t="s">
+        <v>19</v>
+      </c>
+      <c r="F701" t="s">
+        <v>13</v>
+      </c>
+      <c r="G701" t="s">
+        <v>14</v>
+      </c>
+      <c r="H701" t="s">
+        <v>15</v>
+      </c>
+      <c r="I701" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="702" spans="1:9">
+      <c r="A702" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B702"/>
+      <c r="C702" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D702"/>
+      <c r="E702" t="s">
+        <v>19</v>
+      </c>
+      <c r="F702" t="s">
+        <v>13</v>
+      </c>
+      <c r="G702" t="s">
+        <v>14</v>
+      </c>
+      <c r="H702" t="s">
+        <v>15</v>
+      </c>
+      <c r="I702" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="703" spans="1:9">
+      <c r="A703" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B703"/>
+      <c r="C703" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D703"/>
+      <c r="E703" t="s">
+        <v>19</v>
+      </c>
+      <c r="F703" t="s">
+        <v>13</v>
+      </c>
+      <c r="G703" t="s">
+        <v>14</v>
+      </c>
+      <c r="H703" t="s">
+        <v>15</v>
+      </c>
+      <c r="I703" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="704" spans="1:9">
+      <c r="A704" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B704"/>
+      <c r="C704" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D704"/>
+      <c r="E704" t="s">
+        <v>19</v>
+      </c>
+      <c r="F704" t="s">
+        <v>13</v>
+      </c>
+      <c r="G704" t="s">
+        <v>14</v>
+      </c>
+      <c r="H704" t="s">
+        <v>15</v>
+      </c>
+      <c r="I704" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="705" spans="1:9">
+      <c r="A705" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B705"/>
+      <c r="C705" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D705"/>
+      <c r="E705" t="s">
+        <v>19</v>
+      </c>
+      <c r="F705" t="s">
+        <v>13</v>
+      </c>
+      <c r="G705" t="s">
+        <v>14</v>
+      </c>
+      <c r="H705" t="s">
+        <v>15</v>
+      </c>
+      <c r="I705" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="706" spans="1:9">
+      <c r="A706" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B706"/>
+      <c r="C706" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D706"/>
+      <c r="E706" t="s">
+        <v>19</v>
+      </c>
+      <c r="F706" t="s">
+        <v>13</v>
+      </c>
+      <c r="G706" t="s">
+        <v>14</v>
+      </c>
+      <c r="H706" t="s">
+        <v>15</v>
+      </c>
+      <c r="I706" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="707" spans="1:9">
+      <c r="A707" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B707"/>
+      <c r="C707" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D707"/>
+      <c r="E707" t="s">
+        <v>19</v>
+      </c>
+      <c r="F707" t="s">
+        <v>13</v>
+      </c>
+      <c r="G707" t="s">
+        <v>14</v>
+      </c>
+      <c r="H707" t="s">
+        <v>15</v>
+      </c>
+      <c r="I707" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="708" spans="1:9">
+      <c r="A708" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B708"/>
+      <c r="C708" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D708"/>
+      <c r="E708" t="s">
+        <v>19</v>
+      </c>
+      <c r="F708" t="s">
+        <v>13</v>
+      </c>
+      <c r="G708" t="s">
+        <v>14</v>
+      </c>
+      <c r="H708" t="s">
+        <v>15</v>
+      </c>
+      <c r="I708" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="709" spans="1:9">
+      <c r="A709" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B709"/>
+      <c r="C709" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D709"/>
+      <c r="E709" t="s">
+        <v>19</v>
+      </c>
+      <c r="F709" t="s">
+        <v>13</v>
+      </c>
+      <c r="G709" t="s">
+        <v>14</v>
+      </c>
+      <c r="H709" t="s">
+        <v>15</v>
+      </c>
+      <c r="I709" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="710" spans="1:9">
+      <c r="A710" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B710"/>
+      <c r="C710" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D710"/>
+      <c r="E710" t="s">
+        <v>19</v>
+      </c>
+      <c r="F710" t="s">
+        <v>13</v>
+      </c>
+      <c r="G710" t="s">
+        <v>14</v>
+      </c>
+      <c r="H710" t="s">
+        <v>15</v>
+      </c>
+      <c r="I710" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="711" spans="1:9">
+      <c r="A711" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B711"/>
+      <c r="C711" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D711"/>
+      <c r="E711" t="s">
+        <v>19</v>
+      </c>
+      <c r="F711" t="s">
+        <v>13</v>
+      </c>
+      <c r="G711" t="s">
+        <v>14</v>
+      </c>
+      <c r="H711" t="s">
+        <v>15</v>
+      </c>
+      <c r="I711" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="712" spans="1:9">
+      <c r="A712" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B712"/>
+      <c r="C712" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D712"/>
+      <c r="E712" t="s">
+        <v>19</v>
+      </c>
+      <c r="F712" t="s">
+        <v>13</v>
+      </c>
+      <c r="G712" t="s">
+        <v>14</v>
+      </c>
+      <c r="H712" t="s">
+        <v>15</v>
+      </c>
+      <c r="I712" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="713" spans="1:9">
+      <c r="A713" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B713"/>
+      <c r="C713" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D713"/>
+      <c r="E713" t="s">
+        <v>19</v>
+      </c>
+      <c r="F713" t="s">
+        <v>13</v>
+      </c>
+      <c r="G713" t="s">
+        <v>14</v>
+      </c>
+      <c r="H713" t="s">
+        <v>15</v>
+      </c>
+      <c r="I713" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="714" spans="1:9">
+      <c r="A714" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B714"/>
+      <c r="C714" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D714"/>
+      <c r="E714" t="s">
+        <v>19</v>
+      </c>
+      <c r="F714" t="s">
+        <v>13</v>
+      </c>
+      <c r="G714" t="s">
+        <v>14</v>
+      </c>
+      <c r="H714" t="s">
+        <v>15</v>
+      </c>
+      <c r="I714" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="715" spans="1:9">
+      <c r="A715" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B715"/>
+      <c r="C715" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D715"/>
+      <c r="E715" t="s">
+        <v>19</v>
+      </c>
+      <c r="F715" t="s">
+        <v>13</v>
+      </c>
+      <c r="G715" t="s">
+        <v>14</v>
+      </c>
+      <c r="H715" t="s">
+        <v>15</v>
+      </c>
+      <c r="I715" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="716" spans="1:9">
+      <c r="A716" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B716"/>
+      <c r="C716" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D716"/>
+      <c r="E716" t="s">
+        <v>19</v>
+      </c>
+      <c r="F716" t="s">
+        <v>13</v>
+      </c>
+      <c r="G716" t="s">
+        <v>14</v>
+      </c>
+      <c r="H716" t="s">
+        <v>15</v>
+      </c>
+      <c r="I716" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="717" spans="1:9">
+      <c r="A717" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B717"/>
+      <c r="C717" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D717"/>
+      <c r="E717" t="s">
+        <v>19</v>
+      </c>
+      <c r="F717" t="s">
+        <v>13</v>
+      </c>
+      <c r="G717" t="s">
+        <v>14</v>
+      </c>
+      <c r="H717" t="s">
+        <v>15</v>
+      </c>
+      <c r="I717" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="718" spans="1:9">
+      <c r="A718" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B718"/>
+      <c r="C718" t="s">
+        <v>253</v>
+      </c>
+      <c r="D718"/>
+      <c r="E718" t="s">
+        <v>19</v>
+      </c>
+      <c r="F718" t="s">
+        <v>13</v>
+      </c>
+      <c r="G718" t="s">
+        <v>14</v>
+      </c>
+      <c r="H718" t="s">
+        <v>15</v>
+      </c>
+      <c r="I718" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="719" spans="1:9">
+      <c r="A719" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B719"/>
+      <c r="C719" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D719"/>
+      <c r="E719" t="s">
+        <v>19</v>
+      </c>
+      <c r="F719" t="s">
+        <v>13</v>
+      </c>
+      <c r="G719" t="s">
+        <v>14</v>
+      </c>
+      <c r="H719" t="s">
+        <v>15</v>
+      </c>
+      <c r="I719" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="720" spans="1:9">
+      <c r="A720" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B720"/>
+      <c r="C720" t="s">
+        <v>257</v>
+      </c>
+      <c r="D720"/>
+      <c r="E720" t="s">
+        <v>19</v>
+      </c>
+      <c r="F720" t="s">
+        <v>13</v>
+      </c>
+      <c r="G720" t="s">
+        <v>14</v>
+      </c>
+      <c r="H720" t="s">
+        <v>15</v>
+      </c>
+      <c r="I720" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="721" spans="1:9">
+      <c r="A721" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B721"/>
+      <c r="C721" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D721"/>
+      <c r="E721" t="s">
+        <v>19</v>
+      </c>
+      <c r="F721" t="s">
+        <v>13</v>
+      </c>
+      <c r="G721" t="s">
+        <v>14</v>
+      </c>
+      <c r="H721" t="s">
+        <v>15</v>
+      </c>
+      <c r="I721" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="722" spans="1:9">
+      <c r="A722" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B722"/>
+      <c r="C722" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D722"/>
+      <c r="E722" t="s">
+        <v>19</v>
+      </c>
+      <c r="F722" t="s">
+        <v>13</v>
+      </c>
+      <c r="G722" t="s">
+        <v>14</v>
+      </c>
+      <c r="H722" t="s">
+        <v>15</v>
+      </c>
+      <c r="I722" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="723" spans="1:9">
+      <c r="A723" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B723"/>
+      <c r="C723" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D723"/>
+      <c r="E723" t="s">
+        <v>19</v>
+      </c>
+      <c r="F723" t="s">
+        <v>13</v>
+      </c>
+      <c r="G723" t="s">
+        <v>14</v>
+      </c>
+      <c r="H723" t="s">
+        <v>15</v>
+      </c>
+      <c r="I723" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="724" spans="1:9">
+      <c r="A724" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B724"/>
+      <c r="C724" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D724"/>
+      <c r="E724" t="s">
+        <v>19</v>
+      </c>
+      <c r="F724" t="s">
+        <v>13</v>
+      </c>
+      <c r="G724" t="s">
+        <v>14</v>
+      </c>
+      <c r="H724" t="s">
+        <v>15</v>
+      </c>
+      <c r="I724" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="725" spans="1:9">
+      <c r="A725" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B725"/>
+      <c r="C725" t="s">
+        <v>536</v>
+      </c>
+      <c r="D725"/>
+      <c r="E725" t="s">
+        <v>19</v>
+      </c>
+      <c r="F725" t="s">
+        <v>13</v>
+      </c>
+      <c r="G725" t="s">
+        <v>14</v>
+      </c>
+      <c r="H725" t="s">
+        <v>15</v>
+      </c>
+      <c r="I725" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="726" spans="1:9">
+      <c r="A726" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B726"/>
+      <c r="C726" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D726"/>
+      <c r="E726" t="s">
+        <v>19</v>
+      </c>
+      <c r="F726" t="s">
+        <v>13</v>
+      </c>
+      <c r="G726" t="s">
+        <v>14</v>
+      </c>
+      <c r="H726" t="s">
+        <v>15</v>
+      </c>
+      <c r="I726" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="727" spans="1:9">
+      <c r="A727" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B727"/>
+      <c r="C727" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D727"/>
+      <c r="E727" t="s">
+        <v>19</v>
+      </c>
+      <c r="F727" t="s">
+        <v>13</v>
+      </c>
+      <c r="G727" t="s">
+        <v>14</v>
+      </c>
+      <c r="H727" t="s">
+        <v>15</v>
+      </c>
+      <c r="I727" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="728" spans="1:9">
+      <c r="A728" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B728"/>
+      <c r="C728" t="s">
+        <v>482</v>
+      </c>
+      <c r="D728"/>
+      <c r="E728" t="s">
+        <v>19</v>
+      </c>
+      <c r="F728" t="s">
+        <v>13</v>
+      </c>
+      <c r="G728" t="s">
+        <v>14</v>
+      </c>
+      <c r="H728" t="s">
+        <v>15</v>
+      </c>
+      <c r="I728" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="729" spans="1:9">
+      <c r="A729" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B729"/>
+      <c r="C729" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D729"/>
+      <c r="E729" t="s">
+        <v>19</v>
+      </c>
+      <c r="F729" t="s">
+        <v>13</v>
+      </c>
+      <c r="G729" t="s">
+        <v>14</v>
+      </c>
+      <c r="H729" t="s">
+        <v>15</v>
+      </c>
+      <c r="I729" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="730" spans="1:9">
+      <c r="A730" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B730"/>
+      <c r="C730" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D730"/>
+      <c r="E730" t="s">
+        <v>19</v>
+      </c>
+      <c r="F730" t="s">
+        <v>13</v>
+      </c>
+      <c r="G730" t="s">
+        <v>14</v>
+      </c>
+      <c r="H730" t="s">
+        <v>15</v>
+      </c>
+      <c r="I730" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="731" spans="1:9">
+      <c r="A731" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B731"/>
+      <c r="C731" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D731"/>
+      <c r="E731" t="s">
+        <v>19</v>
+      </c>
+      <c r="F731" t="s">
+        <v>13</v>
+      </c>
+      <c r="G731" t="s">
+        <v>14</v>
+      </c>
+      <c r="H731" t="s">
+        <v>15</v>
+      </c>
+      <c r="I731" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="732" spans="1:9">
+      <c r="A732" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B732"/>
+      <c r="C732" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D732"/>
+      <c r="E732" t="s">
+        <v>19</v>
+      </c>
+      <c r="F732" t="s">
+        <v>13</v>
+      </c>
+      <c r="G732" t="s">
+        <v>14</v>
+      </c>
+      <c r="H732" t="s">
+        <v>15</v>
+      </c>
+      <c r="I732" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="733" spans="1:9">
+      <c r="A733" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B733"/>
+      <c r="C733" t="s">
+        <v>495</v>
+      </c>
+      <c r="D733"/>
+      <c r="E733" t="s">
+        <v>19</v>
+      </c>
+      <c r="F733" t="s">
+        <v>13</v>
+      </c>
+      <c r="G733" t="s">
+        <v>14</v>
+      </c>
+      <c r="H733" t="s">
+        <v>15</v>
+      </c>
+      <c r="I733" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="734" spans="1:9">
+      <c r="A734" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B734"/>
+      <c r="C734" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D734"/>
+      <c r="E734" t="s">
+        <v>19</v>
+      </c>
+      <c r="F734" t="s">
+        <v>13</v>
+      </c>
+      <c r="G734" t="s">
+        <v>14</v>
+      </c>
+      <c r="H734" t="s">
+        <v>15</v>
+      </c>
+      <c r="I734" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="735" spans="1:9">
+      <c r="A735" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B735"/>
+      <c r="C735" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D735"/>
+      <c r="E735" t="s">
+        <v>19</v>
+      </c>
+      <c r="F735" t="s">
+        <v>13</v>
+      </c>
+      <c r="G735" t="s">
+        <v>14</v>
+      </c>
+      <c r="H735" t="s">
+        <v>15</v>
+      </c>
+      <c r="I735" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="736" spans="1:9">
+      <c r="A736" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B736"/>
+      <c r="C736" t="s">
+        <v>668</v>
+      </c>
+      <c r="D736"/>
+      <c r="E736" t="s">
+        <v>19</v>
+      </c>
+      <c r="F736" t="s">
+        <v>13</v>
+      </c>
+      <c r="G736" t="s">
+        <v>14</v>
+      </c>
+      <c r="H736" t="s">
+        <v>15</v>
+      </c>
+      <c r="I736" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="737" spans="1:9">
+      <c r="A737" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B737"/>
+      <c r="C737" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D737"/>
+      <c r="E737" t="s">
+        <v>19</v>
+      </c>
+      <c r="F737" t="s">
+        <v>13</v>
+      </c>
+      <c r="G737" t="s">
+        <v>14</v>
+      </c>
+      <c r="H737" t="s">
+        <v>15</v>
+      </c>
+      <c r="I737" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="738" spans="1:9">
+      <c r="A738" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B738"/>
+      <c r="C738" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D738"/>
+      <c r="E738" t="s">
+        <v>19</v>
+      </c>
+      <c r="F738" t="s">
+        <v>13</v>
+      </c>
+      <c r="G738" t="s">
+        <v>14</v>
+      </c>
+      <c r="H738" t="s">
+        <v>15</v>
+      </c>
+      <c r="I738" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="739" spans="1:9">
+      <c r="A739" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B739"/>
+      <c r="C739" t="s">
+        <v>314</v>
+      </c>
+      <c r="D739"/>
+      <c r="E739" t="s">
+        <v>19</v>
+      </c>
+      <c r="F739" t="s">
+        <v>13</v>
+      </c>
+      <c r="G739" t="s">
+        <v>14</v>
+      </c>
+      <c r="H739" t="s">
+        <v>15</v>
+      </c>
+      <c r="I739" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="740" spans="1:9">
+      <c r="A740" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B740"/>
+      <c r="C740" t="s">
+        <v>91</v>
+      </c>
+      <c r="D740"/>
+      <c r="E740" t="s">
+        <v>19</v>
+      </c>
+      <c r="F740" t="s">
+        <v>13</v>
+      </c>
+      <c r="G740" t="s">
+        <v>14</v>
+      </c>
+      <c r="H740" t="s">
+        <v>15</v>
+      </c>
+      <c r="I740" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="741" spans="1:9">
+      <c r="A741" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B741"/>
+      <c r="C741" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D741"/>
+      <c r="E741" t="s">
+        <v>19</v>
+      </c>
+      <c r="F741" t="s">
+        <v>13</v>
+      </c>
+      <c r="G741" t="s">
+        <v>14</v>
+      </c>
+      <c r="H741" t="s">
+        <v>15</v>
+      </c>
+      <c r="I741" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="742" spans="1:9">
+      <c r="A742" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B742"/>
+      <c r="C742" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D742"/>
+      <c r="E742" t="s">
+        <v>19</v>
+      </c>
+      <c r="F742" t="s">
+        <v>13</v>
+      </c>
+      <c r="G742" t="s">
+        <v>14</v>
+      </c>
+      <c r="H742" t="s">
+        <v>15</v>
+      </c>
+      <c r="I742" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="743" spans="1:9">
+      <c r="A743" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B743"/>
+      <c r="C743" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D743"/>
+      <c r="E743" t="s">
+        <v>19</v>
+      </c>
+      <c r="F743" t="s">
+        <v>13</v>
+      </c>
+      <c r="G743" t="s">
+        <v>14</v>
+      </c>
+      <c r="H743" t="s">
+        <v>15</v>
+      </c>
+      <c r="I743" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="744" spans="1:9">
+      <c r="A744" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B744"/>
+      <c r="C744" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D744"/>
+      <c r="E744" t="s">
+        <v>19</v>
+      </c>
+      <c r="F744" t="s">
+        <v>13</v>
+      </c>
+      <c r="G744" t="s">
+        <v>14</v>
+      </c>
+      <c r="H744" t="s">
+        <v>15</v>
+      </c>
+      <c r="I744" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="745" spans="1:9">
+      <c r="A745" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B745"/>
+      <c r="C745" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D745"/>
+      <c r="E745" t="s">
+        <v>19</v>
+      </c>
+      <c r="F745" t="s">
+        <v>13</v>
+      </c>
+      <c r="G745" t="s">
+        <v>14</v>
+      </c>
+      <c r="H745" t="s">
+        <v>15</v>
+      </c>
+      <c r="I745" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="746" spans="1:9">
+      <c r="A746" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B746"/>
+      <c r="C746" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D746"/>
+      <c r="E746" t="s">
+        <v>19</v>
+      </c>
+      <c r="F746" t="s">
+        <v>13</v>
+      </c>
+      <c r="G746" t="s">
+        <v>14</v>
+      </c>
+      <c r="H746" t="s">
+        <v>15</v>
+      </c>
+      <c r="I746" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="747" spans="1:9">
+      <c r="A747" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B747"/>
+      <c r="C747" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D747"/>
+      <c r="E747" t="s">
+        <v>19</v>
+      </c>
+      <c r="F747" t="s">
+        <v>13</v>
+      </c>
+      <c r="G747" t="s">
+        <v>14</v>
+      </c>
+      <c r="H747" t="s">
+        <v>15</v>
+      </c>
+      <c r="I747" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="748" spans="1:9">
+      <c r="A748" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B748"/>
+      <c r="C748" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D748"/>
+      <c r="E748" t="s">
+        <v>19</v>
+      </c>
+      <c r="F748" t="s">
+        <v>13</v>
+      </c>
+      <c r="G748" t="s">
+        <v>14</v>
+      </c>
+      <c r="H748" t="s">
+        <v>15</v>
+      </c>
+      <c r="I748" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="749" spans="1:9">
+      <c r="A749" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B749"/>
+      <c r="C749" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D749"/>
+      <c r="E749" t="s">
+        <v>19</v>
+      </c>
+      <c r="F749" t="s">
+        <v>13</v>
+      </c>
+      <c r="G749" t="s">
+        <v>14</v>
+      </c>
+      <c r="H749" t="s">
+        <v>15</v>
+      </c>
+      <c r="I749" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="750" spans="1:9">
+      <c r="A750" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B750"/>
+      <c r="C750" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D750"/>
+      <c r="E750" t="s">
+        <v>19</v>
+      </c>
+      <c r="F750" t="s">
+        <v>13</v>
+      </c>
+      <c r="G750" t="s">
+        <v>14</v>
+      </c>
+      <c r="H750" t="s">
+        <v>15</v>
+      </c>
+      <c r="I750" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="751" spans="1:9">
+      <c r="A751" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B751"/>
+      <c r="C751" t="s">
+        <v>502</v>
+      </c>
+      <c r="D751"/>
+      <c r="E751" t="s">
+        <v>19</v>
+      </c>
+      <c r="F751" t="s">
+        <v>13</v>
+      </c>
+      <c r="G751" t="s">
+        <v>14</v>
+      </c>
+      <c r="H751" t="s">
+        <v>15</v>
+      </c>
+      <c r="I751" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="752" spans="1:9">
+      <c r="A752" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B752"/>
+      <c r="C752" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D752"/>
+      <c r="E752" t="s">
+        <v>19</v>
+      </c>
+      <c r="F752" t="s">
+        <v>13</v>
+      </c>
+      <c r="G752" t="s">
+        <v>14</v>
+      </c>
+      <c r="H752" t="s">
+        <v>15</v>
+      </c>
+      <c r="I752" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="753" spans="1:9">
+      <c r="A753" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B753"/>
+      <c r="C753" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D753"/>
+      <c r="E753" t="s">
+        <v>19</v>
+      </c>
+      <c r="F753" t="s">
+        <v>13</v>
+      </c>
+      <c r="G753" t="s">
+        <v>14</v>
+      </c>
+      <c r="H753" t="s">
+        <v>15</v>
+      </c>
+      <c r="I753" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="754" spans="1:9">
+      <c r="A754" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B754"/>
+      <c r="C754" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D754"/>
+      <c r="E754" t="s">
+        <v>19</v>
+      </c>
+      <c r="F754" t="s">
+        <v>13</v>
+      </c>
+      <c r="G754" t="s">
+        <v>14</v>
+      </c>
+      <c r="H754" t="s">
+        <v>15</v>
+      </c>
+      <c r="I754" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="755" spans="1:9">
+      <c r="A755" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B755"/>
+      <c r="C755" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D755"/>
+      <c r="E755" t="s">
+        <v>19</v>
+      </c>
+      <c r="F755" t="s">
+        <v>13</v>
+      </c>
+      <c r="G755" t="s">
+        <v>14</v>
+      </c>
+      <c r="H755" t="s">
+        <v>15</v>
+      </c>
+      <c r="I755" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="756" spans="1:9">
+      <c r="A756" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B756"/>
+      <c r="C756" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D756"/>
+      <c r="E756" t="s">
+        <v>19</v>
+      </c>
+      <c r="F756" t="s">
+        <v>13</v>
+      </c>
+      <c r="G756" t="s">
+        <v>14</v>
+      </c>
+      <c r="H756" t="s">
+        <v>15</v>
+      </c>
+      <c r="I756" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="757" spans="1:9">
+      <c r="A757" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B757"/>
+      <c r="C757" t="s">
+        <v>506</v>
+      </c>
+      <c r="D757"/>
+      <c r="E757" t="s">
+        <v>19</v>
+      </c>
+      <c r="F757" t="s">
+        <v>13</v>
+      </c>
+      <c r="G757" t="s">
+        <v>14</v>
+      </c>
+      <c r="H757" t="s">
+        <v>15</v>
+      </c>
+      <c r="I757" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="758" spans="1:9">
+      <c r="A758" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B758"/>
+      <c r="C758" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D758"/>
+      <c r="E758" t="s">
+        <v>19</v>
+      </c>
+      <c r="F758" t="s">
+        <v>13</v>
+      </c>
+      <c r="G758" t="s">
+        <v>14</v>
+      </c>
+      <c r="H758" t="s">
+        <v>15</v>
+      </c>
+      <c r="I758" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="759" spans="1:9">
+      <c r="A759" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B759"/>
+      <c r="C759" t="s">
+        <v>540</v>
+      </c>
+      <c r="D759"/>
+      <c r="E759" t="s">
+        <v>19</v>
+      </c>
+      <c r="F759" t="s">
+        <v>13</v>
+      </c>
+      <c r="G759" t="s">
+        <v>14</v>
+      </c>
+      <c r="H759" t="s">
+        <v>15</v>
+      </c>
+      <c r="I759" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="760" spans="1:9">
+      <c r="A760" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B760"/>
+      <c r="C760" t="s">
         <v>587</v>
       </c>
-      <c r="B548"/>
-[...3064 lines deleted...]
-      <c r="A688" t="s">
+      <c r="D760"/>
+      <c r="E760" t="s">
+        <v>19</v>
+      </c>
+      <c r="F760" t="s">
+        <v>13</v>
+      </c>
+      <c r="G760" t="s">
+        <v>14</v>
+      </c>
+      <c r="H760" t="s">
+        <v>15</v>
+      </c>
+      <c r="I760" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="761" spans="1:9">
+      <c r="A761" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B761"/>
+      <c r="C761" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D761"/>
+      <c r="E761" t="s">
+        <v>19</v>
+      </c>
+      <c r="F761" t="s">
+        <v>13</v>
+      </c>
+      <c r="G761" t="s">
+        <v>14</v>
+      </c>
+      <c r="H761" t="s">
+        <v>15</v>
+      </c>
+      <c r="I761" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="762" spans="1:9">
+      <c r="A762" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B762"/>
+      <c r="C762" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D762"/>
+      <c r="E762" t="s">
+        <v>19</v>
+      </c>
+      <c r="F762" t="s">
+        <v>13</v>
+      </c>
+      <c r="G762" t="s">
+        <v>14</v>
+      </c>
+      <c r="H762" t="s">
+        <v>15</v>
+      </c>
+      <c r="I762" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="763" spans="1:9">
+      <c r="A763" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B763"/>
+      <c r="C763" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D763"/>
+      <c r="E763" t="s">
+        <v>19</v>
+      </c>
+      <c r="F763" t="s">
+        <v>13</v>
+      </c>
+      <c r="G763" t="s">
+        <v>14</v>
+      </c>
+      <c r="H763" t="s">
+        <v>15</v>
+      </c>
+      <c r="I763" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="764" spans="1:9">
+      <c r="A764" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B764"/>
+      <c r="C764" t="s">
+        <v>342</v>
+      </c>
+      <c r="D764"/>
+      <c r="E764" t="s">
+        <v>19</v>
+      </c>
+      <c r="F764" t="s">
+        <v>13</v>
+      </c>
+      <c r="G764" t="s">
+        <v>14</v>
+      </c>
+      <c r="H764" t="s">
+        <v>15</v>
+      </c>
+      <c r="I764" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="765" spans="1:9">
+      <c r="A765" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B765"/>
+      <c r="C765" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D765"/>
+      <c r="E765" t="s">
+        <v>19</v>
+      </c>
+      <c r="F765" t="s">
+        <v>13</v>
+      </c>
+      <c r="G765" t="s">
+        <v>14</v>
+      </c>
+      <c r="H765" t="s">
+        <v>15</v>
+      </c>
+      <c r="I765" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="766" spans="1:9">
+      <c r="A766" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B766"/>
+      <c r="C766" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D766"/>
+      <c r="E766" t="s">
+        <v>19</v>
+      </c>
+      <c r="F766" t="s">
+        <v>13</v>
+      </c>
+      <c r="G766" t="s">
+        <v>14</v>
+      </c>
+      <c r="H766" t="s">
+        <v>15</v>
+      </c>
+      <c r="I766" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="767" spans="1:9">
+      <c r="A767" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B767"/>
+      <c r="C767" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D767"/>
+      <c r="E767" t="s">
+        <v>19</v>
+      </c>
+      <c r="F767" t="s">
+        <v>13</v>
+      </c>
+      <c r="G767" t="s">
+        <v>14</v>
+      </c>
+      <c r="H767" t="s">
+        <v>15</v>
+      </c>
+      <c r="I767" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="768" spans="1:9">
+      <c r="A768" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B768"/>
+      <c r="C768" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D768"/>
+      <c r="E768" t="s">
+        <v>19</v>
+      </c>
+      <c r="F768" t="s">
+        <v>13</v>
+      </c>
+      <c r="G768" t="s">
+        <v>14</v>
+      </c>
+      <c r="H768" t="s">
+        <v>15</v>
+      </c>
+      <c r="I768" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="769" spans="1:9">
+      <c r="A769" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B769"/>
+      <c r="C769" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D769"/>
+      <c r="E769" t="s">
+        <v>19</v>
+      </c>
+      <c r="F769" t="s">
+        <v>13</v>
+      </c>
+      <c r="G769" t="s">
+        <v>14</v>
+      </c>
+      <c r="H769" t="s">
+        <v>15</v>
+      </c>
+      <c r="I769" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="770" spans="1:9">
+      <c r="A770" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B770"/>
+      <c r="C770" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D770"/>
+      <c r="E770" t="s">
+        <v>19</v>
+      </c>
+      <c r="F770" t="s">
+        <v>13</v>
+      </c>
+      <c r="G770" t="s">
+        <v>14</v>
+      </c>
+      <c r="H770" t="s">
+        <v>15</v>
+      </c>
+      <c r="I770" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="771" spans="1:9">
+      <c r="A771" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B771"/>
+      <c r="C771" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D771"/>
+      <c r="E771" t="s">
+        <v>19</v>
+      </c>
+      <c r="F771" t="s">
+        <v>13</v>
+      </c>
+      <c r="G771" t="s">
+        <v>14</v>
+      </c>
+      <c r="H771" t="s">
+        <v>15</v>
+      </c>
+      <c r="I771" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="772" spans="1:9">
+      <c r="A772" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B772"/>
+      <c r="C772" t="s">
+        <v>251</v>
+      </c>
+      <c r="D772"/>
+      <c r="E772" t="s">
+        <v>19</v>
+      </c>
+      <c r="F772" t="s">
+        <v>13</v>
+      </c>
+      <c r="G772" t="s">
+        <v>14</v>
+      </c>
+      <c r="H772" t="s">
+        <v>15</v>
+      </c>
+      <c r="I772" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="773" spans="1:9">
+      <c r="A773" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B773"/>
+      <c r="C773" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D773"/>
+      <c r="E773" t="s">
+        <v>19</v>
+      </c>
+      <c r="F773" t="s">
+        <v>13</v>
+      </c>
+      <c r="G773" t="s">
+        <v>14</v>
+      </c>
+      <c r="H773" t="s">
+        <v>15</v>
+      </c>
+      <c r="I773" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="774" spans="1:9">
+      <c r="A774" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B774"/>
+      <c r="C774" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D774"/>
+      <c r="E774" t="s">
+        <v>19</v>
+      </c>
+      <c r="F774" t="s">
+        <v>13</v>
+      </c>
+      <c r="G774" t="s">
+        <v>14</v>
+      </c>
+      <c r="H774" t="s">
+        <v>15</v>
+      </c>
+      <c r="I774" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="775" spans="1:9">
+      <c r="A775" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B775"/>
+      <c r="C775" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D775"/>
+      <c r="E775" t="s">
+        <v>19</v>
+      </c>
+      <c r="F775" t="s">
+        <v>13</v>
+      </c>
+      <c r="G775" t="s">
+        <v>14</v>
+      </c>
+      <c r="H775" t="s">
+        <v>15</v>
+      </c>
+      <c r="I775" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="776" spans="1:9">
+      <c r="A776" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B776"/>
+      <c r="C776" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D776"/>
+      <c r="E776" t="s">
+        <v>19</v>
+      </c>
+      <c r="F776" t="s">
+        <v>13</v>
+      </c>
+      <c r="G776" t="s">
+        <v>14</v>
+      </c>
+      <c r="H776" t="s">
+        <v>15</v>
+      </c>
+      <c r="I776" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="777" spans="1:9">
+      <c r="A777" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B777"/>
+      <c r="C777" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D777"/>
+      <c r="E777" t="s">
+        <v>19</v>
+      </c>
+      <c r="F777" t="s">
+        <v>13</v>
+      </c>
+      <c r="G777" t="s">
+        <v>14</v>
+      </c>
+      <c r="H777" t="s">
+        <v>15</v>
+      </c>
+      <c r="I777" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="778" spans="1:9">
+      <c r="A778" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B778"/>
+      <c r="C778" t="s">
         <v>727</v>
       </c>
-      <c r="B688"/>
-[...1983 lines deleted...]
-      </c>
+      <c r="D778"/>
       <c r="E778" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F778" t="s">
         <v>13</v>
       </c>
       <c r="G778" t="s">
         <v>14</v>
       </c>
       <c r="H778" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="779" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I778" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="779" spans="1:9">
       <c r="A779" t="s">
-        <v>818</v>
+        <v>1439</v>
       </c>
       <c r="B779"/>
-      <c r="C779"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C779" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D779"/>
       <c r="E779" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F779" t="s">
         <v>13</v>
       </c>
       <c r="G779" t="s">
         <v>14</v>
       </c>
       <c r="H779" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="780" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I779" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="780" spans="1:9">
       <c r="A780" t="s">
-        <v>819</v>
+        <v>1441</v>
       </c>
       <c r="B780"/>
-      <c r="C780"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C780" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D780"/>
       <c r="E780" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F780" t="s">
         <v>13</v>
       </c>
       <c r="G780" t="s">
         <v>14</v>
       </c>
       <c r="H780" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="781" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I780" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="781" spans="1:9">
       <c r="A781" t="s">
-        <v>820</v>
+        <v>1443</v>
       </c>
       <c r="B781"/>
-      <c r="C781"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C781" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D781"/>
       <c r="E781" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F781" t="s">
         <v>13</v>
       </c>
       <c r="G781" t="s">
         <v>14</v>
       </c>
       <c r="H781" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="782" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I781" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="782" spans="1:9">
       <c r="A782" t="s">
-        <v>821</v>
+        <v>1445</v>
       </c>
       <c r="B782"/>
-      <c r="C782"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C782" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D782"/>
       <c r="E782" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F782" t="s">
         <v>13</v>
       </c>
       <c r="G782" t="s">
         <v>14</v>
       </c>
       <c r="H782" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="783" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I782" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="783" spans="1:9">
       <c r="A783" t="s">
-        <v>822</v>
+        <v>1447</v>
       </c>
       <c r="B783"/>
-      <c r="C783"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C783" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D783"/>
       <c r="E783" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F783" t="s">
         <v>13</v>
       </c>
       <c r="G783" t="s">
         <v>14</v>
       </c>
       <c r="H783" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="784" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I783" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="784" spans="1:9">
       <c r="A784" t="s">
-        <v>823</v>
+        <v>1449</v>
       </c>
       <c r="B784"/>
       <c r="C784"/>
-      <c r="D784" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D784"/>
       <c r="E784" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F784" t="s">
         <v>13</v>
       </c>
       <c r="G784" t="s">
         <v>14</v>
       </c>
       <c r="H784" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="785" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I784" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="785" spans="1:9">
       <c r="A785" t="s">
-        <v>824</v>
+        <v>1450</v>
       </c>
       <c r="B785"/>
-      <c r="C785"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C785" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D785"/>
       <c r="E785" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F785" t="s">
         <v>13</v>
       </c>
       <c r="G785" t="s">
         <v>14</v>
       </c>
       <c r="H785" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="786" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I785" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="786" spans="1:9">
       <c r="A786" t="s">
-        <v>825</v>
+        <v>1452</v>
       </c>
       <c r="B786"/>
-      <c r="C786"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C786" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D786"/>
       <c r="E786" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F786" t="s">
         <v>13</v>
       </c>
       <c r="G786" t="s">
         <v>14</v>
       </c>
       <c r="H786" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="787" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I786" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="787" spans="1:9">
       <c r="A787" t="s">
-        <v>826</v>
+        <v>1454</v>
       </c>
       <c r="B787"/>
-      <c r="C787"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C787" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D787"/>
       <c r="E787" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F787" t="s">
         <v>13</v>
       </c>
       <c r="G787" t="s">
         <v>14</v>
       </c>
       <c r="H787" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="788" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I787" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="788" spans="1:9">
       <c r="A788" t="s">
-        <v>827</v>
+        <v>1455</v>
       </c>
       <c r="B788"/>
-      <c r="C788"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C788" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D788"/>
       <c r="E788" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F788" t="s">
         <v>13</v>
       </c>
       <c r="G788" t="s">
         <v>14</v>
       </c>
       <c r="H788" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="789" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I788" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="789" spans="1:9">
       <c r="A789" t="s">
-        <v>828</v>
+        <v>1457</v>
       </c>
       <c r="B789"/>
-      <c r="C789"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C789" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D789"/>
       <c r="E789" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F789" t="s">
         <v>13</v>
       </c>
       <c r="G789" t="s">
         <v>14</v>
       </c>
       <c r="H789" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="790" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I789" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="790" spans="1:9">
       <c r="A790" t="s">
-        <v>829</v>
+        <v>1459</v>
       </c>
       <c r="B790"/>
-      <c r="C790"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C790" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D790"/>
       <c r="E790" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F790" t="s">
         <v>13</v>
       </c>
       <c r="G790" t="s">
         <v>14</v>
       </c>
       <c r="H790" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="791" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I790" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="791" spans="1:9">
       <c r="A791" t="s">
-        <v>830</v>
+        <v>1461</v>
       </c>
       <c r="B791"/>
-      <c r="C791"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C791" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D791"/>
       <c r="E791" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F791" t="s">
         <v>13</v>
       </c>
       <c r="G791" t="s">
         <v>14</v>
       </c>
       <c r="H791" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="792" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I791" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="792" spans="1:9">
       <c r="A792" t="s">
-        <v>831</v>
+        <v>1463</v>
       </c>
       <c r="B792"/>
-      <c r="C792"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C792" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D792"/>
       <c r="E792" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F792" t="s">
         <v>13</v>
       </c>
       <c r="G792" t="s">
         <v>14</v>
       </c>
       <c r="H792" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="793" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I792" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="793" spans="1:9">
       <c r="A793" t="s">
-        <v>832</v>
+        <v>1465</v>
       </c>
       <c r="B793"/>
-      <c r="C793"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C793" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D793"/>
       <c r="E793" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F793" t="s">
         <v>13</v>
       </c>
       <c r="G793" t="s">
         <v>14</v>
       </c>
       <c r="H793" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="794" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I793" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="794" spans="1:9">
       <c r="A794" t="s">
-        <v>833</v>
+        <v>1467</v>
       </c>
       <c r="B794"/>
-      <c r="C794"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C794" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D794"/>
       <c r="E794" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F794" t="s">
         <v>13</v>
       </c>
       <c r="G794" t="s">
         <v>14</v>
       </c>
       <c r="H794" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="795" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I794" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="795" spans="1:9">
       <c r="A795" t="s">
-        <v>834</v>
+        <v>1469</v>
       </c>
       <c r="B795"/>
-      <c r="C795"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C795" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D795"/>
       <c r="E795" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F795" t="s">
         <v>13</v>
       </c>
       <c r="G795" t="s">
         <v>14</v>
       </c>
       <c r="H795" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="796" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I795" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="796" spans="1:9">
       <c r="A796" t="s">
-        <v>835</v>
+        <v>1471</v>
       </c>
       <c r="B796"/>
-      <c r="C796"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C796" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D796"/>
       <c r="E796" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F796" t="s">
         <v>13</v>
       </c>
       <c r="G796" t="s">
         <v>14</v>
       </c>
       <c r="H796" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="797" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I796" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="797" spans="1:9">
       <c r="A797" t="s">
-        <v>836</v>
+        <v>1473</v>
       </c>
       <c r="B797"/>
-      <c r="C797"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C797" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D797"/>
       <c r="E797" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F797" t="s">
         <v>13</v>
       </c>
       <c r="G797" t="s">
         <v>14</v>
       </c>
       <c r="H797" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="798" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I797" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="798" spans="1:9">
       <c r="A798" t="s">
-        <v>837</v>
+        <v>1475</v>
       </c>
       <c r="B798"/>
-      <c r="C798"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C798" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D798"/>
       <c r="E798" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F798" t="s">
         <v>13</v>
       </c>
       <c r="G798" t="s">
         <v>14</v>
       </c>
       <c r="H798" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="799" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I798" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="799" spans="1:9">
       <c r="A799" t="s">
-        <v>838</v>
+        <v>1477</v>
       </c>
       <c r="B799"/>
-      <c r="C799"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C799" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D799"/>
       <c r="E799" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F799" t="s">
         <v>13</v>
       </c>
       <c r="G799" t="s">
         <v>14</v>
       </c>
       <c r="H799" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="800" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I799" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="800" spans="1:9">
       <c r="A800" t="s">
-        <v>839</v>
+        <v>1479</v>
       </c>
       <c r="B800"/>
-      <c r="C800"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C800" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D800"/>
       <c r="E800" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F800" t="s">
         <v>13</v>
       </c>
       <c r="G800" t="s">
         <v>14</v>
       </c>
       <c r="H800" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="801" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I800" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="801" spans="1:9">
       <c r="A801" t="s">
-        <v>840</v>
+        <v>1481</v>
       </c>
       <c r="B801"/>
-      <c r="C801"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C801" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D801"/>
       <c r="E801" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F801" t="s">
         <v>13</v>
       </c>
       <c r="G801" t="s">
         <v>14</v>
       </c>
       <c r="H801" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="802" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I801" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="802" spans="1:9">
       <c r="A802" t="s">
-        <v>841</v>
+        <v>1483</v>
       </c>
       <c r="B802"/>
-      <c r="C802"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C802" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D802"/>
       <c r="E802" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F802" t="s">
         <v>13</v>
       </c>
       <c r="G802" t="s">
         <v>14</v>
       </c>
       <c r="H802" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="803" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I802" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="803" spans="1:9">
       <c r="A803" t="s">
-        <v>842</v>
+        <v>1484</v>
       </c>
       <c r="B803"/>
-      <c r="C803"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C803" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D803"/>
       <c r="E803" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F803" t="s">
         <v>13</v>
       </c>
       <c r="G803" t="s">
         <v>14</v>
       </c>
       <c r="H803" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="804" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I803" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="804" spans="1:9">
       <c r="A804" t="s">
-        <v>843</v>
+        <v>1486</v>
       </c>
       <c r="B804"/>
-      <c r="C804"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C804" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D804"/>
       <c r="E804" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F804" t="s">
         <v>13</v>
       </c>
       <c r="G804" t="s">
         <v>14</v>
       </c>
       <c r="H804" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="805" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I804" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="805" spans="1:9">
       <c r="A805" t="s">
-        <v>844</v>
+        <v>1488</v>
       </c>
       <c r="B805"/>
-      <c r="C805"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C805" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D805"/>
       <c r="E805" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F805" t="s">
         <v>13</v>
       </c>
       <c r="G805" t="s">
         <v>14</v>
       </c>
       <c r="H805" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="806" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I805" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="806" spans="1:9">
       <c r="A806" t="s">
-        <v>845</v>
+        <v>1489</v>
       </c>
       <c r="B806"/>
-      <c r="C806"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C806" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D806"/>
       <c r="E806" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F806" t="s">
         <v>13</v>
       </c>
       <c r="G806" t="s">
         <v>14</v>
       </c>
       <c r="H806" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="807" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I806" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="807" spans="1:9">
       <c r="A807" t="s">
-        <v>846</v>
+        <v>1491</v>
       </c>
       <c r="B807"/>
-      <c r="C807"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C807" t="s">
+        <v>306</v>
+      </c>
+      <c r="D807"/>
       <c r="E807" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F807" t="s">
         <v>13</v>
       </c>
       <c r="G807" t="s">
         <v>14</v>
       </c>
       <c r="H807" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="808" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I807" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="808" spans="1:9">
       <c r="A808" t="s">
-        <v>847</v>
+        <v>1492</v>
       </c>
       <c r="B808"/>
-      <c r="C808"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C808" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D808"/>
       <c r="E808" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F808" t="s">
         <v>13</v>
       </c>
       <c r="G808" t="s">
         <v>14</v>
       </c>
       <c r="H808" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="809" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I808" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="809" spans="1:9">
       <c r="A809" t="s">
-        <v>848</v>
+        <v>1494</v>
       </c>
       <c r="B809"/>
-      <c r="C809"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C809" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D809"/>
       <c r="E809" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F809" t="s">
         <v>13</v>
       </c>
       <c r="G809" t="s">
         <v>14</v>
       </c>
       <c r="H809" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="810" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I809" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="810" spans="1:9">
       <c r="A810" t="s">
-        <v>849</v>
+        <v>1496</v>
       </c>
       <c r="B810"/>
-      <c r="C810"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C810" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D810"/>
       <c r="E810" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F810" t="s">
         <v>13</v>
       </c>
       <c r="G810" t="s">
         <v>14</v>
       </c>
       <c r="H810" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="811" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I810" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="811" spans="1:9">
       <c r="A811" t="s">
-        <v>850</v>
+        <v>1498</v>
       </c>
       <c r="B811"/>
-      <c r="C811"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C811" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D811"/>
       <c r="E811" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F811" t="s">
         <v>13</v>
       </c>
       <c r="G811" t="s">
         <v>14</v>
       </c>
       <c r="H811" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="812" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I811" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="812" spans="1:9">
       <c r="A812" t="s">
-        <v>851</v>
+        <v>1500</v>
       </c>
       <c r="B812"/>
-      <c r="C812"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C812" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D812"/>
       <c r="E812" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F812" t="s">
         <v>13</v>
       </c>
       <c r="G812" t="s">
         <v>14</v>
       </c>
       <c r="H812" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="813" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I812" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="813" spans="1:9">
       <c r="A813" t="s">
-        <v>852</v>
+        <v>1502</v>
       </c>
       <c r="B813"/>
-      <c r="C813"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C813" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D813"/>
       <c r="E813" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F813" t="s">
         <v>13</v>
       </c>
       <c r="G813" t="s">
         <v>14</v>
       </c>
       <c r="H813" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="814" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I813" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="814" spans="1:9">
       <c r="A814" t="s">
-        <v>853</v>
+        <v>1504</v>
       </c>
       <c r="B814"/>
-      <c r="C814"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C814" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D814"/>
       <c r="E814" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F814" t="s">
         <v>13</v>
       </c>
       <c r="G814" t="s">
         <v>14</v>
       </c>
       <c r="H814" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="815" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I814" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="815" spans="1:9">
       <c r="A815" t="s">
-        <v>854</v>
+        <v>1506</v>
       </c>
       <c r="B815"/>
-      <c r="C815"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C815" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D815"/>
       <c r="E815" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F815" t="s">
         <v>13</v>
       </c>
       <c r="G815" t="s">
         <v>14</v>
       </c>
       <c r="H815" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="816" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I815" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="816" spans="1:9">
       <c r="A816" t="s">
-        <v>855</v>
+        <v>1508</v>
       </c>
       <c r="B816"/>
-      <c r="C816"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C816" t="s">
+        <v>294</v>
+      </c>
+      <c r="D816"/>
       <c r="E816" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F816" t="s">
         <v>13</v>
       </c>
       <c r="G816" t="s">
         <v>14</v>
       </c>
       <c r="H816" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="817" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I816" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="817" spans="1:9">
       <c r="A817" t="s">
-        <v>856</v>
+        <v>1509</v>
       </c>
       <c r="B817"/>
-      <c r="C817"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C817" t="s">
+        <v>727</v>
+      </c>
+      <c r="D817"/>
       <c r="E817" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F817" t="s">
         <v>13</v>
       </c>
       <c r="G817" t="s">
         <v>14</v>
       </c>
       <c r="H817" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="818" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I817" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="818" spans="1:9">
       <c r="A818" t="s">
-        <v>857</v>
+        <v>1510</v>
       </c>
       <c r="B818"/>
-      <c r="C818"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C818" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D818"/>
       <c r="E818" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F818" t="s">
         <v>13</v>
       </c>
       <c r="G818" t="s">
         <v>14</v>
       </c>
       <c r="H818" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="819" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I818" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="819" spans="1:9">
       <c r="A819" t="s">
-        <v>858</v>
+        <v>1512</v>
       </c>
       <c r="B819"/>
-      <c r="C819"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C819" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D819"/>
       <c r="E819" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F819" t="s">
         <v>13</v>
       </c>
       <c r="G819" t="s">
         <v>14</v>
       </c>
       <c r="H819" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="820" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I819" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="820" spans="1:9">
       <c r="A820" t="s">
-        <v>859</v>
+        <v>1514</v>
       </c>
       <c r="B820"/>
-      <c r="C820"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C820" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D820"/>
       <c r="E820" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F820" t="s">
         <v>13</v>
       </c>
       <c r="G820" t="s">
         <v>14</v>
       </c>
       <c r="H820" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="821" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I820" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="821" spans="1:9">
       <c r="A821" t="s">
-        <v>860</v>
+        <v>1516</v>
       </c>
       <c r="B821"/>
-      <c r="C821"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C821" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D821"/>
       <c r="E821" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F821" t="s">
         <v>13</v>
       </c>
       <c r="G821" t="s">
         <v>14</v>
       </c>
       <c r="H821" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="822" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I821" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="822" spans="1:9">
       <c r="A822" t="s">
-        <v>861</v>
+        <v>1518</v>
       </c>
       <c r="B822"/>
-      <c r="C822"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C822" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D822"/>
       <c r="E822" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F822" t="s">
         <v>13</v>
       </c>
       <c r="G822" t="s">
         <v>14</v>
       </c>
       <c r="H822" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="823" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I822" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="823" spans="1:9">
       <c r="A823" t="s">
-        <v>862</v>
+        <v>1519</v>
       </c>
       <c r="B823"/>
-      <c r="C823"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C823" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D823"/>
       <c r="E823" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F823" t="s">
         <v>13</v>
       </c>
       <c r="G823" t="s">
         <v>14</v>
       </c>
       <c r="H823" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="824" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I823" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="824" spans="1:9">
       <c r="A824" t="s">
-        <v>863</v>
+        <v>1521</v>
       </c>
       <c r="B824"/>
-      <c r="C824"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C824" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D824"/>
       <c r="E824" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F824" t="s">
         <v>13</v>
       </c>
       <c r="G824" t="s">
         <v>14</v>
       </c>
       <c r="H824" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="825" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I824" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="825" spans="1:9">
       <c r="A825" t="s">
-        <v>864</v>
+        <v>1523</v>
       </c>
       <c r="B825"/>
-      <c r="C825"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C825" t="s">
+        <v>806</v>
+      </c>
+      <c r="D825"/>
       <c r="E825" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F825" t="s">
         <v>13</v>
       </c>
       <c r="G825" t="s">
         <v>14</v>
       </c>
       <c r="H825" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="826" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I825" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="826" spans="1:9">
       <c r="A826" t="s">
-        <v>865</v>
+        <v>1524</v>
       </c>
       <c r="B826"/>
-      <c r="C826"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C826" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D826"/>
       <c r="E826" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F826" t="s">
         <v>13</v>
       </c>
       <c r="G826" t="s">
         <v>14</v>
       </c>
       <c r="H826" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="827" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I826" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="827" spans="1:9">
       <c r="A827" t="s">
-        <v>866</v>
+        <v>1525</v>
       </c>
       <c r="B827"/>
-      <c r="C827"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C827" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D827"/>
       <c r="E827" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F827" t="s">
         <v>13</v>
       </c>
       <c r="G827" t="s">
         <v>14</v>
       </c>
       <c r="H827" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="828" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I827" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="828" spans="1:9">
       <c r="A828" t="s">
-        <v>867</v>
+        <v>1527</v>
       </c>
       <c r="B828"/>
       <c r="C828"/>
-      <c r="D828" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D828"/>
       <c r="E828" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F828" t="s">
         <v>13</v>
       </c>
       <c r="G828" t="s">
         <v>14</v>
       </c>
       <c r="H828" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="829" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I828" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="829" spans="1:9">
       <c r="A829" t="s">
-        <v>868</v>
+        <v>1528</v>
       </c>
       <c r="B829"/>
-      <c r="C829"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C829" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D829"/>
       <c r="E829" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F829" t="s">
         <v>13</v>
       </c>
       <c r="G829" t="s">
         <v>14</v>
       </c>
       <c r="H829" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="830" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I829" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="830" spans="1:9">
       <c r="A830" t="s">
-        <v>869</v>
+        <v>1530</v>
       </c>
       <c r="B830"/>
-      <c r="C830"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C830" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D830"/>
       <c r="E830" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F830" t="s">
         <v>13</v>
       </c>
       <c r="G830" t="s">
         <v>14</v>
       </c>
       <c r="H830" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="831" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I830" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="831" spans="1:9">
       <c r="A831" t="s">
-        <v>870</v>
+        <v>1532</v>
       </c>
       <c r="B831"/>
-      <c r="C831"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C831" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D831"/>
       <c r="E831" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F831" t="s">
         <v>13</v>
       </c>
       <c r="G831" t="s">
         <v>14</v>
       </c>
       <c r="H831" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="832" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I831" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="832" spans="1:9">
       <c r="A832" t="s">
-        <v>871</v>
+        <v>1534</v>
       </c>
       <c r="B832"/>
-      <c r="C832"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C832" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D832"/>
       <c r="E832" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F832" t="s">
         <v>13</v>
       </c>
       <c r="G832" t="s">
         <v>14</v>
       </c>
       <c r="H832" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="833" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I832" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="833" spans="1:9">
       <c r="A833" t="s">
-        <v>872</v>
+        <v>1536</v>
       </c>
       <c r="B833"/>
-      <c r="C833"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C833" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D833"/>
       <c r="E833" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F833" t="s">
         <v>13</v>
       </c>
       <c r="G833" t="s">
         <v>14</v>
       </c>
       <c r="H833" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="834" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I833" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="834" spans="1:9">
       <c r="A834" t="s">
-        <v>873</v>
+        <v>1538</v>
       </c>
       <c r="B834"/>
-      <c r="C834"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C834" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D834"/>
       <c r="E834" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F834" t="s">
         <v>13</v>
       </c>
       <c r="G834" t="s">
         <v>14</v>
       </c>
       <c r="H834" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="835" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I834" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="835" spans="1:9">
       <c r="A835" t="s">
-        <v>874</v>
+        <v>1540</v>
       </c>
       <c r="B835"/>
-      <c r="C835"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C835" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D835"/>
       <c r="E835" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F835" t="s">
         <v>13</v>
       </c>
       <c r="G835" t="s">
         <v>14</v>
       </c>
       <c r="H835" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="836" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I835" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="836" spans="1:9">
       <c r="A836" t="s">
-        <v>875</v>
+        <v>1542</v>
       </c>
       <c r="B836"/>
-      <c r="C836"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C836" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D836"/>
       <c r="E836" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F836" t="s">
         <v>13</v>
       </c>
       <c r="G836" t="s">
         <v>14</v>
       </c>
       <c r="H836" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="837" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I836" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="837" spans="1:9">
       <c r="A837" t="s">
-        <v>876</v>
+        <v>1543</v>
       </c>
       <c r="B837"/>
-      <c r="C837"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C837" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D837"/>
       <c r="E837" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F837" t="s">
         <v>13</v>
       </c>
       <c r="G837" t="s">
         <v>14</v>
       </c>
       <c r="H837" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="838" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I837" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="838" spans="1:9">
       <c r="A838" t="s">
-        <v>877</v>
+        <v>1545</v>
       </c>
       <c r="B838"/>
-      <c r="C838"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C838" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D838"/>
       <c r="E838" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F838" t="s">
         <v>13</v>
       </c>
       <c r="G838" t="s">
         <v>14</v>
       </c>
       <c r="H838" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="839" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I838" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="839" spans="1:9">
       <c r="A839" t="s">
-        <v>878</v>
+        <v>1547</v>
       </c>
       <c r="B839"/>
-      <c r="C839"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C839" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D839"/>
       <c r="E839" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F839" t="s">
         <v>13</v>
       </c>
       <c r="G839" t="s">
         <v>14</v>
       </c>
       <c r="H839" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="840" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I839" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="840" spans="1:9">
       <c r="A840" t="s">
-        <v>879</v>
+        <v>1549</v>
       </c>
       <c r="B840"/>
-      <c r="C840"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C840" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D840"/>
       <c r="E840" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F840" t="s">
         <v>13</v>
       </c>
       <c r="G840" t="s">
         <v>14</v>
       </c>
       <c r="H840" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="841" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I840" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="841" spans="1:9">
       <c r="A841" t="s">
-        <v>880</v>
+        <v>1551</v>
       </c>
       <c r="B841"/>
-      <c r="C841"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C841" t="s">
+        <v>791</v>
+      </c>
+      <c r="D841"/>
       <c r="E841" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F841" t="s">
         <v>13</v>
       </c>
       <c r="G841" t="s">
         <v>14</v>
       </c>
       <c r="H841" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="842" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I841" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="842" spans="1:9">
       <c r="A842" t="s">
-        <v>881</v>
+        <v>1552</v>
       </c>
       <c r="B842"/>
-      <c r="C842"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C842" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D842"/>
       <c r="E842" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F842" t="s">
         <v>13</v>
       </c>
       <c r="G842" t="s">
         <v>14</v>
       </c>
       <c r="H842" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="843" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I842" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="843" spans="1:9">
       <c r="A843" t="s">
-        <v>882</v>
+        <v>1554</v>
       </c>
       <c r="B843"/>
-      <c r="C843"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C843" t="s">
+        <v>253</v>
+      </c>
+      <c r="D843"/>
       <c r="E843" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F843" t="s">
         <v>13</v>
       </c>
       <c r="G843" t="s">
         <v>14</v>
       </c>
       <c r="H843" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="844" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I843" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="844" spans="1:9">
       <c r="A844" t="s">
-        <v>883</v>
+        <v>1555</v>
       </c>
       <c r="B844"/>
-      <c r="C844"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C844" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D844"/>
       <c r="E844" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F844" t="s">
         <v>13</v>
       </c>
       <c r="G844" t="s">
         <v>14</v>
       </c>
       <c r="H844" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="845" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I844" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="845" spans="1:9">
       <c r="A845" t="s">
-        <v>884</v>
+        <v>1557</v>
       </c>
       <c r="B845"/>
-      <c r="C845"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C845" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D845"/>
       <c r="E845" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F845" t="s">
         <v>13</v>
       </c>
       <c r="G845" t="s">
         <v>14</v>
       </c>
       <c r="H845" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="846" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I845" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="846" spans="1:9">
       <c r="A846" t="s">
-        <v>885</v>
+        <v>1559</v>
       </c>
       <c r="B846"/>
-      <c r="C846"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C846" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D846"/>
       <c r="E846" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F846" t="s">
         <v>13</v>
       </c>
       <c r="G846" t="s">
         <v>14</v>
       </c>
       <c r="H846" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="847" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I846" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="847" spans="1:9">
       <c r="A847" t="s">
-        <v>886</v>
+        <v>1561</v>
       </c>
       <c r="B847"/>
-      <c r="C847"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C847" t="s">
+        <v>325</v>
+      </c>
+      <c r="D847"/>
       <c r="E847" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F847" t="s">
         <v>13</v>
       </c>
       <c r="G847" t="s">
         <v>14</v>
       </c>
       <c r="H847" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="848" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I847" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="848" spans="1:9">
       <c r="A848" t="s">
-        <v>887</v>
+        <v>1562</v>
       </c>
       <c r="B848"/>
-      <c r="C848"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C848" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D848"/>
       <c r="E848" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F848" t="s">
         <v>13</v>
       </c>
       <c r="G848" t="s">
         <v>14</v>
       </c>
       <c r="H848" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="849" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I848" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="849" spans="1:9">
       <c r="A849" t="s">
-        <v>888</v>
+        <v>1564</v>
       </c>
       <c r="B849"/>
-      <c r="C849"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C849" t="s">
+        <v>142</v>
+      </c>
+      <c r="D849"/>
       <c r="E849" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F849" t="s">
         <v>13</v>
       </c>
       <c r="G849" t="s">
         <v>14</v>
       </c>
       <c r="H849" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="850" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I849" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="850" spans="1:9">
       <c r="A850" t="s">
-        <v>889</v>
+        <v>1565</v>
       </c>
       <c r="B850"/>
-      <c r="C850"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C850" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D850"/>
       <c r="E850" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F850" t="s">
         <v>13</v>
       </c>
       <c r="G850" t="s">
         <v>14</v>
       </c>
       <c r="H850" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="851" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I850" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="851" spans="1:9">
       <c r="A851" t="s">
-        <v>890</v>
+        <v>1566</v>
       </c>
       <c r="B851"/>
-      <c r="C851"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C851" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D851"/>
       <c r="E851" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F851" t="s">
         <v>13</v>
       </c>
       <c r="G851" t="s">
         <v>14</v>
       </c>
       <c r="H851" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="852" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I851" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="852" spans="1:9">
       <c r="A852" t="s">
-        <v>891</v>
+        <v>1568</v>
       </c>
       <c r="B852"/>
-      <c r="C852"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C852" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D852"/>
       <c r="E852" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F852" t="s">
         <v>13</v>
       </c>
       <c r="G852" t="s">
         <v>14</v>
       </c>
       <c r="H852" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="853" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I852" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9">
       <c r="A853" t="s">
-        <v>892</v>
+        <v>1570</v>
       </c>
       <c r="B853"/>
-      <c r="C853"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C853" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D853"/>
       <c r="E853" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F853" t="s">
         <v>13</v>
       </c>
       <c r="G853" t="s">
         <v>14</v>
       </c>
       <c r="H853" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="854" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I853" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="854" spans="1:9">
       <c r="A854" t="s">
-        <v>893</v>
+        <v>1572</v>
       </c>
       <c r="B854"/>
-      <c r="C854"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C854" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D854"/>
       <c r="E854" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F854" t="s">
         <v>13</v>
       </c>
       <c r="G854" t="s">
         <v>14</v>
       </c>
       <c r="H854" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="855" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I854" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="855" spans="1:9">
       <c r="A855" t="s">
-        <v>894</v>
+        <v>1573</v>
       </c>
       <c r="B855"/>
-      <c r="C855"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C855" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D855"/>
       <c r="E855" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F855" t="s">
         <v>13</v>
       </c>
       <c r="G855" t="s">
         <v>14</v>
       </c>
       <c r="H855" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="856" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I855" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="856" spans="1:9">
       <c r="A856" t="s">
-        <v>895</v>
+        <v>1575</v>
       </c>
       <c r="B856"/>
-      <c r="C856"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C856" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D856"/>
       <c r="E856" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F856" t="s">
         <v>13</v>
       </c>
       <c r="G856" t="s">
         <v>14</v>
       </c>
       <c r="H856" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="857" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I856" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9">
       <c r="A857" t="s">
-        <v>896</v>
+        <v>1577</v>
       </c>
       <c r="B857"/>
-      <c r="C857"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C857" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D857"/>
       <c r="E857" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F857" t="s">
         <v>13</v>
       </c>
       <c r="G857" t="s">
         <v>14</v>
       </c>
       <c r="H857" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="858" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I857" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="858" spans="1:9">
       <c r="A858" t="s">
-        <v>897</v>
+        <v>1579</v>
       </c>
       <c r="B858"/>
-      <c r="C858"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C858" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D858"/>
       <c r="E858" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F858" t="s">
         <v>13</v>
       </c>
       <c r="G858" t="s">
         <v>14</v>
       </c>
       <c r="H858" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="859" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I858" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="859" spans="1:9">
       <c r="A859" t="s">
-        <v>898</v>
+        <v>1581</v>
       </c>
       <c r="B859"/>
-      <c r="C859"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C859" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D859"/>
       <c r="E859" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F859" t="s">
         <v>13</v>
       </c>
       <c r="G859" t="s">
         <v>14</v>
       </c>
       <c r="H859" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="860" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I859" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="860" spans="1:9">
       <c r="A860" t="s">
-        <v>899</v>
+        <v>1582</v>
       </c>
       <c r="B860"/>
-      <c r="C860"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C860" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D860"/>
       <c r="E860" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F860" t="s">
         <v>13</v>
       </c>
       <c r="G860" t="s">
         <v>14</v>
       </c>
       <c r="H860" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="861" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I860" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="861" spans="1:9">
       <c r="A861" t="s">
-        <v>900</v>
+        <v>1584</v>
       </c>
       <c r="B861"/>
-      <c r="C861"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C861" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D861"/>
       <c r="E861" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F861" t="s">
         <v>13</v>
       </c>
       <c r="G861" t="s">
         <v>14</v>
       </c>
       <c r="H861" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="862" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I861" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="862" spans="1:9">
       <c r="A862" t="s">
-        <v>901</v>
+        <v>1586</v>
       </c>
       <c r="B862"/>
-      <c r="C862"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C862" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D862"/>
       <c r="E862" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F862" t="s">
         <v>13</v>
       </c>
       <c r="G862" t="s">
         <v>14</v>
       </c>
       <c r="H862" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="863" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I862" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="863" spans="1:9">
       <c r="A863" t="s">
-        <v>902</v>
+        <v>1588</v>
       </c>
       <c r="B863"/>
-      <c r="C863"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C863" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D863"/>
       <c r="E863" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F863" t="s">
         <v>13</v>
       </c>
       <c r="G863" t="s">
         <v>14</v>
       </c>
       <c r="H863" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="864" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I863" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="864" spans="1:9">
       <c r="A864" t="s">
-        <v>903</v>
+        <v>1590</v>
       </c>
       <c r="B864"/>
-      <c r="C864"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C864" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D864"/>
       <c r="E864" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F864" t="s">
         <v>13</v>
       </c>
       <c r="G864" t="s">
         <v>14</v>
       </c>
       <c r="H864" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="865" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I864" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="865" spans="1:9">
       <c r="A865" t="s">
-        <v>904</v>
+        <v>1592</v>
       </c>
       <c r="B865"/>
-      <c r="C865"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C865" t="s">
+        <v>682</v>
+      </c>
+      <c r="D865"/>
       <c r="E865" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F865" t="s">
         <v>13</v>
       </c>
       <c r="G865" t="s">
         <v>14</v>
       </c>
       <c r="H865" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="866" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I865" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="866" spans="1:9">
       <c r="A866" t="s">
-        <v>905</v>
+        <v>1593</v>
       </c>
       <c r="B866"/>
-      <c r="C866"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C866" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D866"/>
       <c r="E866" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F866" t="s">
         <v>13</v>
       </c>
       <c r="G866" t="s">
         <v>14</v>
       </c>
       <c r="H866" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="867" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I866" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="867" spans="1:9">
       <c r="A867" t="s">
-        <v>906</v>
+        <v>1595</v>
       </c>
       <c r="B867"/>
-      <c r="C867"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C867" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D867"/>
       <c r="E867" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F867" t="s">
         <v>13</v>
       </c>
       <c r="G867" t="s">
         <v>14</v>
       </c>
       <c r="H867" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="868" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I867" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="868" spans="1:9">
       <c r="A868" t="s">
-        <v>907</v>
+        <v>1597</v>
       </c>
       <c r="B868"/>
-      <c r="C868"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C868" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D868"/>
       <c r="E868" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F868" t="s">
         <v>13</v>
       </c>
       <c r="G868" t="s">
         <v>14</v>
       </c>
       <c r="H868" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="869" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I868" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="869" spans="1:9">
       <c r="A869" t="s">
-        <v>908</v>
+        <v>1599</v>
       </c>
       <c r="B869"/>
-      <c r="C869"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C869" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D869"/>
       <c r="E869" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F869" t="s">
         <v>13</v>
       </c>
       <c r="G869" t="s">
         <v>14</v>
       </c>
       <c r="H869" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="870" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I869" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="870" spans="1:9">
       <c r="A870" t="s">
-        <v>909</v>
+        <v>1600</v>
       </c>
       <c r="B870"/>
-      <c r="C870"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C870" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D870"/>
       <c r="E870" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F870" t="s">
         <v>13</v>
       </c>
       <c r="G870" t="s">
         <v>14</v>
       </c>
       <c r="H870" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="871" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I870" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="871" spans="1:9">
       <c r="A871" t="s">
-        <v>910</v>
+        <v>1602</v>
       </c>
       <c r="B871"/>
-      <c r="C871"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C871" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D871"/>
       <c r="E871" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F871" t="s">
         <v>13</v>
       </c>
       <c r="G871" t="s">
         <v>14</v>
       </c>
       <c r="H871" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="872" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I871" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="872" spans="1:9">
       <c r="A872" t="s">
-        <v>911</v>
+        <v>1604</v>
       </c>
       <c r="B872"/>
-      <c r="C872"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C872" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D872"/>
       <c r="E872" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F872" t="s">
         <v>13</v>
       </c>
       <c r="G872" t="s">
         <v>14</v>
       </c>
       <c r="H872" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="873" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I872" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="873" spans="1:9">
       <c r="A873" t="s">
-        <v>912</v>
+        <v>1606</v>
       </c>
       <c r="B873"/>
-      <c r="C873"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C873" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D873"/>
       <c r="E873" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F873" t="s">
         <v>13</v>
       </c>
       <c r="G873" t="s">
         <v>14</v>
       </c>
       <c r="H873" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="874" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I873" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="874" spans="1:9">
       <c r="A874" t="s">
-        <v>913</v>
+        <v>1608</v>
       </c>
       <c r="B874"/>
-      <c r="C874"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C874" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D874"/>
       <c r="E874" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F874" t="s">
         <v>13</v>
       </c>
       <c r="G874" t="s">
         <v>14</v>
       </c>
       <c r="H874" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="875" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I874" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="875" spans="1:9">
       <c r="A875" t="s">
-        <v>914</v>
+        <v>1610</v>
       </c>
       <c r="B875"/>
-      <c r="C875"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C875" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D875"/>
       <c r="E875" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F875" t="s">
         <v>13</v>
       </c>
       <c r="G875" t="s">
         <v>14</v>
       </c>
       <c r="H875" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="876" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I875" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="876" spans="1:9">
       <c r="A876" t="s">
-        <v>915</v>
+        <v>1612</v>
       </c>
       <c r="B876"/>
-      <c r="C876"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C876" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D876"/>
       <c r="E876" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F876" t="s">
         <v>13</v>
       </c>
       <c r="G876" t="s">
         <v>14</v>
       </c>
       <c r="H876" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="877" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I876" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="877" spans="1:9">
       <c r="A877" t="s">
-        <v>916</v>
+        <v>1614</v>
       </c>
       <c r="B877"/>
-      <c r="C877"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C877" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D877"/>
       <c r="E877" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F877" t="s">
         <v>13</v>
       </c>
       <c r="G877" t="s">
         <v>14</v>
       </c>
       <c r="H877" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="878" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I877" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="878" spans="1:9">
       <c r="A878" t="s">
-        <v>917</v>
+        <v>1616</v>
       </c>
       <c r="B878"/>
-      <c r="C878"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C878" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D878"/>
       <c r="E878" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F878" t="s">
         <v>13</v>
       </c>
       <c r="G878" t="s">
         <v>14</v>
       </c>
       <c r="H878" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="879" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I878" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="879" spans="1:9">
       <c r="A879" t="s">
-        <v>918</v>
+        <v>1618</v>
       </c>
       <c r="B879"/>
-      <c r="C879"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C879" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D879"/>
       <c r="E879" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F879" t="s">
         <v>13</v>
       </c>
       <c r="G879" t="s">
         <v>14</v>
       </c>
       <c r="H879" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="880" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I879" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="880" spans="1:9">
       <c r="A880" t="s">
-        <v>919</v>
+        <v>1620</v>
       </c>
       <c r="B880"/>
-      <c r="C880"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C880" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D880"/>
       <c r="E880" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F880" t="s">
         <v>13</v>
       </c>
       <c r="G880" t="s">
         <v>14</v>
       </c>
       <c r="H880" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="881" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I880" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="881" spans="1:9">
       <c r="A881" t="s">
-        <v>920</v>
+        <v>1622</v>
       </c>
       <c r="B881"/>
-      <c r="C881"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C881" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D881"/>
       <c r="E881" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F881" t="s">
         <v>13</v>
       </c>
       <c r="G881" t="s">
         <v>14</v>
       </c>
       <c r="H881" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="882" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I881" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="882" spans="1:9">
       <c r="A882" t="s">
-        <v>921</v>
+        <v>1624</v>
       </c>
       <c r="B882"/>
-      <c r="C882"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C882" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D882"/>
       <c r="E882" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F882" t="s">
         <v>13</v>
       </c>
       <c r="G882" t="s">
         <v>14</v>
       </c>
       <c r="H882" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="883" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I882" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="883" spans="1:9">
       <c r="A883" t="s">
-        <v>922</v>
+        <v>1626</v>
       </c>
       <c r="B883"/>
-      <c r="C883"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C883" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D883"/>
       <c r="E883" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F883" t="s">
         <v>13</v>
       </c>
       <c r="G883" t="s">
         <v>14</v>
       </c>
       <c r="H883" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="884" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I883" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="884" spans="1:9">
       <c r="A884" t="s">
-        <v>923</v>
+        <v>1628</v>
       </c>
       <c r="B884"/>
-      <c r="C884"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C884" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D884"/>
       <c r="E884" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F884" t="s">
         <v>13</v>
       </c>
       <c r="G884" t="s">
         <v>14</v>
       </c>
       <c r="H884" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="885" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I884" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="885" spans="1:9">
       <c r="A885" t="s">
-        <v>924</v>
+        <v>1630</v>
       </c>
       <c r="B885"/>
-      <c r="C885"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C885" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D885"/>
       <c r="E885" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F885" t="s">
         <v>13</v>
       </c>
       <c r="G885" t="s">
         <v>14</v>
       </c>
       <c r="H885" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="886" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I885" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="886" spans="1:9">
       <c r="A886" t="s">
-        <v>925</v>
+        <v>1632</v>
       </c>
       <c r="B886"/>
       <c r="C886"/>
-      <c r="D886" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D886"/>
       <c r="E886" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F886" t="s">
         <v>13</v>
       </c>
       <c r="G886" t="s">
         <v>14</v>
       </c>
       <c r="H886" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="887" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I886" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="887" spans="1:9">
       <c r="A887" t="s">
-        <v>926</v>
+        <v>1633</v>
       </c>
       <c r="B887"/>
-      <c r="C887"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C887" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D887"/>
       <c r="E887" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F887" t="s">
         <v>13</v>
       </c>
       <c r="G887" t="s">
         <v>14</v>
       </c>
       <c r="H887" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="888" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I887" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="888" spans="1:9">
       <c r="A888" t="s">
-        <v>927</v>
+        <v>1635</v>
       </c>
       <c r="B888"/>
-      <c r="C888"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C888" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D888"/>
       <c r="E888" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F888" t="s">
         <v>13</v>
       </c>
       <c r="G888" t="s">
         <v>14</v>
       </c>
       <c r="H888" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="889" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I888" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="889" spans="1:9">
       <c r="A889" t="s">
-        <v>928</v>
+        <v>1637</v>
       </c>
       <c r="B889"/>
-      <c r="C889"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C889" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D889"/>
       <c r="E889" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F889" t="s">
         <v>13</v>
       </c>
       <c r="G889" t="s">
         <v>14</v>
       </c>
       <c r="H889" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="890" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I889" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="890" spans="1:9">
       <c r="A890" t="s">
-        <v>929</v>
+        <v>1639</v>
       </c>
       <c r="B890"/>
-      <c r="C890"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C890" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D890"/>
       <c r="E890" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F890" t="s">
         <v>13</v>
       </c>
       <c r="G890" t="s">
         <v>14</v>
       </c>
       <c r="H890" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="891" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I890" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="891" spans="1:9">
       <c r="A891" t="s">
-        <v>930</v>
+        <v>1641</v>
       </c>
       <c r="B891"/>
-      <c r="C891"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C891" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D891"/>
       <c r="E891" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F891" t="s">
         <v>13</v>
       </c>
       <c r="G891" t="s">
         <v>14</v>
       </c>
       <c r="H891" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="892" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I891" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="892" spans="1:9">
       <c r="A892" t="s">
-        <v>931</v>
+        <v>1643</v>
       </c>
       <c r="B892"/>
-      <c r="C892"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C892" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D892"/>
       <c r="E892" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F892" t="s">
         <v>13</v>
       </c>
       <c r="G892" t="s">
         <v>14</v>
       </c>
       <c r="H892" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="893" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I892" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="893" spans="1:9">
       <c r="A893" t="s">
-        <v>932</v>
+        <v>1645</v>
       </c>
       <c r="B893"/>
-      <c r="C893"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C893" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D893"/>
       <c r="E893" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F893" t="s">
         <v>13</v>
       </c>
       <c r="G893" t="s">
         <v>14</v>
       </c>
       <c r="H893" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="894" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I893" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="894" spans="1:9">
       <c r="A894" t="s">
-        <v>933</v>
+        <v>1647</v>
       </c>
       <c r="B894"/>
-      <c r="C894"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C894" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D894"/>
       <c r="E894" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F894" t="s">
         <v>13</v>
       </c>
       <c r="G894" t="s">
         <v>14</v>
       </c>
       <c r="H894" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="895" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I894" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="895" spans="1:9">
       <c r="A895" t="s">
-        <v>934</v>
+        <v>1649</v>
       </c>
       <c r="B895"/>
-      <c r="C895"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C895" t="s">
+        <v>710</v>
+      </c>
+      <c r="D895"/>
       <c r="E895" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F895" t="s">
         <v>13</v>
       </c>
       <c r="G895" t="s">
         <v>14</v>
       </c>
       <c r="H895" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="896" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I895" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="896" spans="1:9">
       <c r="A896" t="s">
-        <v>935</v>
+        <v>1650</v>
       </c>
       <c r="B896"/>
-      <c r="C896"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C896" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D896"/>
       <c r="E896" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F896" t="s">
         <v>13</v>
       </c>
       <c r="G896" t="s">
         <v>14</v>
       </c>
       <c r="H896" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="897" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I896" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="897" spans="1:9">
       <c r="A897" t="s">
-        <v>936</v>
+        <v>1652</v>
       </c>
       <c r="B897"/>
-      <c r="C897"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C897" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D897"/>
       <c r="E897" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F897" t="s">
         <v>13</v>
       </c>
       <c r="G897" t="s">
         <v>14</v>
       </c>
       <c r="H897" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="898" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I897" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="898" spans="1:9">
       <c r="A898" t="s">
-        <v>937</v>
+        <v>1654</v>
       </c>
       <c r="B898"/>
-      <c r="C898"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C898" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D898"/>
       <c r="E898" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F898" t="s">
         <v>13</v>
       </c>
       <c r="G898" t="s">
         <v>14</v>
       </c>
       <c r="H898" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="899" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I898" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="899" spans="1:9">
       <c r="A899" t="s">
-        <v>938</v>
+        <v>1656</v>
       </c>
       <c r="B899"/>
-      <c r="C899"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C899" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D899"/>
       <c r="E899" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F899" t="s">
         <v>13</v>
       </c>
       <c r="G899" t="s">
         <v>14</v>
       </c>
       <c r="H899" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="900" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I899" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="900" spans="1:9">
       <c r="A900" t="s">
-        <v>939</v>
+        <v>1658</v>
       </c>
       <c r="B900"/>
-      <c r="C900"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C900" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D900"/>
       <c r="E900" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F900" t="s">
         <v>13</v>
       </c>
       <c r="G900" t="s">
         <v>14</v>
       </c>
       <c r="H900" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="901" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I900" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="901" spans="1:9">
       <c r="A901" t="s">
-        <v>940</v>
+        <v>1660</v>
       </c>
       <c r="B901"/>
-      <c r="C901"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C901" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D901"/>
       <c r="E901" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F901" t="s">
         <v>13</v>
       </c>
       <c r="G901" t="s">
         <v>14</v>
       </c>
       <c r="H901" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="902" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I901" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="902" spans="1:9">
       <c r="A902" t="s">
-        <v>941</v>
+        <v>1662</v>
       </c>
       <c r="B902"/>
-      <c r="C902"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C902" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D902"/>
       <c r="E902" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F902" t="s">
         <v>13</v>
       </c>
       <c r="G902" t="s">
         <v>14</v>
       </c>
       <c r="H902" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="903" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I902" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="903" spans="1:9">
       <c r="A903" t="s">
-        <v>942</v>
+        <v>1664</v>
       </c>
       <c r="B903"/>
-      <c r="C903"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C903" t="s">
+        <v>664</v>
+      </c>
+      <c r="D903"/>
       <c r="E903" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F903" t="s">
         <v>13</v>
       </c>
       <c r="G903" t="s">
         <v>14</v>
       </c>
       <c r="H903" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="904" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I903" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="904" spans="1:9">
       <c r="A904" t="s">
-        <v>943</v>
+        <v>1665</v>
       </c>
       <c r="B904"/>
-      <c r="C904"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C904" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D904"/>
       <c r="E904" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F904" t="s">
         <v>13</v>
       </c>
       <c r="G904" t="s">
         <v>14</v>
       </c>
       <c r="H904" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="905" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I904" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="905" spans="1:9">
       <c r="A905" t="s">
-        <v>944</v>
+        <v>1667</v>
       </c>
       <c r="B905"/>
-      <c r="C905"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C905" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D905"/>
       <c r="E905" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F905" t="s">
         <v>13</v>
       </c>
       <c r="G905" t="s">
         <v>14</v>
       </c>
       <c r="H905" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="906" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I905" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="906" spans="1:9">
       <c r="A906" t="s">
-        <v>945</v>
+        <v>1669</v>
       </c>
       <c r="B906"/>
-      <c r="C906"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C906" t="s">
+        <v>93</v>
+      </c>
+      <c r="D906"/>
       <c r="E906" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F906" t="s">
         <v>13</v>
       </c>
       <c r="G906" t="s">
         <v>14</v>
       </c>
       <c r="H906" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="907" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I906" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="907" spans="1:9">
       <c r="A907" t="s">
-        <v>946</v>
+        <v>1670</v>
       </c>
       <c r="B907"/>
-      <c r="C907"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C907" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D907"/>
       <c r="E907" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F907" t="s">
         <v>13</v>
       </c>
       <c r="G907" t="s">
         <v>14</v>
       </c>
       <c r="H907" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="908" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I907" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="908" spans="1:9">
       <c r="A908" t="s">
-        <v>947</v>
+        <v>1672</v>
       </c>
       <c r="B908"/>
-      <c r="C908"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C908" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D908"/>
       <c r="E908" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F908" t="s">
         <v>13</v>
       </c>
       <c r="G908" t="s">
         <v>14</v>
       </c>
       <c r="H908" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="909" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I908" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="909" spans="1:9">
       <c r="A909" t="s">
-        <v>948</v>
+        <v>1674</v>
       </c>
       <c r="B909"/>
-      <c r="C909"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C909" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D909"/>
       <c r="E909" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F909" t="s">
         <v>13</v>
       </c>
       <c r="G909" t="s">
         <v>14</v>
       </c>
       <c r="H909" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="910" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I909" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="910" spans="1:9">
       <c r="A910" t="s">
-        <v>949</v>
+        <v>1676</v>
       </c>
       <c r="B910"/>
-      <c r="C910"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C910" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D910"/>
       <c r="E910" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F910" t="s">
         <v>13</v>
       </c>
       <c r="G910" t="s">
         <v>14</v>
       </c>
       <c r="H910" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="911" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I910" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="911" spans="1:9">
       <c r="A911" t="s">
-        <v>950</v>
+        <v>1678</v>
       </c>
       <c r="B911"/>
-      <c r="C911"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C911" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D911"/>
       <c r="E911" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F911" t="s">
         <v>13</v>
       </c>
       <c r="G911" t="s">
         <v>14</v>
       </c>
       <c r="H911" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="912" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I911" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="912" spans="1:9">
       <c r="A912" t="s">
-        <v>951</v>
+        <v>1680</v>
       </c>
       <c r="B912"/>
-      <c r="C912"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C912" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D912"/>
       <c r="E912" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F912" t="s">
         <v>13</v>
       </c>
       <c r="G912" t="s">
         <v>14</v>
       </c>
       <c r="H912" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="913" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I912" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="913" spans="1:9">
       <c r="A913" t="s">
-        <v>952</v>
+        <v>1682</v>
       </c>
       <c r="B913"/>
-      <c r="C913"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C913" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D913"/>
       <c r="E913" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F913" t="s">
         <v>13</v>
       </c>
       <c r="G913" t="s">
         <v>14</v>
       </c>
       <c r="H913" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="914" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I913" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="914" spans="1:9">
       <c r="A914" t="s">
-        <v>953</v>
+        <v>1684</v>
       </c>
       <c r="B914"/>
-      <c r="C914"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C914" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D914"/>
       <c r="E914" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F914" t="s">
         <v>13</v>
       </c>
       <c r="G914" t="s">
         <v>14</v>
       </c>
       <c r="H914" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="915" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I914" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="915" spans="1:9">
       <c r="A915" t="s">
-        <v>954</v>
+        <v>1686</v>
       </c>
       <c r="B915"/>
-      <c r="C915"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C915" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D915"/>
       <c r="E915" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F915" t="s">
         <v>13</v>
       </c>
       <c r="G915" t="s">
         <v>14</v>
       </c>
       <c r="H915" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="916" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I915" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="916" spans="1:9">
       <c r="A916" t="s">
-        <v>955</v>
+        <v>1688</v>
       </c>
       <c r="B916"/>
-      <c r="C916"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C916" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D916"/>
       <c r="E916" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F916" t="s">
         <v>13</v>
       </c>
       <c r="G916" t="s">
         <v>14</v>
       </c>
       <c r="H916" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="917" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I916" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="917" spans="1:9">
       <c r="A917" t="s">
-        <v>956</v>
+        <v>1690</v>
       </c>
       <c r="B917"/>
-      <c r="C917"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C917" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D917"/>
       <c r="E917" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F917" t="s">
         <v>13</v>
       </c>
       <c r="G917" t="s">
         <v>14</v>
       </c>
       <c r="H917" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="918" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I917" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="918" spans="1:9">
       <c r="A918" t="s">
-        <v>957</v>
+        <v>1692</v>
       </c>
       <c r="B918"/>
-      <c r="C918"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C918" t="s">
+        <v>625</v>
+      </c>
+      <c r="D918"/>
       <c r="E918" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F918" t="s">
         <v>13</v>
       </c>
       <c r="G918" t="s">
         <v>14</v>
       </c>
       <c r="H918" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="919" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I918" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="919" spans="1:9">
       <c r="A919" t="s">
-        <v>958</v>
+        <v>1693</v>
       </c>
       <c r="B919"/>
-      <c r="C919"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C919" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D919"/>
       <c r="E919" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F919" t="s">
         <v>13</v>
       </c>
       <c r="G919" t="s">
         <v>14</v>
       </c>
       <c r="H919" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="920" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I919" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="920" spans="1:9">
       <c r="A920" t="s">
-        <v>959</v>
+        <v>1695</v>
       </c>
       <c r="B920"/>
-      <c r="C920"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C920" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D920"/>
       <c r="E920" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F920" t="s">
         <v>13</v>
       </c>
       <c r="G920" t="s">
         <v>14</v>
       </c>
       <c r="H920" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="921" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I920" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="921" spans="1:9">
       <c r="A921" t="s">
-        <v>960</v>
+        <v>1697</v>
       </c>
       <c r="B921"/>
       <c r="C921"/>
-      <c r="D921" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D921"/>
       <c r="E921" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F921" t="s">
         <v>13</v>
       </c>
       <c r="G921" t="s">
         <v>14</v>
       </c>
       <c r="H921" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="922" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I921" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="922" spans="1:9">
       <c r="A922" t="s">
-        <v>961</v>
+        <v>1698</v>
       </c>
       <c r="B922"/>
-      <c r="C922"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C922" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D922"/>
       <c r="E922" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F922" t="s">
         <v>13</v>
       </c>
       <c r="G922" t="s">
         <v>14</v>
       </c>
       <c r="H922" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="923" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I922" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="923" spans="1:9">
       <c r="A923" t="s">
-        <v>962</v>
+        <v>1700</v>
       </c>
       <c r="B923"/>
-      <c r="C923"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C923" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D923"/>
       <c r="E923" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F923" t="s">
         <v>13</v>
       </c>
       <c r="G923" t="s">
         <v>14</v>
       </c>
       <c r="H923" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="924" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I923" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="924" spans="1:9">
       <c r="A924" t="s">
-        <v>963</v>
+        <v>1702</v>
       </c>
       <c r="B924"/>
-      <c r="C924"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C924" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D924"/>
       <c r="E924" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F924" t="s">
         <v>13</v>
       </c>
       <c r="G924" t="s">
         <v>14</v>
       </c>
       <c r="H924" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="925" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I924" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="925" spans="1:9">
       <c r="A925" t="s">
-        <v>964</v>
+        <v>1704</v>
       </c>
       <c r="B925"/>
-      <c r="C925"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C925" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D925"/>
       <c r="E925" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F925" t="s">
         <v>13</v>
       </c>
       <c r="G925" t="s">
         <v>14</v>
       </c>
       <c r="H925" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="926" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I925" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="926" spans="1:9">
       <c r="A926" t="s">
-        <v>965</v>
+        <v>1706</v>
       </c>
       <c r="B926"/>
-      <c r="C926"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C926" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D926"/>
       <c r="E926" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F926" t="s">
         <v>13</v>
       </c>
       <c r="G926" t="s">
         <v>14</v>
       </c>
       <c r="H926" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="927" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I926" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="927" spans="1:9">
       <c r="A927" t="s">
-        <v>966</v>
+        <v>1708</v>
       </c>
       <c r="B927"/>
-      <c r="C927"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C927" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D927"/>
       <c r="E927" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F927" t="s">
         <v>13</v>
       </c>
       <c r="G927" t="s">
         <v>14</v>
       </c>
       <c r="H927" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="928" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I927" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="928" spans="1:9">
       <c r="A928" t="s">
-        <v>967</v>
+        <v>1710</v>
       </c>
       <c r="B928"/>
-      <c r="C928"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C928" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D928"/>
       <c r="E928" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F928" t="s">
         <v>13</v>
       </c>
       <c r="G928" t="s">
         <v>14</v>
       </c>
       <c r="H928" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="929" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I928" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="929" spans="1:9">
       <c r="A929" t="s">
-        <v>968</v>
+        <v>1712</v>
       </c>
       <c r="B929"/>
-      <c r="C929"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C929" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D929"/>
       <c r="E929" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F929" t="s">
         <v>13</v>
       </c>
       <c r="G929" t="s">
         <v>14</v>
       </c>
       <c r="H929" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="930" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I929" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="930" spans="1:9">
       <c r="A930" t="s">
-        <v>969</v>
+        <v>1714</v>
       </c>
       <c r="B930"/>
-      <c r="C930"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C930" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D930"/>
       <c r="E930" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F930" t="s">
         <v>13</v>
       </c>
       <c r="G930" t="s">
-        <v>705</v>
+        <v>14</v>
       </c>
       <c r="H930" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="931" spans="1:8">
+        <v>1246</v>
+      </c>
+      <c r="I930" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="931" spans="1:9">
       <c r="A931" t="s">
-        <v>970</v>
+        <v>1716</v>
       </c>
       <c r="B931"/>
-      <c r="C931"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C931" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D931"/>
       <c r="E931" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F931" t="s">
         <v>13</v>
       </c>
       <c r="G931" t="s">
         <v>14</v>
       </c>
       <c r="H931" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="932" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I931" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="932" spans="1:9">
       <c r="A932" t="s">
-        <v>971</v>
+        <v>1718</v>
       </c>
       <c r="B932"/>
-      <c r="C932"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C932" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D932"/>
       <c r="E932" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F932" t="s">
         <v>13</v>
       </c>
       <c r="G932" t="s">
         <v>14</v>
       </c>
       <c r="H932" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="933" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I932" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="933" spans="1:9">
       <c r="A933" t="s">
-        <v>972</v>
+        <v>1720</v>
       </c>
       <c r="B933"/>
-      <c r="C933"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C933" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D933"/>
       <c r="E933" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F933" t="s">
         <v>13</v>
       </c>
       <c r="G933" t="s">
         <v>14</v>
       </c>
       <c r="H933" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="934" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I933" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="934" spans="1:9">
       <c r="A934" t="s">
-        <v>973</v>
+        <v>1722</v>
       </c>
       <c r="B934"/>
-      <c r="C934"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C934" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D934"/>
       <c r="E934" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F934" t="s">
         <v>13</v>
       </c>
       <c r="G934" t="s">
         <v>14</v>
       </c>
       <c r="H934" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="935" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I934" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="935" spans="1:9">
       <c r="A935" t="s">
-        <v>974</v>
+        <v>1724</v>
       </c>
       <c r="B935"/>
-      <c r="C935"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C935" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D935"/>
       <c r="E935" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F935" t="s">
         <v>13</v>
       </c>
       <c r="G935" t="s">
         <v>14</v>
       </c>
       <c r="H935" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="936" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I935" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="936" spans="1:9">
       <c r="A936" t="s">
-        <v>975</v>
+        <v>1726</v>
       </c>
       <c r="B936"/>
-      <c r="C936"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C936" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D936"/>
       <c r="E936" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F936" t="s">
         <v>13</v>
       </c>
       <c r="G936" t="s">
         <v>14</v>
       </c>
       <c r="H936" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="937" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I936" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="937" spans="1:9">
       <c r="A937" t="s">
-        <v>976</v>
+        <v>1728</v>
       </c>
       <c r="B937"/>
-      <c r="C937"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C937" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D937"/>
       <c r="E937" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F937" t="s">
         <v>13</v>
       </c>
       <c r="G937" t="s">
         <v>14</v>
       </c>
       <c r="H937" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="938" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I937" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="938" spans="1:9">
       <c r="A938" t="s">
-        <v>977</v>
+        <v>1730</v>
       </c>
       <c r="B938"/>
-      <c r="C938"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C938" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D938"/>
       <c r="E938" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F938" t="s">
         <v>13</v>
       </c>
       <c r="G938" t="s">
         <v>14</v>
       </c>
       <c r="H938" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="939" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I938" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="939" spans="1:9">
       <c r="A939" t="s">
-        <v>978</v>
+        <v>1732</v>
       </c>
       <c r="B939"/>
-      <c r="C939"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C939" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D939"/>
       <c r="E939" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F939" t="s">
         <v>13</v>
       </c>
       <c r="G939" t="s">
         <v>14</v>
       </c>
       <c r="H939" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="940" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I939" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="940" spans="1:9">
       <c r="A940" t="s">
-        <v>979</v>
+        <v>1734</v>
       </c>
       <c r="B940"/>
-      <c r="C940"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C940" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D940"/>
       <c r="E940" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F940" t="s">
         <v>13</v>
       </c>
       <c r="G940" t="s">
         <v>14</v>
       </c>
       <c r="H940" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="941" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I940" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="941" spans="1:9">
       <c r="A941" t="s">
-        <v>980</v>
+        <v>1736</v>
       </c>
       <c r="B941"/>
-      <c r="C941"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C941" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D941"/>
       <c r="E941" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F941" t="s">
         <v>13</v>
       </c>
       <c r="G941" t="s">
         <v>14</v>
       </c>
       <c r="H941" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="942" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I941" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="942" spans="1:9">
       <c r="A942" t="s">
-        <v>981</v>
+        <v>1738</v>
       </c>
       <c r="B942"/>
-      <c r="C942"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C942" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D942"/>
       <c r="E942" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F942" t="s">
         <v>13</v>
       </c>
       <c r="G942" t="s">
         <v>14</v>
       </c>
       <c r="H942" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="943" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I942" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="943" spans="1:9">
       <c r="A943" t="s">
-        <v>982</v>
+        <v>1740</v>
       </c>
       <c r="B943"/>
-      <c r="C943"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C943" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D943"/>
       <c r="E943" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F943" t="s">
         <v>13</v>
       </c>
       <c r="G943" t="s">
         <v>14</v>
       </c>
       <c r="H943" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="944" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I943" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="944" spans="1:9">
       <c r="A944" t="s">
-        <v>983</v>
+        <v>1742</v>
       </c>
       <c r="B944"/>
-      <c r="C944"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C944" t="s">
+        <v>647</v>
+      </c>
+      <c r="D944"/>
       <c r="E944" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F944" t="s">
         <v>13</v>
       </c>
       <c r="G944" t="s">
         <v>14</v>
       </c>
       <c r="H944" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="945" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I944" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="945" spans="1:9">
       <c r="A945" t="s">
-        <v>984</v>
+        <v>1743</v>
       </c>
       <c r="B945"/>
-      <c r="C945"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C945" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D945"/>
       <c r="E945" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F945" t="s">
         <v>13</v>
       </c>
       <c r="G945" t="s">
         <v>14</v>
       </c>
       <c r="H945" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="946" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I945" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="946" spans="1:9">
       <c r="A946" t="s">
-        <v>985</v>
+        <v>1745</v>
       </c>
       <c r="B946"/>
-      <c r="C946"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C946" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D946"/>
       <c r="E946" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F946" t="s">
         <v>13</v>
       </c>
       <c r="G946" t="s">
         <v>14</v>
       </c>
       <c r="H946" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="947" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I946" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="947" spans="1:9">
       <c r="A947" t="s">
-        <v>986</v>
+        <v>1747</v>
       </c>
       <c r="B947"/>
-      <c r="C947"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C947" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D947"/>
       <c r="E947" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F947" t="s">
         <v>13</v>
       </c>
       <c r="G947" t="s">
         <v>14</v>
       </c>
       <c r="H947" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="948" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I947" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="948" spans="1:9">
       <c r="A948" t="s">
-        <v>987</v>
+        <v>1749</v>
       </c>
       <c r="B948"/>
-      <c r="C948"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C948" t="s">
+        <v>994</v>
+      </c>
+      <c r="D948"/>
       <c r="E948" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F948" t="s">
         <v>13</v>
       </c>
       <c r="G948" t="s">
         <v>14</v>
       </c>
       <c r="H948" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="949" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="I948" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="949" spans="1:9">
       <c r="A949" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B949"/>
+      <c r="C949" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D949"/>
+      <c r="E949" t="s">
+        <v>19</v>
+      </c>
+      <c r="F949" t="s">
+        <v>13</v>
+      </c>
+      <c r="G949" t="s">
+        <v>14</v>
+      </c>
+      <c r="H949" t="s">
+        <v>15</v>
+      </c>
+      <c r="I949" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="950" spans="1:9">
+      <c r="A950" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B950"/>
+      <c r="C950" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D950"/>
+      <c r="E950" t="s">
+        <v>19</v>
+      </c>
+      <c r="F950" t="s">
+        <v>13</v>
+      </c>
+      <c r="G950" t="s">
+        <v>14</v>
+      </c>
+      <c r="H950" t="s">
+        <v>15</v>
+      </c>
+      <c r="I950" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="951" spans="1:9">
+      <c r="A951" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B951"/>
+      <c r="C951" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D951"/>
+      <c r="E951" t="s">
+        <v>19</v>
+      </c>
+      <c r="F951" t="s">
+        <v>13</v>
+      </c>
+      <c r="G951" t="s">
+        <v>14</v>
+      </c>
+      <c r="H951" t="s">
+        <v>15</v>
+      </c>
+      <c r="I951" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="952" spans="1:9">
+      <c r="A952" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B952"/>
+      <c r="C952" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D952"/>
+      <c r="E952" t="s">
+        <v>19</v>
+      </c>
+      <c r="F952" t="s">
+        <v>13</v>
+      </c>
+      <c r="G952" t="s">
+        <v>14</v>
+      </c>
+      <c r="H952" t="s">
+        <v>15</v>
+      </c>
+      <c r="I952" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="953" spans="1:9">
+      <c r="A953" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B953"/>
+      <c r="C953" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D953"/>
+      <c r="E953" t="s">
+        <v>19</v>
+      </c>
+      <c r="F953" t="s">
+        <v>13</v>
+      </c>
+      <c r="G953" t="s">
+        <v>14</v>
+      </c>
+      <c r="H953" t="s">
+        <v>15</v>
+      </c>
+      <c r="I953" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="954" spans="1:9">
+      <c r="A954" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B954"/>
+      <c r="C954" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D954"/>
+      <c r="E954" t="s">
+        <v>19</v>
+      </c>
+      <c r="F954" t="s">
+        <v>13</v>
+      </c>
+      <c r="G954" t="s">
+        <v>14</v>
+      </c>
+      <c r="H954" t="s">
+        <v>15</v>
+      </c>
+      <c r="I954" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="955" spans="1:9">
+      <c r="A955" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B955"/>
+      <c r="C955" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D955"/>
+      <c r="E955" t="s">
+        <v>19</v>
+      </c>
+      <c r="F955" t="s">
+        <v>13</v>
+      </c>
+      <c r="G955" t="s">
+        <v>14</v>
+      </c>
+      <c r="H955" t="s">
+        <v>15</v>
+      </c>
+      <c r="I955" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="956" spans="1:9">
+      <c r="A956" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B956"/>
+      <c r="C956" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D956"/>
+      <c r="E956" t="s">
+        <v>19</v>
+      </c>
+      <c r="F956" t="s">
+        <v>13</v>
+      </c>
+      <c r="G956" t="s">
+        <v>14</v>
+      </c>
+      <c r="H956" t="s">
+        <v>15</v>
+      </c>
+      <c r="I956" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="957" spans="1:9">
+      <c r="A957" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B957"/>
+      <c r="C957" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D957"/>
+      <c r="E957" t="s">
+        <v>19</v>
+      </c>
+      <c r="F957" t="s">
+        <v>13</v>
+      </c>
+      <c r="G957" t="s">
+        <v>14</v>
+      </c>
+      <c r="H957" t="s">
+        <v>15</v>
+      </c>
+      <c r="I957" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="958" spans="1:9">
+      <c r="A958" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B958"/>
+      <c r="C958" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D958"/>
+      <c r="E958" t="s">
+        <v>19</v>
+      </c>
+      <c r="F958" t="s">
+        <v>13</v>
+      </c>
+      <c r="G958" t="s">
+        <v>14</v>
+      </c>
+      <c r="H958" t="s">
+        <v>15</v>
+      </c>
+      <c r="I958" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="959" spans="1:9">
+      <c r="A959" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B959"/>
+      <c r="C959" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D959"/>
+      <c r="E959" t="s">
+        <v>19</v>
+      </c>
+      <c r="F959" t="s">
+        <v>13</v>
+      </c>
+      <c r="G959" t="s">
+        <v>14</v>
+      </c>
+      <c r="H959" t="s">
+        <v>15</v>
+      </c>
+      <c r="I959" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="960" spans="1:9">
+      <c r="A960" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B960"/>
+      <c r="C960" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D960"/>
+      <c r="E960" t="s">
+        <v>19</v>
+      </c>
+      <c r="F960" t="s">
+        <v>13</v>
+      </c>
+      <c r="G960" t="s">
+        <v>14</v>
+      </c>
+      <c r="H960" t="s">
+        <v>15</v>
+      </c>
+      <c r="I960" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="961" spans="1:9">
+      <c r="A961" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B961"/>
+      <c r="C961" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D961"/>
+      <c r="E961" t="s">
+        <v>19</v>
+      </c>
+      <c r="F961" t="s">
+        <v>13</v>
+      </c>
+      <c r="G961" t="s">
+        <v>14</v>
+      </c>
+      <c r="H961" t="s">
+        <v>15</v>
+      </c>
+      <c r="I961" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="962" spans="1:9">
+      <c r="A962" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B962"/>
+      <c r="C962" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D962"/>
+      <c r="E962" t="s">
+        <v>19</v>
+      </c>
+      <c r="F962" t="s">
+        <v>13</v>
+      </c>
+      <c r="G962" t="s">
+        <v>14</v>
+      </c>
+      <c r="H962" t="s">
+        <v>15</v>
+      </c>
+      <c r="I962" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="963" spans="1:9">
+      <c r="A963" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B963"/>
+      <c r="C963" t="s">
+        <v>197</v>
+      </c>
+      <c r="D963"/>
+      <c r="E963" t="s">
+        <v>19</v>
+      </c>
+      <c r="F963" t="s">
+        <v>13</v>
+      </c>
+      <c r="G963" t="s">
+        <v>14</v>
+      </c>
+      <c r="H963" t="s">
+        <v>15</v>
+      </c>
+      <c r="I963" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="964" spans="1:9">
+      <c r="A964" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B964"/>
+      <c r="C964" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D964"/>
+      <c r="E964" t="s">
+        <v>19</v>
+      </c>
+      <c r="F964" t="s">
+        <v>13</v>
+      </c>
+      <c r="G964" t="s">
+        <v>14</v>
+      </c>
+      <c r="H964" t="s">
+        <v>15</v>
+      </c>
+      <c r="I964" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="965" spans="1:9">
+      <c r="A965" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B965"/>
+      <c r="C965" t="s">
+        <v>113</v>
+      </c>
+      <c r="D965"/>
+      <c r="E965" t="s">
+        <v>19</v>
+      </c>
+      <c r="F965" t="s">
+        <v>13</v>
+      </c>
+      <c r="G965" t="s">
+        <v>14</v>
+      </c>
+      <c r="H965" t="s">
+        <v>15</v>
+      </c>
+      <c r="I965" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="966" spans="1:9">
+      <c r="A966" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B966"/>
+      <c r="C966" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D966"/>
+      <c r="E966" t="s">
+        <v>19</v>
+      </c>
+      <c r="F966" t="s">
+        <v>13</v>
+      </c>
+      <c r="G966" t="s">
+        <v>14</v>
+      </c>
+      <c r="H966" t="s">
+        <v>15</v>
+      </c>
+      <c r="I966" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="967" spans="1:9">
+      <c r="A967" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B967"/>
+      <c r="C967" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D967"/>
+      <c r="E967" t="s">
+        <v>19</v>
+      </c>
+      <c r="F967" t="s">
+        <v>13</v>
+      </c>
+      <c r="G967" t="s">
+        <v>14</v>
+      </c>
+      <c r="H967" t="s">
+        <v>15</v>
+      </c>
+      <c r="I967" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="968" spans="1:9">
+      <c r="A968" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B968"/>
+      <c r="C968" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D968"/>
+      <c r="E968" t="s">
+        <v>19</v>
+      </c>
+      <c r="F968" t="s">
+        <v>13</v>
+      </c>
+      <c r="G968" t="s">
+        <v>14</v>
+      </c>
+      <c r="H968" t="s">
+        <v>15</v>
+      </c>
+      <c r="I968" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="969" spans="1:9">
+      <c r="A969" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B969"/>
+      <c r="C969" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D969"/>
+      <c r="E969" t="s">
+        <v>19</v>
+      </c>
+      <c r="F969" t="s">
+        <v>13</v>
+      </c>
+      <c r="G969" t="s">
+        <v>14</v>
+      </c>
+      <c r="H969" t="s">
+        <v>15</v>
+      </c>
+      <c r="I969" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="970" spans="1:9">
+      <c r="A970" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B970"/>
+      <c r="C970" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D970"/>
+      <c r="E970" t="s">
+        <v>19</v>
+      </c>
+      <c r="F970" t="s">
+        <v>13</v>
+      </c>
+      <c r="G970" t="s">
+        <v>14</v>
+      </c>
+      <c r="H970" t="s">
+        <v>15</v>
+      </c>
+      <c r="I970" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="971" spans="1:9">
+      <c r="A971" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B971"/>
+      <c r="C971" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D971"/>
+      <c r="E971" t="s">
+        <v>19</v>
+      </c>
+      <c r="F971" t="s">
+        <v>13</v>
+      </c>
+      <c r="G971" t="s">
+        <v>14</v>
+      </c>
+      <c r="H971" t="s">
+        <v>15</v>
+      </c>
+      <c r="I971" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="972" spans="1:9">
+      <c r="A972" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B972"/>
+      <c r="C972" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D972"/>
+      <c r="E972" t="s">
+        <v>19</v>
+      </c>
+      <c r="F972" t="s">
+        <v>13</v>
+      </c>
+      <c r="G972" t="s">
+        <v>14</v>
+      </c>
+      <c r="H972" t="s">
+        <v>15</v>
+      </c>
+      <c r="I972" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="973" spans="1:9">
+      <c r="A973" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B973"/>
+      <c r="C973" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D973"/>
+      <c r="E973" t="s">
+        <v>19</v>
+      </c>
+      <c r="F973" t="s">
+        <v>13</v>
+      </c>
+      <c r="G973" t="s">
+        <v>14</v>
+      </c>
+      <c r="H973" t="s">
+        <v>15</v>
+      </c>
+      <c r="I973" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="974" spans="1:9">
+      <c r="A974" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B974"/>
+      <c r="C974" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D974"/>
+      <c r="E974" t="s">
+        <v>19</v>
+      </c>
+      <c r="F974" t="s">
+        <v>13</v>
+      </c>
+      <c r="G974" t="s">
+        <v>14</v>
+      </c>
+      <c r="H974" t="s">
+        <v>15</v>
+      </c>
+      <c r="I974" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="975" spans="1:9">
+      <c r="A975" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B975"/>
+      <c r="C975" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D975"/>
+      <c r="E975" t="s">
+        <v>19</v>
+      </c>
+      <c r="F975" t="s">
+        <v>13</v>
+      </c>
+      <c r="G975" t="s">
+        <v>14</v>
+      </c>
+      <c r="H975" t="s">
+        <v>15</v>
+      </c>
+      <c r="I975" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="976" spans="1:9">
+      <c r="A976" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B976"/>
+      <c r="C976" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D976"/>
+      <c r="E976" t="s">
+        <v>19</v>
+      </c>
+      <c r="F976" t="s">
+        <v>13</v>
+      </c>
+      <c r="G976" t="s">
+        <v>14</v>
+      </c>
+      <c r="H976" t="s">
+        <v>15</v>
+      </c>
+      <c r="I976" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="977" spans="1:9">
+      <c r="A977" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B977"/>
+      <c r="C977" t="s">
+        <v>32</v>
+      </c>
+      <c r="D977"/>
+      <c r="E977" t="s">
+        <v>19</v>
+      </c>
+      <c r="F977" t="s">
+        <v>13</v>
+      </c>
+      <c r="G977" t="s">
+        <v>14</v>
+      </c>
+      <c r="H977" t="s">
+        <v>15</v>
+      </c>
+      <c r="I977" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="978" spans="1:9">
+      <c r="A978" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B978"/>
+      <c r="C978" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D978"/>
+      <c r="E978" t="s">
+        <v>19</v>
+      </c>
+      <c r="F978" t="s">
+        <v>13</v>
+      </c>
+      <c r="G978" t="s">
+        <v>14</v>
+      </c>
+      <c r="H978" t="s">
+        <v>15</v>
+      </c>
+      <c r="I978" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="979" spans="1:9">
+      <c r="A979" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B979"/>
+      <c r="C979" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D979"/>
+      <c r="E979" t="s">
+        <v>19</v>
+      </c>
+      <c r="F979" t="s">
+        <v>13</v>
+      </c>
+      <c r="G979" t="s">
+        <v>14</v>
+      </c>
+      <c r="H979" t="s">
+        <v>15</v>
+      </c>
+      <c r="I979" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="980" spans="1:9">
+      <c r="A980" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B980"/>
+      <c r="C980" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D980"/>
+      <c r="E980" t="s">
+        <v>19</v>
+      </c>
+      <c r="F980" t="s">
+        <v>13</v>
+      </c>
+      <c r="G980" t="s">
+        <v>14</v>
+      </c>
+      <c r="H980" t="s">
+        <v>15</v>
+      </c>
+      <c r="I980" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="981" spans="1:9">
+      <c r="A981" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B981"/>
+      <c r="C981" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D981"/>
+      <c r="E981" t="s">
+        <v>19</v>
+      </c>
+      <c r="F981" t="s">
+        <v>13</v>
+      </c>
+      <c r="G981" t="s">
+        <v>14</v>
+      </c>
+      <c r="H981" t="s">
+        <v>15</v>
+      </c>
+      <c r="I981" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="982" spans="1:9">
+      <c r="A982" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B982"/>
+      <c r="C982" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D982"/>
+      <c r="E982" t="s">
+        <v>19</v>
+      </c>
+      <c r="F982" t="s">
+        <v>13</v>
+      </c>
+      <c r="G982" t="s">
+        <v>14</v>
+      </c>
+      <c r="H982" t="s">
+        <v>15</v>
+      </c>
+      <c r="I982" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="983" spans="1:9">
+      <c r="A983" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B983"/>
+      <c r="C983" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D983"/>
+      <c r="E983" t="s">
+        <v>19</v>
+      </c>
+      <c r="F983" t="s">
+        <v>13</v>
+      </c>
+      <c r="G983" t="s">
+        <v>14</v>
+      </c>
+      <c r="H983" t="s">
+        <v>15</v>
+      </c>
+      <c r="I983" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="984" spans="1:9">
+      <c r="A984" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B984"/>
+      <c r="C984" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D984"/>
+      <c r="E984" t="s">
+        <v>19</v>
+      </c>
+      <c r="F984" t="s">
+        <v>13</v>
+      </c>
+      <c r="G984" t="s">
+        <v>14</v>
+      </c>
+      <c r="H984" t="s">
+        <v>15</v>
+      </c>
+      <c r="I984" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="985" spans="1:9">
+      <c r="A985" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B985"/>
+      <c r="C985" t="s">
+        <v>73</v>
+      </c>
+      <c r="D985"/>
+      <c r="E985" t="s">
+        <v>19</v>
+      </c>
+      <c r="F985" t="s">
+        <v>13</v>
+      </c>
+      <c r="G985" t="s">
+        <v>14</v>
+      </c>
+      <c r="H985" t="s">
+        <v>15</v>
+      </c>
+      <c r="I985" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="986" spans="1:9">
+      <c r="A986" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B986"/>
+      <c r="C986" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D986"/>
+      <c r="E986" t="s">
+        <v>19</v>
+      </c>
+      <c r="F986" t="s">
+        <v>13</v>
+      </c>
+      <c r="G986" t="s">
+        <v>14</v>
+      </c>
+      <c r="H986" t="s">
+        <v>15</v>
+      </c>
+      <c r="I986" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="987" spans="1:9">
+      <c r="A987" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B987"/>
+      <c r="C987" t="s">
+        <v>178</v>
+      </c>
+      <c r="D987"/>
+      <c r="E987" t="s">
+        <v>19</v>
+      </c>
+      <c r="F987" t="s">
+        <v>13</v>
+      </c>
+      <c r="G987" t="s">
+        <v>14</v>
+      </c>
+      <c r="H987" t="s">
+        <v>15</v>
+      </c>
+      <c r="I987" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="988" spans="1:9">
+      <c r="A988" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B988"/>
+      <c r="C988" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D988"/>
+      <c r="E988" t="s">
+        <v>19</v>
+      </c>
+      <c r="F988" t="s">
+        <v>13</v>
+      </c>
+      <c r="G988" t="s">
+        <v>14</v>
+      </c>
+      <c r="H988" t="s">
+        <v>15</v>
+      </c>
+      <c r="I988" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="989" spans="1:9">
+      <c r="A989" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B989"/>
+      <c r="C989" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D989"/>
+      <c r="E989" t="s">
+        <v>19</v>
+      </c>
+      <c r="F989" t="s">
+        <v>13</v>
+      </c>
+      <c r="G989" t="s">
+        <v>14</v>
+      </c>
+      <c r="H989" t="s">
+        <v>15</v>
+      </c>
+      <c r="I989" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="990" spans="1:9">
+      <c r="A990" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B990"/>
+      <c r="C990" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D990"/>
+      <c r="E990" t="s">
+        <v>19</v>
+      </c>
+      <c r="F990" t="s">
+        <v>13</v>
+      </c>
+      <c r="G990" t="s">
+        <v>14</v>
+      </c>
+      <c r="H990" t="s">
+        <v>15</v>
+      </c>
+      <c r="I990" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="991" spans="1:9">
+      <c r="A991" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B991"/>
+      <c r="C991" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D991"/>
+      <c r="E991" t="s">
+        <v>19</v>
+      </c>
+      <c r="F991" t="s">
+        <v>13</v>
+      </c>
+      <c r="G991" t="s">
+        <v>14</v>
+      </c>
+      <c r="H991" t="s">
+        <v>15</v>
+      </c>
+      <c r="I991" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="992" spans="1:9">
+      <c r="A992" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B992"/>
+      <c r="C992" t="s">
+        <v>673</v>
+      </c>
+      <c r="D992"/>
+      <c r="E992" t="s">
+        <v>19</v>
+      </c>
+      <c r="F992" t="s">
+        <v>13</v>
+      </c>
+      <c r="G992" t="s">
+        <v>14</v>
+      </c>
+      <c r="H992" t="s">
+        <v>15</v>
+      </c>
+      <c r="I992" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="993" spans="1:9">
+      <c r="A993" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B993"/>
+      <c r="C993" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D993"/>
+      <c r="E993" t="s">
+        <v>19</v>
+      </c>
+      <c r="F993" t="s">
+        <v>13</v>
+      </c>
+      <c r="G993" t="s">
+        <v>14</v>
+      </c>
+      <c r="H993" t="s">
+        <v>15</v>
+      </c>
+      <c r="I993" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="994" spans="1:9">
+      <c r="A994" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B994"/>
+      <c r="C994" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D994"/>
+      <c r="E994" t="s">
+        <v>19</v>
+      </c>
+      <c r="F994" t="s">
+        <v>13</v>
+      </c>
+      <c r="G994" t="s">
+        <v>14</v>
+      </c>
+      <c r="H994" t="s">
+        <v>15</v>
+      </c>
+      <c r="I994" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="995" spans="1:9">
+      <c r="A995" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B995"/>
+      <c r="C995" t="s">
+        <v>680</v>
+      </c>
+      <c r="D995"/>
+      <c r="E995" t="s">
+        <v>19</v>
+      </c>
+      <c r="F995" t="s">
+        <v>13</v>
+      </c>
+      <c r="G995" t="s">
+        <v>14</v>
+      </c>
+      <c r="H995" t="s">
+        <v>15</v>
+      </c>
+      <c r="I995" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="996" spans="1:9">
+      <c r="A996" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B996"/>
+      <c r="C996" t="s">
+        <v>104</v>
+      </c>
+      <c r="D996"/>
+      <c r="E996" t="s">
+        <v>19</v>
+      </c>
+      <c r="F996" t="s">
+        <v>13</v>
+      </c>
+      <c r="G996" t="s">
+        <v>14</v>
+      </c>
+      <c r="H996" t="s">
+        <v>15</v>
+      </c>
+      <c r="I996" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="997" spans="1:9">
+      <c r="A997" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B997"/>
+      <c r="C997" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D997"/>
+      <c r="E997" t="s">
+        <v>19</v>
+      </c>
+      <c r="F997" t="s">
+        <v>13</v>
+      </c>
+      <c r="G997" t="s">
+        <v>14</v>
+      </c>
+      <c r="H997" t="s">
+        <v>15</v>
+      </c>
+      <c r="I997" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="998" spans="1:9">
+      <c r="A998" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B998"/>
+      <c r="C998" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D998"/>
+      <c r="E998" t="s">
+        <v>19</v>
+      </c>
+      <c r="F998" t="s">
+        <v>13</v>
+      </c>
+      <c r="G998" t="s">
+        <v>14</v>
+      </c>
+      <c r="H998" t="s">
+        <v>15</v>
+      </c>
+      <c r="I998" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="999" spans="1:9">
+      <c r="A999" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B999"/>
+      <c r="C999" t="s">
+        <v>524</v>
+      </c>
+      <c r="D999"/>
+      <c r="E999" t="s">
+        <v>19</v>
+      </c>
+      <c r="F999" t="s">
+        <v>13</v>
+      </c>
+      <c r="G999" t="s">
+        <v>14</v>
+      </c>
+      <c r="H999" t="s">
+        <v>15</v>
+      </c>
+      <c r="I999" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:9">
+      <c r="A1000" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B1000"/>
+      <c r="C1000" t="s">
+        <v>723</v>
+      </c>
+      <c r="D1000"/>
+      <c r="E1000" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1000" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1000" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1000" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:9">
+      <c r="A1001" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B1001"/>
+      <c r="C1001" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D1001"/>
+      <c r="E1001" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1001" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1001" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1001" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:9">
+      <c r="A1002" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B1002"/>
+      <c r="C1002" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D1002"/>
+      <c r="E1002" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1002" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1002" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1002" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:9">
+      <c r="A1003" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B1003"/>
+      <c r="C1003" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D1003"/>
+      <c r="E1003" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1003" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1003" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1003" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:9">
+      <c r="A1004" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B1004"/>
+      <c r="C1004" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D1004"/>
+      <c r="E1004" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1004" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1004" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1004" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:9">
+      <c r="A1005" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B1005"/>
+      <c r="C1005" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D1005"/>
+      <c r="E1005" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1005" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1005" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1005" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:9">
+      <c r="A1006" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B1006"/>
+      <c r="C1006" t="s">
+        <v>732</v>
+      </c>
+      <c r="D1006"/>
+      <c r="E1006" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1006" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1006" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1006" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:9">
+      <c r="A1007" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B1007"/>
+      <c r="C1007" t="s">
+        <v>587</v>
+      </c>
+      <c r="D1007"/>
+      <c r="E1007" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1007" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1007" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1007" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:9">
+      <c r="A1008" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B1008"/>
+      <c r="C1008" t="s">
+        <v>736</v>
+      </c>
+      <c r="D1008"/>
+      <c r="E1008" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1008" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1008" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1008" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:9">
+      <c r="A1009" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B1009"/>
+      <c r="C1009" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D1009"/>
+      <c r="E1009" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1009" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1009" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1009" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:9">
+      <c r="A1010" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B1010"/>
+      <c r="C1010" t="s">
+        <v>738</v>
+      </c>
+      <c r="D1010"/>
+      <c r="E1010" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1010" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1010" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1010" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:9">
+      <c r="A1011" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B1011"/>
+      <c r="C1011" t="s">
+        <v>740</v>
+      </c>
+      <c r="D1011"/>
+      <c r="E1011" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1011" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1011" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1011" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:9">
+      <c r="A1012" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B1012"/>
+      <c r="C1012" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D1012"/>
+      <c r="E1012" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1012" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1012" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1012" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:9">
+      <c r="A1013" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B1013"/>
+      <c r="C1013" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D1013"/>
+      <c r="E1013" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1013" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1013" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1013" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:9">
+      <c r="A1014" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B1014"/>
+      <c r="C1014" t="s">
+        <v>342</v>
+      </c>
+      <c r="D1014"/>
+      <c r="E1014" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1014" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1014" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1014" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:9">
+      <c r="A1015" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B1015"/>
+      <c r="C1015" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D1015"/>
+      <c r="E1015" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1015" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1015" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1015" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:9">
+      <c r="A1016" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B1016"/>
+      <c r="C1016" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D1016"/>
+      <c r="E1016" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1016" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1016" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1016" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:9">
+      <c r="A1017" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B1017"/>
+      <c r="C1017" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D1017"/>
+      <c r="E1017" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1017" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1017" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1017" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:9">
+      <c r="A1018" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B1018"/>
+      <c r="C1018" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D1018"/>
+      <c r="E1018" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1018" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1018" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1018" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:9">
+      <c r="A1019" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B1019"/>
+      <c r="C1019" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D1019"/>
+      <c r="E1019" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1019" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1019" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1019" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:9">
+      <c r="A1020" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B1020"/>
+      <c r="C1020" t="s">
+        <v>749</v>
+      </c>
+      <c r="D1020"/>
+      <c r="E1020" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1020" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1020" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1020" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:9">
+      <c r="A1021" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1021"/>
+      <c r="C1021" t="s">
+        <v>310</v>
+      </c>
+      <c r="D1021"/>
+      <c r="E1021" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1021" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1021" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1021" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:9">
+      <c r="A1022" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B1022"/>
+      <c r="C1022" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D1022"/>
+      <c r="E1022" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1022" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1022" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1022" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:9">
+      <c r="A1023" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B1023"/>
+      <c r="C1023" t="s">
+        <v>401</v>
+      </c>
+      <c r="D1023"/>
+      <c r="E1023" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1023" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1023" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1023" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:9">
+      <c r="A1024" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B1024"/>
+      <c r="C1024" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D1024"/>
+      <c r="E1024" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1024" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1024" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1024" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:9">
+      <c r="A1025" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B1025"/>
+      <c r="C1025" t="s">
+        <v>753</v>
+      </c>
+      <c r="D1025"/>
+      <c r="E1025" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1025" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1025" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1025" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:9">
+      <c r="A1026" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B1026"/>
+      <c r="C1026" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D1026"/>
+      <c r="E1026" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1026" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1026" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1026" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:9">
+      <c r="A1027" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B1027"/>
+      <c r="C1027" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D1027"/>
+      <c r="E1027" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1027" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1027" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1027" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:9">
+      <c r="A1028" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B1028"/>
+      <c r="C1028" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D1028"/>
+      <c r="E1028" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1028" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1028" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:9">
+      <c r="A1029" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B1029"/>
+      <c r="C1029" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D1029"/>
+      <c r="E1029" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1029" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1029" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1029" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:9">
+      <c r="A1030" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B1030"/>
+      <c r="C1030" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D1030"/>
+      <c r="E1030" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1030" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1030" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1030" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:9">
+      <c r="A1031" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B1031"/>
+      <c r="C1031" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D1031"/>
+      <c r="E1031" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1031" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1031" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1031" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:9">
+      <c r="A1032" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B1032"/>
+      <c r="C1032" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D1032"/>
+      <c r="E1032" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1032" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1032" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1032" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:9">
+      <c r="A1033" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B1033"/>
+      <c r="C1033" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D1033"/>
+      <c r="E1033" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1033" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1033" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1033" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:9">
+      <c r="A1034" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B1034"/>
+      <c r="C1034" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D1034"/>
+      <c r="E1034" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1034" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1034" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1034" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:9">
+      <c r="A1035" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B1035"/>
+      <c r="C1035" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D1035"/>
+      <c r="E1035" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1035" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1035" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1035" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:9">
+      <c r="A1036" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B1036"/>
+      <c r="C1036" t="s">
+        <v>753</v>
+      </c>
+      <c r="D1036"/>
+      <c r="E1036" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1036" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1036" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1036" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:9">
+      <c r="A1037" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B1037"/>
+      <c r="C1037" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D1037"/>
+      <c r="E1037" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1037" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1037" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1037" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:9">
+      <c r="A1038" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B1038"/>
+      <c r="C1038" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D1038"/>
+      <c r="E1038" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1038" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1038" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1038" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:9">
+      <c r="A1039" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B1039"/>
+      <c r="C1039" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D1039"/>
+      <c r="E1039" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1039" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1039" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1039" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:9">
+      <c r="A1040" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B1040"/>
+      <c r="C1040" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D1040"/>
+      <c r="E1040" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1040" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1040" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1040" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:9">
+      <c r="A1041" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B1041"/>
+      <c r="C1041" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D1041"/>
+      <c r="E1041" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1041" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1041" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1041" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:9">
+      <c r="A1042" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B1042"/>
+      <c r="C1042" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D1042"/>
+      <c r="E1042" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1042" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1042" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1042" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:9">
+      <c r="A1043" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1043"/>
+      <c r="C1043" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D1043"/>
+      <c r="E1043" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1043" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1043" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1043" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1043" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:9">
+      <c r="A1044" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B1044"/>
+      <c r="C1044" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D1044"/>
+      <c r="E1044" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1044" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1044" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1044" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1044" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:9">
+      <c r="A1045" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1045"/>
+      <c r="C1045" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D1045"/>
+      <c r="E1045" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1045" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1045" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1045" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1045" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:9">
+      <c r="A1046" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B1046"/>
+      <c r="C1046" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D1046"/>
+      <c r="E1046" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1046" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1046" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1046" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1046" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:9">
+      <c r="A1047" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1047"/>
+      <c r="C1047" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D1047"/>
+      <c r="E1047" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1047" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1047" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1047" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1047" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:9">
+      <c r="A1048" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1048"/>
+      <c r="C1048" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D1048"/>
+      <c r="E1048" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1048" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1048" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1048" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1048" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:9">
+      <c r="A1049" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1049"/>
+      <c r="C1049" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D1049"/>
+      <c r="E1049" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1049" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1049" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1049" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1049" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:9">
+      <c r="A1050" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1050"/>
+      <c r="C1050" t="s">
+        <v>336</v>
+      </c>
+      <c r="D1050"/>
+      <c r="E1050" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1050" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1050" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1050" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1050" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:9">
+      <c r="A1051" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1051"/>
+      <c r="C1051" t="s">
+        <v>135</v>
+      </c>
+      <c r="D1051"/>
+      <c r="E1051" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1051" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1051" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1051" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1051" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:9">
+      <c r="A1052" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1052"/>
+      <c r="C1052" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D1052"/>
+      <c r="E1052" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1052" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1052" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1052" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1052" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:9">
+      <c r="A1053" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1053"/>
+      <c r="C1053" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D1053"/>
+      <c r="E1053" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1053" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1053" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1053" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1053" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:9">
+      <c r="A1054" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1054"/>
+      <c r="C1054" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D1054"/>
+      <c r="E1054" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1054" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1054" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1054" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1054" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:9">
+      <c r="A1055" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1055"/>
+      <c r="C1055" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D1055"/>
+      <c r="E1055" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1055" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1055" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1055" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1055" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:9">
+      <c r="A1056" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B1056"/>
+      <c r="C1056" t="s">
+        <v>220</v>
+      </c>
+      <c r="D1056"/>
+      <c r="E1056" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1056" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1056" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1056" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1056" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:9">
+      <c r="A1057" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B1057"/>
+      <c r="C1057" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D1057"/>
+      <c r="E1057" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1057" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1057" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1057" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1057" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:9">
+      <c r="A1058" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1058"/>
+      <c r="C1058" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D1058"/>
+      <c r="E1058" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1058" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1058" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1058" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1058" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:9">
+      <c r="A1059" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1059"/>
+      <c r="C1059" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1059"/>
+      <c r="E1059" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1059" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1059" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1059" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1059" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:9">
+      <c r="A1060" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1060"/>
+      <c r="C1060" t="s">
+        <v>948</v>
+      </c>
+      <c r="D1060"/>
+      <c r="E1060" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1060" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1060" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1060" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1060" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:9">
+      <c r="A1061" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1061"/>
+      <c r="C1061" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D1061"/>
+      <c r="E1061" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1061" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1061" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1061" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1061" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:9">
+      <c r="A1062" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1062"/>
+      <c r="C1062" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D1062"/>
+      <c r="E1062" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1062" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1062" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1062" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1062" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:9">
+      <c r="A1063" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B1063"/>
+      <c r="C1063" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D1063"/>
+      <c r="E1063" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1063" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1063" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1063" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1063" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:9">
+      <c r="A1064" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1064"/>
+      <c r="C1064" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D1064"/>
+      <c r="E1064" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1064" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1064" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1064" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1064" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:9">
+      <c r="A1065" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1065"/>
+      <c r="C1065" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D1065"/>
+      <c r="E1065" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1065" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1065" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1065" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1065" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:9">
+      <c r="A1066" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1066"/>
+      <c r="C1066" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D1066"/>
+      <c r="E1066" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1066" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1066" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1066" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1066" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:9">
+      <c r="A1067" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1067"/>
+      <c r="C1067" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D1067"/>
+      <c r="E1067" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1067" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1067" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1067" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1067" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:9">
+      <c r="A1068" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1068"/>
+      <c r="C1068" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D1068"/>
+      <c r="E1068" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1068" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1068" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1068" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1068" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:9">
+      <c r="A1069" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1069"/>
+      <c r="C1069" t="s">
+        <v>753</v>
+      </c>
+      <c r="D1069"/>
+      <c r="E1069" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1069" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1069" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1069" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1069" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:9">
+      <c r="A1070" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1070"/>
+      <c r="C1070" t="s">
+        <v>278</v>
+      </c>
+      <c r="D1070"/>
+      <c r="E1070" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1070" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1070" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1070" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1070" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:9">
+      <c r="A1071" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1071"/>
+      <c r="C1071" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D1071"/>
+      <c r="E1071" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1071" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1071" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1071" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1071" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:9">
+      <c r="A1072" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1072"/>
+      <c r="C1072" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D1072"/>
+      <c r="E1072" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1072" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1072" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1072" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1072" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:9">
+      <c r="A1073" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1073"/>
+      <c r="C1073" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D1073"/>
+      <c r="E1073" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1073" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1073" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1073" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1073" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:9">
+      <c r="A1074" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1074"/>
+      <c r="C1074" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D1074"/>
+      <c r="E1074" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1074" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1074" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1074" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1074" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:9">
+      <c r="A1075" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1075"/>
+      <c r="C1075" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D1075"/>
+      <c r="E1075" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1075" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1075" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1075" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1075" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:9">
+      <c r="A1076" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1076"/>
+      <c r="C1076" t="s">
+        <v>393</v>
+      </c>
+      <c r="D1076"/>
+      <c r="E1076" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1076" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1076" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1076" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1076" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:9">
+      <c r="A1077" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1077"/>
+      <c r="C1077" t="s">
+        <v>377</v>
+      </c>
+      <c r="D1077"/>
+      <c r="E1077" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1077" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1077" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1077" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1077" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:9">
+      <c r="A1078" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B1078"/>
+      <c r="C1078" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D1078"/>
+      <c r="E1078" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1078" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1078" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1078" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1078" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:9">
+      <c r="A1079" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1079"/>
+      <c r="C1079" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D1079"/>
+      <c r="E1079" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1079" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1079" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1079" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1079" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:9">
+      <c r="A1080" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1080"/>
+      <c r="C1080" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D1080"/>
+      <c r="E1080" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1080" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1080" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1080" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1080" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:9">
+      <c r="A1081" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1081"/>
+      <c r="C1081" t="s">
+        <v>257</v>
+      </c>
+      <c r="D1081"/>
+      <c r="E1081" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1081" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1081" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1081" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1081" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:9">
+      <c r="A1082" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1082"/>
+      <c r="C1082" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D1082"/>
+      <c r="E1082" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1082" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1082" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1082" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1082" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:9">
+      <c r="A1083" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1083"/>
+      <c r="C1083" t="s">
+        <v>749</v>
+      </c>
+      <c r="D1083"/>
+      <c r="E1083" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1083" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1083" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1083" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1083" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:9">
+      <c r="A1084" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1084"/>
+      <c r="C1084" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D1084"/>
+      <c r="E1084" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1084" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1084" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1084" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1084" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:9">
+      <c r="A1085" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1085"/>
+      <c r="C1085" t="s">
+        <v>321</v>
+      </c>
+      <c r="D1085"/>
+      <c r="E1085" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1085" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1085" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1085" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1085" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:9">
+      <c r="A1086" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1086"/>
+      <c r="C1086" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D1086"/>
+      <c r="E1086" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1086" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1086" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1086" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1086" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:9">
+      <c r="A1087" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1087"/>
+      <c r="C1087" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D1087"/>
+      <c r="E1087" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1087" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1087" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1087" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1087" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:9">
+      <c r="A1088" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B1088"/>
+      <c r="C1088" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D1088"/>
+      <c r="E1088" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1088" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1088" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1088" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1088" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:9">
+      <c r="A1089" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B1089"/>
+      <c r="C1089" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D1089"/>
+      <c r="E1089" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1089" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1089" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1089" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1089"/>
+    </row>
+    <row r="1090" spans="1:9">
+      <c r="A1090" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B1090"/>
+      <c r="C1090" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D1090"/>
+      <c r="E1090" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1090" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1090" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1090" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1090" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:9">
+      <c r="A1091" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B1091"/>
+      <c r="C1091" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D1091"/>
+      <c r="E1091" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1091" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1091" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1091" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1091" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:9">
+      <c r="A1092" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B1092"/>
+      <c r="C1092" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D1092"/>
+      <c r="E1092" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1092" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1092" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1092" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1092" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:9">
+      <c r="A1093" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B1093"/>
+      <c r="C1093" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D1093"/>
+      <c r="E1093" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1093" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1093" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1093" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1093" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:9">
+      <c r="A1094" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B1094"/>
+      <c r="C1094" t="s">
+        <v>97</v>
+      </c>
+      <c r="D1094"/>
+      <c r="E1094" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1094" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1094" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1094" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1094" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:9">
+      <c r="A1095" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B1095"/>
+      <c r="C1095" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1095"/>
+      <c r="E1095" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1095" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1095" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1095" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1095" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:9">
+      <c r="A1096" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B1096"/>
+      <c r="C1096" t="s">
+        <v>102</v>
+      </c>
+      <c r="D1096"/>
+      <c r="E1096" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1096" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1096" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1096" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1096" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:9">
+      <c r="A1097" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B1097"/>
+      <c r="C1097" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D1097"/>
+      <c r="E1097" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1097" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1097" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1097" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1097" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:9">
+      <c r="A1098" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B1098"/>
+      <c r="C1098" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1098"/>
+      <c r="E1098" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1098" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1098" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1098" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1098" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:9">
+      <c r="A1099" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B1099"/>
+      <c r="C1099" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D1099"/>
+      <c r="E1099" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1099" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1099" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1099" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1099" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:9">
+      <c r="A1100" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B1100"/>
+      <c r="C1100" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D1100"/>
+      <c r="E1100" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1100" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1100" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1100" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:9">
+      <c r="A1101" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B1101"/>
+      <c r="C1101" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D1101"/>
+      <c r="E1101" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1101" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1101" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1101" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:9">
+      <c r="A1102" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B1102"/>
+      <c r="C1102" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D1102"/>
+      <c r="E1102" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1102" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1102" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1102" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:9">
+      <c r="A1103" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1103"/>
+      <c r="C1103" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D1103"/>
+      <c r="E1103" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1103" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1103" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1103" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:9">
+      <c r="A1104" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B1104"/>
+      <c r="C1104" t="s">
+        <v>587</v>
+      </c>
+      <c r="D1104"/>
+      <c r="E1104" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1104" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1104" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1104" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:9">
+      <c r="A1105" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B1105"/>
+      <c r="C1105" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D1105"/>
+      <c r="E1105" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1105" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1105" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1105" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:9">
+      <c r="A1106" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B1106"/>
+      <c r="C1106" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D1106"/>
+      <c r="E1106" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1106" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1106" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1106" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:9">
+      <c r="A1107" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B1107"/>
+      <c r="C1107" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D1107"/>
+      <c r="E1107" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1107" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1107" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1107" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:9">
+      <c r="A1108" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1108"/>
+      <c r="C1108" t="s">
+        <v>108</v>
+      </c>
+      <c r="D1108"/>
+      <c r="E1108" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1108" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1108" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1108" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:9">
+      <c r="A1109" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B1109"/>
+      <c r="C1109" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D1109"/>
+      <c r="E1109" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1109" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1109" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1109" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:9">
+      <c r="A1110" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B1110"/>
+      <c r="C1110" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D1110"/>
+      <c r="E1110" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1110" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1110" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1110" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:9">
+      <c r="A1111" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B1111"/>
+      <c r="C1111" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D1111"/>
+      <c r="E1111" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1111" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1111" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1111" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:9">
+      <c r="A1112" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B1112"/>
+      <c r="C1112" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D1112"/>
+      <c r="E1112" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1112" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1112" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1112" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:9">
+      <c r="A1113" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B1113"/>
+      <c r="C1113" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D1113"/>
+      <c r="E1113" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1113" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1113" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1113" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:9">
+      <c r="A1114" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B1114"/>
+      <c r="C1114" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D1114"/>
+      <c r="E1114" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1114" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1114" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1114" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:9">
+      <c r="A1115" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B1115"/>
+      <c r="C1115" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D1115"/>
+      <c r="E1115" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1115" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1115" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1115" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:9">
+      <c r="A1116" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1116"/>
+      <c r="C1116" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D1116"/>
+      <c r="E1116" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1116" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1116" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1116" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:9">
+      <c r="A1117" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B1117"/>
+      <c r="C1117" t="s">
+        <v>524</v>
+      </c>
+      <c r="D1117"/>
+      <c r="E1117" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1117" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1117" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1117" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:9">
+      <c r="A1118" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B1118"/>
+      <c r="C1118" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D1118"/>
+      <c r="E1118" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1118" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1118" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1118" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:9">
+      <c r="A1119" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B1119"/>
+      <c r="C1119" t="s">
+        <v>702</v>
+      </c>
+      <c r="D1119"/>
+      <c r="E1119" t="s">
+        <v>999</v>
+      </c>
+      <c r="F1119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1119" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1119" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1119" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:9">
+      <c r="A1120" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B1120"/>
+      <c r="C1120" t="s">
+        <v>708</v>
+      </c>
+      <c r="D1120"/>
+      <c r="E1120" t="s">
+        <v>999</v>
+      </c>
+      <c r="F1120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1120" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1120" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1120" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:9">
+      <c r="A1121" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B1121"/>
+      <c r="C1121" t="s">
+        <v>710</v>
+      </c>
+      <c r="D1121"/>
+      <c r="E1121" t="s">
+        <v>999</v>
+      </c>
+      <c r="F1121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1121" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1121" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1121" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:9">
+      <c r="A1122" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B1122"/>
+      <c r="C1122" t="s">
+        <v>714</v>
+      </c>
+      <c r="D1122"/>
+      <c r="E1122" t="s">
+        <v>999</v>
+      </c>
+      <c r="F1122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1122" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1122" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1122" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:9">
+      <c r="A1123" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B1123"/>
+      <c r="C1123" t="s">
+        <v>310</v>
+      </c>
+      <c r="D1123"/>
+      <c r="E1123" t="s">
+        <v>999</v>
+      </c>
+      <c r="F1123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1123" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1123" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1123" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:9">
+      <c r="A1124" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B1124"/>
+      <c r="C1124" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D1124"/>
+      <c r="E1124" t="s">
+        <v>999</v>
+      </c>
+      <c r="F1124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1124" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1124" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1124" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:9">
+      <c r="A1125" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B1125"/>
+      <c r="C1125" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D1125"/>
+      <c r="E1125" t="s">
+        <v>999</v>
+      </c>
+      <c r="F1125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1125" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1125" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1125" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:9">
+      <c r="A1126" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1126"/>
+      <c r="C1126" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D1126"/>
+      <c r="E1126" t="s">
         <v>988</v>
       </c>
-      <c r="B949"/>
-[...3898 lines deleted...]
-      </c>
       <c r="F1126" t="s">
         <v>13</v>
       </c>
       <c r="G1126" t="s">
         <v>14</v>
       </c>
       <c r="H1126" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="1127" spans="1:8">
+      <c r="I1126" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:9">
       <c r="A1127" t="s">
-        <v>1129</v>
+        <v>2011</v>
       </c>
       <c r="B1127"/>
-      <c r="C1127"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C1127" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D1127"/>
       <c r="E1127" t="s">
-        <v>12</v>
+        <v>988</v>
       </c>
       <c r="F1127" t="s">
         <v>13</v>
       </c>
       <c r="G1127" t="s">
         <v>14</v>
       </c>
       <c r="H1127" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="1128" spans="1:8">
+      <c r="I1127" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:9">
       <c r="A1128" t="s">
-        <v>1130</v>
+        <v>2013</v>
       </c>
       <c r="B1128"/>
-      <c r="C1128"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C1128" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D1128"/>
       <c r="E1128" t="s">
-        <v>12</v>
+        <v>988</v>
       </c>
       <c r="F1128" t="s">
         <v>13</v>
       </c>
       <c r="G1128" t="s">
         <v>14</v>
       </c>
       <c r="H1128" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="1129" spans="1:8">
+      <c r="I1128" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:9">
       <c r="A1129" t="s">
-        <v>1131</v>
+        <v>2015</v>
       </c>
       <c r="B1129"/>
-      <c r="C1129"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C1129" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D1129"/>
       <c r="E1129" t="s">
-        <v>12</v>
+        <v>988</v>
       </c>
       <c r="F1129" t="s">
         <v>13</v>
       </c>
       <c r="G1129" t="s">
         <v>14</v>
       </c>
       <c r="H1129" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="1130" spans="1:8">
+      <c r="I1129" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:9">
       <c r="A1130" t="s">
-        <v>1083</v>
+        <v>1915</v>
       </c>
       <c r="B1130"/>
-      <c r="C1130"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C1130" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D1130"/>
       <c r="E1130" t="s">
-        <v>12</v>
+        <v>988</v>
       </c>
       <c r="F1130" t="s">
         <v>13</v>
       </c>
       <c r="G1130" t="s">
         <v>14</v>
       </c>
       <c r="H1130" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="1131" spans="1:8">
+      <c r="I1130" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:9">
       <c r="A1131" t="s">
-        <v>1132</v>
+        <v>2018</v>
       </c>
       <c r="B1131"/>
-      <c r="C1131"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C1131" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D1131"/>
       <c r="E1131" t="s">
-        <v>12</v>
+        <v>988</v>
       </c>
       <c r="F1131" t="s">
         <v>13</v>
       </c>
       <c r="G1131" t="s">
         <v>14</v>
       </c>
       <c r="H1131" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="1132" spans="1:8">
+      <c r="I1131" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:9">
       <c r="A1132" t="s">
-        <v>1133</v>
+        <v>2020</v>
       </c>
       <c r="B1132" t="s">
-        <v>1134</v>
-[...4 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="C1132" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D1132"/>
       <c r="E1132" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F1132" t="s">
         <v>13</v>
       </c>
       <c r="G1132" t="s">
-        <v>705</v>
+        <v>14</v>
       </c>
       <c r="H1132" t="s">
-        <v>644</v>
+        <v>1246</v>
+      </c>
+      <c r="I1132" t="s">
+        <v>1153</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>