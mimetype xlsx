--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,275 +12,344 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-COMPTOIRS)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
+    <t>SIGLE</t>
+  </si>
+  <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>Société MALABAR GEM</t>
   </si>
   <si>
     <t>A1400434N</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
     <t>Les comptoirs</t>
   </si>
   <si>
     <t>Entreprise privée</t>
   </si>
   <si>
     <t>Kinshasa</t>
   </si>
   <si>
     <t xml:space="preserve">Société KASAI BALENGELAWA </t>
   </si>
   <si>
     <t>A0700553K</t>
   </si>
   <si>
+    <t>Société KASAI WA BALENGELA</t>
+  </si>
+  <si>
     <t>Sté FULL BUSINESS CONGO IINTERNATIONAL</t>
   </si>
   <si>
     <t>A1513440B</t>
   </si>
   <si>
+    <t>FBCI</t>
+  </si>
+  <si>
     <t>Privé-privé</t>
   </si>
   <si>
     <t>Sté LLOYD’S COMMODITIES Sarl</t>
   </si>
   <si>
     <t>A1506049S</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté LLOYD’S COMMODITIES </t>
+  </si>
+  <si>
     <t>Sté SAMURAI CORPORATION</t>
   </si>
   <si>
     <t>A1517456R</t>
   </si>
   <si>
+    <t>Sté SC</t>
+  </si>
+  <si>
     <t>En recherche</t>
   </si>
   <si>
     <t>Industriel</t>
   </si>
   <si>
     <t>Sté SOGEAMI</t>
   </si>
   <si>
     <t>A1610685H</t>
   </si>
   <si>
+    <t>Sté SOGEAMI; "Sté SG"</t>
+  </si>
+  <si>
     <t>Sté COOPERATIVE MINIERE MONGU NIJUBU</t>
   </si>
   <si>
     <t>A1612807P</t>
   </si>
   <si>
+    <t>Sté CMMN</t>
+  </si>
+  <si>
     <t>Sud-Kivu</t>
   </si>
   <si>
     <t>COOPERATIVE D'ENCADREMENT ET DE DEVELOPPEMENT DES COMMUTES LOCALES</t>
   </si>
   <si>
+    <t>CDCL</t>
+  </si>
+  <si>
     <t>Société SAGA Sarl</t>
   </si>
   <si>
     <t>A1101638T</t>
   </si>
   <si>
+    <t xml:space="preserve">Société SAGA </t>
+  </si>
+  <si>
     <t>Statut</t>
   </si>
   <si>
     <t>Sté BUNIA HUB SERVICE</t>
   </si>
   <si>
     <t>Sté ÇA STANDARD MINING Sarl</t>
   </si>
   <si>
+    <t>Sté ÇA STANDARD MINING</t>
+  </si>
+  <si>
     <t>Sté CONGO COMMODITIES Sarl</t>
   </si>
   <si>
+    <t>Sté CONGO COMMODITIES</t>
+  </si>
+  <si>
     <t>Sté CONGO MINERALS COMPANY Sarl</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté CONGO MINERALS COMPANY </t>
+  </si>
+  <si>
     <t>STé GOLD &amp; CASH Sarl</t>
   </si>
   <si>
     <t>A1505225X</t>
   </si>
   <si>
+    <t xml:space="preserve">STé GOLD &amp; CASH </t>
+  </si>
+  <si>
     <t>Sté LECO Sarl Group</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté LECO </t>
+  </si>
+  <si>
     <t>Sté OSTRO MINING Sarl</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté OSTRO MINING </t>
+  </si>
+  <si>
     <t>Sté PRAE GOLD Sarl</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté PRAE GOLD </t>
+  </si>
+  <si>
     <t>Sté ROMINERAL CONGO</t>
   </si>
   <si>
     <t>Sté RUBY OF AFRICA</t>
   </si>
   <si>
     <t>Sté TRADE METALS RDC Sarl</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté TRADE METALS RDC </t>
+  </si>
+  <si>
     <t>Tshopo</t>
   </si>
   <si>
     <t>Sté UNION FAIT LA FORCE</t>
   </si>
   <si>
     <t>Sté SWALEM OMAR BUBU Sarl</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté SWALEM OMAR BUBU </t>
+  </si>
+  <si>
     <t>Ituri</t>
   </si>
   <si>
     <t>Sté M. METAL</t>
   </si>
   <si>
     <t>Maniema</t>
   </si>
   <si>
     <t>Sté ROYAL GOLD INVESTMENT Sarl</t>
   </si>
   <si>
+    <t>Sté ROYAL GOLD INVESTMENT</t>
+  </si>
+  <si>
     <t>Sté AMN DRC</t>
   </si>
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>Sté ARGALA CONGO Sarl</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté ARGALA CONGO </t>
+  </si>
+  <si>
     <t>Sté FUEMEN CONGO</t>
   </si>
   <si>
     <t>Sté GLORY MINERAIS</t>
   </si>
   <si>
     <t>Nord-Kivu</t>
   </si>
   <si>
     <t>Sté MINIERE DE BISUNZU</t>
   </si>
   <si>
     <t>Sté ABYR GROUP TRADING Limited</t>
   </si>
   <si>
     <t>A1706190Y</t>
   </si>
   <si>
     <t>Sté FAIR CONGO</t>
   </si>
   <si>
     <t>A1703704W</t>
   </si>
   <si>
     <t>Sté FROKAS</t>
   </si>
   <si>
     <t>A1710898Q</t>
   </si>
   <si>
     <t>Sté MINES PROPRES « M.P » SARL</t>
   </si>
   <si>
     <t>A1513356K</t>
   </si>
   <si>
+    <t xml:space="preserve">Sté MINES PROPRES « M.P » </t>
+  </si>
+  <si>
     <t>Sté GREY POINT Sarl</t>
   </si>
   <si>
     <t>A1709477W</t>
   </si>
   <si>
+    <t>Sté GREY POINT</t>
+  </si>
+  <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>Ets CRISTAL QUARTZ EX-PORT Sarl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ets CRISTAL QUARTZ EX-PORT </t>
   </si>
   <si>
     <t>Lualaba</t>
   </si>
   <si>
     <t>Ets ATOM</t>
   </si>
   <si>
     <t>Ets CON LONG</t>
   </si>
   <si>
     <t>Société MIABI</t>
   </si>
   <si>
     <t>A2026858R</t>
   </si>
   <si>
     <t>SOCIETE  DENSAHALD’S</t>
   </si>
   <si>
     <t>A1304036F</t>
   </si>
   <si>
     <t>SOCIETE  CONGO SERVICES MINING</t>
   </si>
@@ -641,1096 +710,1231 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:I46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
         <v>11</v>
       </c>
-      <c r="C4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="5" spans="1:8">
+      <c r="I4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5"/>
       <c r="E5" t="s">
         <v>13</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="6" spans="1:8">
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>22</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
       <c r="D6"/>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E6"/>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>24</v>
+      </c>
+      <c r="I6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7"/>
       <c r="E7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="8" spans="1:8">
+      <c r="I7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>24</v>
       </c>
-      <c r="B8" t="s">
-[...19 lines deleted...]
-    <row r="9" spans="1:8">
+      <c r="I8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="C9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9"/>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="G9" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:8">
+        <v>24</v>
+      </c>
+      <c r="I9" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10"/>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="C10"/>
-[...25 lines deleted...]
-      </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="12" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
+        <v>24</v>
+      </c>
+      <c r="I11"/>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="C12" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12"/>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="13" spans="1:8">
+      <c r="I12" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B13"/>
-      <c r="C13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13"/>
       <c r="E13" t="s">
         <v>13</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
-      <c r="G13"/>
-[...4 lines deleted...]
-    <row r="14" spans="1:8">
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B14"/>
-      <c r="C14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14"/>
       <c r="E14" t="s">
         <v>13</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="15" spans="1:8">
+      <c r="I14" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
+        <v>16</v>
+      </c>
+      <c r="I18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>62</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
+        <v>16</v>
+      </c>
+      <c r="I21" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>64</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>67</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>71</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>16</v>
+      </c>
+      <c r="I26" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
+        <v>16</v>
+      </c>
+      <c r="I27" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29"/>
+      <c r="C29" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>79</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
+        <v>16</v>
+      </c>
+      <c r="I30" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>80</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="s">
+        <v>82</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
+        <v>16</v>
+      </c>
+      <c r="I32" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>83</v>
+      </c>
+      <c r="B33" t="s">
+        <v>84</v>
+      </c>
+      <c r="C33" t="s">
+        <v>83</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
+        <v>16</v>
+      </c>
+      <c r="I33" t="s">
         <v>39</v>
       </c>
-      <c r="B15"/>
-[...417 lines deleted...]
-    <row r="34" spans="1:8">
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="B34" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="C34" t="s">
+        <v>85</v>
+      </c>
+      <c r="D34"/>
       <c r="E34" t="s">
         <v>13</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="I34" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="B35" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C35" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35"/>
       <c r="E35" t="s">
         <v>13</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="I35" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="B36" t="s">
-        <v>70</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="C36" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36"/>
       <c r="E36" t="s">
         <v>13</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="I36" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="B37" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="C37" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37"/>
       <c r="E37" t="s">
         <v>13</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="I37" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="B38"/>
-      <c r="C38"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C38" t="s">
+        <v>97</v>
+      </c>
+      <c r="D38"/>
       <c r="E38" t="s">
         <v>13</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="I38" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>99</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39" t="s">
+        <v>99</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" t="s">
         <v>76</v>
       </c>
-      <c r="B39"/>
-[...17 lines deleted...]
-    <row r="40" spans="1:8">
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="B40"/>
-      <c r="C40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C40" t="s">
+        <v>100</v>
+      </c>
+      <c r="D40"/>
       <c r="E40" t="s">
         <v>13</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="I40" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="B41" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="C41" t="s">
+        <v>101</v>
+      </c>
+      <c r="D41"/>
       <c r="E41" t="s">
         <v>13</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="42" spans="1:8">
+      <c r="I41" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="B42" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="C42" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42"/>
       <c r="E42" t="s">
         <v>13</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
-      <c r="G42"/>
-[...4 lines deleted...]
-    <row r="43" spans="1:8">
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>82</v>
+        <v>105</v>
       </c>
       <c r="B43" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="C43" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43"/>
       <c r="E43" t="s">
         <v>13</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:8">
+        <v>24</v>
+      </c>
+      <c r="I43" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="B44"/>
-      <c r="C44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C44" t="s">
+        <v>107</v>
+      </c>
+      <c r="D44"/>
       <c r="E44" t="s">
         <v>13</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:8">
+        <v>24</v>
+      </c>
+      <c r="I44" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B45" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C45" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45"/>
       <c r="E45" t="s">
         <v>13</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:8">
+        <v>24</v>
+      </c>
+      <c r="I45" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="B46" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="C46" t="s">
+        <v>110</v>
+      </c>
+      <c r="D46"/>
       <c r="E46" t="s">
         <v>13</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>16</v>
+        <v>112</v>
+      </c>
+      <c r="I46" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>