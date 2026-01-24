--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,164 +12,209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-BUREAUX-D-ETUDES-ENVIRONNEMENTALES)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
+    <t>SIGLE</t>
+  </si>
+  <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>AMENAGEMENT CONSULTING ENVIRONMENTAL MINING AND SERVICE SPRL</t>
   </si>
   <si>
     <t>A1007829X</t>
   </si>
   <si>
+    <t>ACEMS</t>
+  </si>
+  <si>
     <t>Statut</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
     <t>Les bureaux d'études environnementales</t>
   </si>
   <si>
     <t>Privé-privé</t>
   </si>
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t xml:space="preserve">BUREAU D’ASSISTANCE ET D’EXPERTISE ENVIRONNEMENTALE MINIERE </t>
   </si>
   <si>
+    <t>BAEM</t>
+  </si>
+  <si>
     <t>Kinshasa</t>
   </si>
   <si>
     <t>DRC GREEN ENGINEERING AND CONSULTING</t>
   </si>
   <si>
     <t>M06A3424S</t>
   </si>
   <si>
+    <t>DGEC</t>
+  </si>
+  <si>
     <t xml:space="preserve">ENVIRONMENTAL AND MINING SERVICES </t>
   </si>
   <si>
     <t>A1315567L</t>
   </si>
   <si>
+    <t>EMIS</t>
+  </si>
+  <si>
     <t>En recherche</t>
   </si>
   <si>
     <t xml:space="preserve">ENVIRONNEMENTAL  MINING AND  CONSTRUCTION  SERVICES </t>
   </si>
   <si>
     <t>A0801744F</t>
   </si>
   <si>
+    <t>EMCS</t>
+  </si>
+  <si>
     <t>GOLDER ASSICIATES</t>
   </si>
   <si>
+    <t>GA</t>
+  </si>
+  <si>
     <t>OKAPI ENVIRONNEMENT CONSEIL</t>
   </si>
   <si>
     <t>A1101681Q</t>
   </si>
   <si>
+    <t>OEC</t>
+  </si>
+  <si>
     <t>BUREAU D’ETUDES ENVIRONNEMENTALES DU CONGO</t>
   </si>
   <si>
     <t>A1005426K</t>
   </si>
   <si>
+    <t>B.E.E.C</t>
+  </si>
+  <si>
     <t>CONSULTANCE ET GENIE EN RESSOURCES NATURELLES</t>
   </si>
   <si>
+    <t>COGEREN</t>
+  </si>
+  <si>
     <t>GROUPE STEFFEN ROBERSTON KRISTEN</t>
   </si>
   <si>
+    <t>SRK CONSULTING</t>
+  </si>
+  <si>
     <t>KNIGHT PIESOLD (PTY)</t>
   </si>
   <si>
+    <t>KNIGHT PIESOLD (PTY); "KP"</t>
+  </si>
+  <si>
     <t>OFFICE OF ENVIRONMENT AND MINING STUDIES</t>
   </si>
   <si>
+    <t>OEMS</t>
+  </si>
+  <si>
     <t>SOCIETE SHYMME CONSULTING</t>
   </si>
   <si>
+    <t>SSC</t>
+  </si>
+  <si>
     <t>AFRICAN ENVIRONMENTAL &amp; SUBSTAINABILITY CONSULTING</t>
   </si>
   <si>
     <t>A1520890Z</t>
+  </si>
+  <si>
+    <t>AES CONSULTING</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -488,444 +533,492 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="16.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="D4" t="s">
         <v>12</v>
       </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="G4" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
         <v>14</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="6" spans="1:8">
-[...13 lines deleted...]
-      <c r="F6" t="s">
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
         <v>14</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="H6" t="s">
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="7" spans="1:8">
-      <c r="A7" t="s">
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" t="s">
         <v>21</v>
       </c>
-      <c r="B7" t="s">
-[...9 lines deleted...]
-      <c r="F7" t="s">
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
+        <v>28</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12" t="s">
         <v>14</v>
       </c>
-      <c r="G7" t="s">
-[...20 lines deleted...]
-      <c r="F8" t="s">
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14" t="s">
+        <v>28</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15" t="s">
         <v>14</v>
       </c>
-      <c r="G8" t="s">
-[...2 lines deleted...]
-      <c r="H8" t="s">
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="9" spans="1:8">
-[...25 lines deleted...]
-      <c r="B10" t="s">
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16" t="s">
         <v>28</v>
       </c>
-      <c r="C10"/>
-[...12 lines deleted...]
-      <c r="H10" t="s">
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" t="s">
+        <v>17</v>
+      </c>
+      <c r="I16" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:8">
-[...133 lines deleted...]
-    <row r="17" spans="1:8">
+    <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17"/>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H17" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="I17" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>